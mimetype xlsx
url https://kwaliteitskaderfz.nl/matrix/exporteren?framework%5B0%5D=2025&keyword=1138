--- v0 (2025-11-04)
+++ v1 (2026-02-04)
@@ -29,51 +29,51 @@
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="13">
   <si>
     <t>Trefwoord</t>
   </si>
   <si>
     <t>Kwaliteitskader FZ</t>
   </si>
   <si>
     <t>Kwaliteitskader Woonzorg in de langdurige GGZ</t>
   </si>
   <si>
     <t>Op- en afschalen zorg</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.6. C. In reguliere situaties wordt in het multidisciplinair overleg (MDO) besloten wanneer het traject afgeschaald dan wel opgeschaald dient te worden (binnen de juridische kaders). In crisissituaties handelen de professionals naar bevinden. Deze beslissing wordt ge&amp;iuml;nitieerd door het behandelteam en de behandelaar. Waar nodig vindt hierover overleg plaats met de reclassering, toezichthouder en wettelijk vertegenwoordiger (indien van toepassing).&lt;/p&gt;</t>
   </si>
   <si>
-    <t>6.1.1. F. Wanneer partijen er samen niet uit komen en problemen ontstaan in de kwaliteit, veiligheid en/of continuïteit van zorg, neemt de organisatie contact op met de inkoper binnen DJI om als opdrachtgever mee te denken.</t>
+    <t>&lt;p&gt;6.1.1. F. Wanneer partijen er samen niet uit komen en problemen ontstaan in de kwaliteit, veiligheid en/of continu&amp;iuml;teit van zorg, neemt de organisatie contact op met de aanbesteder binnen Forzo/JJI om als opdrachtgever mee te denken.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.6. A. Risicomanagement is leidend bij het op- en afschalen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 2.5: Samenwerking - 19) De samenwerking vanuit professionals is gericht op cli&amp;euml;nten in staat stellen zo veel mogelijk mee te doen in de maatschappij (waar dat aansluit bij de behoefte van de cli&amp;euml;nt): het vangnet voor de cli&amp;euml;nt vergroten zodat zo min mogelijk woonzorg voor de cli&amp;euml;nt nodig is.&lt;/p&gt;
 &lt;p&gt;20) De organisatie schept de randvoorwaarden dat professionals kunnen samenwerken met alle anderen in het netwerk om de cli&amp;euml;nt heen, gericht op passende zorg, waarbij:&lt;br /&gt;c) de organisatie zorgt voor toegang tot (door bijvoorbeeld het op- en afschalen van personeel) en uitwisseling van de juiste (specialistische) &lt;br /&gt;kennis en expertise, voor bijvoorbeeld specifeke doelgroepen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>3.1.6. B. Op- en afschalen gebeurt afhankelijk van het (risicovol) gedrag en de bevindingen van het team van behandelaren/begeleiders, gebaseerd op rapportage en dossiervoering, inzichtelijk voor de patiënt/cliënt.</t>
   </si>
   <si>
     <t>3.1.6. C. In reguliere situaties wordt in het multidisciplinair overleg (MDO) besloten wanneer het traject afgeschaald dan wel opgeschaald dient te worden (binnen de juridische kaders). In crisissituaties handelen de professionals naar bevinden. Deze beslissing wordt geïnitieerd
 door het behandelteam en de behandelaar. Waar nodig vindt hierover overleg plaats met de reclassering, toezichthouder en wettelijk vertegenwoordiger (indien van toepassing).</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.6. De behandeling/begeleiding wordt waar mogelijk afgeschaald en waar nodig opgeschaald, zodat de zorg doelmatig en effectief wordt ingezet. Dit geldt zowel voor op- en afschalen binnen de eigen organisatie als binnen de keten(zie hoofdstuk 6 en bijlage 4).&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 1: Cli&amp;euml;nten - De organisatie waarborgt dat voor elke cli&amp;euml;nt op maat een woonzorgplan is opgesteld. Het woonzorgplan is een middel voor zorgprofessionals en cli&amp;euml;nten om goed in gesprek te blijven, waarbij:&lt;br /&gt;&lt;br /&gt;f) Ketenpartners actief betrokken zijn om de samenwerking te verbeteren en heldere afspraken te maken over taken en verantwoordelijkheden.&lt;/p&gt;
 &lt;p&gt;Pijler 2.5: Samenwerking - Vormgeven van goede samenwerkingen&lt;br /&gt;17) Om invulling te geven aan passende zorg zoekt de organisatie naar nieuwe en innovatieve vormen van samenwerking die passen bij de uitdagingen in de zorgsector algemeen, in de langdurige zorg en in de ggz-zorg.&lt;/p&gt;</t>
   </si>
   <si>
     <t>3.1.6. A. Risicomanagement is leidend bij het op- en afschalen.</t>
   </si>