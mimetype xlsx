--- v0 (2025-11-04)
+++ v1 (2026-02-04)
@@ -12,113 +12,106 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>Trefwoord</t>
   </si>
   <si>
     <t>Kwaliteitskader FZ</t>
   </si>
   <si>
     <t>Kwaliteitskader Woonzorg in de langdurige GGZ</t>
   </si>
   <si>
     <t>Netwerk</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.5. Het netwerk van de pati&amp;euml;nt/cli&amp;euml;nt wordt actief betrokken tijdens de behandeling en/of begeleiding.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 1.1: Cli&amp;euml;nten - De organisatie waarborgt dat voor elke cli&amp;euml;nt op maat een woonzorgplan is opgesteld. Het woonzorgplan is een middel voor zorgprofessionals en cli&amp;euml;nten om goed in gesprek te blijven, waarbij:&lt;/p&gt;
 &lt;p&gt;b) naasten actief betrokken zijn tenzij de cli&amp;euml;nt hier nadrukkelijk bezwaar tegen heeft.&lt;/p&gt;
 &lt;p&gt;Pijler 2.7: Naasten - De organisatie borgt op een passende manier de betrokkenheid van naasten in de organisatie van woonzorg.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 1.3: Cli&amp;euml;nt, professionals en naasten zich committeren aan de afspraken in het woonzorgplan.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.5. A. De behandeling/begeleiding is erop gericht om samen met de pati&amp;euml;nt/cli&amp;euml;nt zijn/haar omgeving zo in te richten dat hij/zij zich staande kan houden in de maatschappij. Het kan gaan om het betrekken van een bestaand (prosociaal) netwerk, het cre&amp;euml;ren van een nieuw netwerk en leren om weerbaarder te worden tegen eventuele negatieve invloeden. Er wordt gestreefd naar het hoogst haalbare in het betrekken van naasten met respect voor de wensen van de pati&amp;euml;nt/cli&amp;euml;nt en de naasten.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 2.4: Naasten. De organisatie en professionals betrekken naasten bij de woonzorg van de cli&amp;euml;nt om de zorg samen vorm te geven, waarbij;&lt;br /&gt;a) in overleg de rol van de naasten in de woonzorg wordt bepaald, afgestemd op de verwachtingen, wensen en mogelijkheden van de cli&amp;euml;nt zelf en diens naasten en op de situatie (bijvoorbeeld bij crisis)&lt;br /&gt;b) de naasten actief geraadpleegd zijn als kennisbron en/of hulpbron, bijvoorbeeld voor vroegsignalering (op alle leefgebieden).&lt;br /&gt;c) de naasten betrokken zijn bij het opstellen van het woonzorgplan, tenzij de cli&amp;euml;nt hier bezwaar tegen heeft.&lt;/p&gt;
 &lt;p&gt;Pijler 2.6 - Naasten - De organisatie handelt binnen de kaders van de privacywetgeving, waarbij;&lt;br /&gt;a) als de cli&amp;euml;nt geen naasten wil betrekken: de organisatie zich inspant om samen met de cli&amp;euml;nt blijvend te onderzoeken wat de meerwaarde is van het betrekken van naasten bij de woonzorg.&lt;/p&gt;
 &lt;p&gt;Pijler 2.8: Naasten - In sommige gevallen ontbreekt een gezond en steunend netwerk. Wanneer het, na verkenning, blijkt dat de cli&amp;euml;nt graag diens sociaal netwerk opbouwt uitbreidt, zet de organisatie zich in om het netwerk op te bouwen of te herstellen en om cli&amp;euml;nten op alternatieve wijzen te ondersteunen. Dit kan bijvoorbeeld met de inzet van vrijwilligers. Daarnaast kunnen (technologische) innovaties zoals de inzet van robotica verkend worden&lt;/p&gt;</t>
   </si>
   <si>
-    <t>3.1.5. B. Naasten, en andere relevante systeemleden, van de patiënt/cliënt krijgen (tenzij er geen
-[...3 lines deleted...]
-iii) De afspraken omtrent bezoek.</t>
+    <t>&lt;p&gt;3.1.5. B. Naasten, en/of ander persoonlijk netwerk, van de pati&amp;euml;nt/cli&amp;euml;nt krijgen (tenzij er geen toestemming is van de pati&amp;euml;nt/cli&amp;euml;nt) uitleg over: i) De problematiek. ii) De behandeling/begeleiding. iii) De afspraken omtrent bezoek.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.5. C. Naasten van de pati&amp;euml;nt/cli&amp;euml;nt krijgen (tenzij zij zelf anders beslissen) uitleg en informatie over: i) Het forensische zorgsysteem. ii) Algemene informatie over (de gevolgen van) licht verstandelijke beperkingen, psychiatrische - en verslavingsproblematiek iii) Adviezen om zelf ondersteuning te krijgen (familieverenigingen en (eventueel) familie-ervaringsdeskundigen). iv) De mogelijkheid om een familievertrouwenspersoon in te schakelen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 2.5: Naasten - 5) De organisatie heeft oog voor het welzijn van naasten in relatie tot het zorgproces van de cli&amp;euml;nt, specifek op het gebied van;&lt;br /&gt;b) voorkomen of verkleinen van stigmatisering, taboe en schaamte en werken aan het begrip voor (het gedrag van) de cli&amp;euml;nt.&lt;br /&gt;e) het tonen van begrip en waardering aan naasten.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.5. C iii) Naasten van de pati&amp;euml;nt/cli&amp;euml;nt krijgen (tenzij zij zelf anders beslissen) uitleg en informatie over: Adviezen om zelf ondersteuning te krijgen (familieverenigingen en (eventueel) &lt;br /&gt;familie-ervaringsdeskundigen).&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 2.5: Naasten. De organisatie heeft oog voor het welzijn van naasten in relatie tot het zorgproces van de cli&amp;euml;nt, specifek op het gebied van;&lt;br /&gt;a) draagkracht en draaglast van de naasten, zodat de naasten een passende rol kunnen spelen in de woonzorg&lt;br /&gt;c) onderlinge steun (peer support), zodat naasten onderling kennis en ervaringen kunnen uitwisselen.&lt;br /&gt;d) kennis en praktische handvatten over hoe om te gaan met de (gevolgen) van de kwetsbaarheden, krachten en mogelijkheden van cli&amp;euml;nten, zodat naasten weten welke rol ze kunnen spelen en om zo de verbinding tussen naasten en cli&amp;euml;nten te versterken.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.5. D. Gezien het grote belang van de invloed van het netwerk, wordt de pati&amp;euml;nt/cli&amp;euml;nt actief gemotiveerd om toestemming te geven zijn naasten te betrekken.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 2.5: Naasten. De organisatie handelt binnen de kaders van de privacywetgeving, waarbij;&lt;br /&gt;a) als de cli&amp;euml;nt geen naasten wil betrekken: de organisatie zich inspant om samen met de cli&amp;euml;nt blijvend te onderzoeken wat de meerwaarde is van het betrekken van naasten bij de woonzorg.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 2: Naasten - 6) De organisatie handelt binnen de kaders van de privacywetgeving, waarbij;&lt;br /&gt;a) als de cli&amp;euml;nt geen naasten wil betrekken: de organisatie zich inspant om samen met de cli&amp;euml;nt blijvend te onderzoeken wat de meerwaarde is van het betrekken van naasten bij de woonzorg.&lt;/p&gt;
 &lt;p&gt;Pijler 3.12: Professional - Borgen van de randvoorwaarden vanuit de organisatie&lt;br /&gt;- De organisatie heeft de randvoorwaarden op orde die ervoor zorgen dat professionals herstelondersteunende zorg kunnen leveren, waarbij:&lt;br /&gt;a) alle medewerkers van de organisatie zijn doordrongen van de herstelgedachte, en de herstelgedachte de cultuur domineert binnen de organisatie.&lt;/p&gt;</t>
-  </si>
-[...1 lines deleted...]
-    <t>&lt;p&gt;3.1.5. B. Naasten, en andere relevante systeemleden, van de pati&amp;euml;nt/cli&amp;euml;nt krijgen (tenzij er geen toestemming is van de pati&amp;euml;nt/cli&amp;euml;nt) uitleg over: i) De problematiek. ii) De behandeling/begeleiding. iii) De afspraken omtrent bezoek.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 2.2: Naasten - 6) De organisatie handelt binnen de kaders van de privacywetgeving, waarbij;&lt;br /&gt;a) als de cli&amp;euml;nt geen naasten wil betrekken: de organisatie zich inspant om samen met de cli&amp;euml;nt blijvend te onderzoeken wat de meerwaarde is van het betrekken van naasten bij de woonzorg.&lt;/p&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -544,62 +537,62 @@
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
         <v>3</v>
       </c>
       <c r="B9" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
         <v>3</v>
       </c>
       <c r="B10" t="s">
         <v>7</v>
       </c>
       <c r="C10" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
         <v>3</v>
       </c>
       <c r="B11" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
         <v>3</v>
       </c>
       <c r="B12" t="s">
         <v>14</v>
       </c>
       <c r="C12" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">