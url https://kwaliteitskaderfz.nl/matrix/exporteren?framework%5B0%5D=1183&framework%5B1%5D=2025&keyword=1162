--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -115,51 +115,51 @@
   <si>
     <t>3.1.3. B. Met het opstellen van het behandelplan/begeleidingsplan wordt zo snel mogelijk gestart na het eerste contact met de patiënt/cliënt. Een eerste definitieve versie van het behandelplan/ begeleidingsplan wordt afgerond na de observatieperiode/kennismakingsperiode en is bij voorkeur binnen zes weken en uiterlijk binnen drie maanden na intake gereed. Wanneer nog niet alle informatie compleet is, is in het plan opgenomen hoe hiertoe te komen en wordt aanvullende informatie op een later moment aan het dynamische document toegevoegd.</t>
   </si>
   <si>
     <t>4.1.2 Binnen 24 uur is er in elk geval informatie over de primaire hulpvraag van de deelnemer, eventuele medicatie en een eerste contactpersoon (bijvoorbeeld bij calamiteiten) beschikbaar. Deze informatie wordt vervolgens uitgebreid met de doelen waaraan gewerkt wordt en de wijze waarop dat gebeurt. Daarin worden eventuele risico’s en afspraken over veiligheid ook meegenomen.</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.3. D. Het behandelplan/begeleidingsplan bevat (SMART) doelen met helder beschreven doorlooptijden, waaronder het beoogde einddoel. Deze zijn te allen tijde transparant voor de pati&amp;euml;nt/ cli&amp;euml;nt. De professional en de pati&amp;euml;nt/cli&amp;euml;nt zijn gezamenlijk verantwoordelijk voor het halen van de doelen en de doorlooptijden.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;4.1.2 Binnen 24 uur is er in elk geval informatie over de primaire hulpvraag van de deelnemer, eventuele medicatie en een eerste contactpersoon (bijvoorbeeld bij calamiteiten) beschikbaar. Deze informatie wordt vervolgens uitgebreid met de doelen waaraan gewerkt wordt en de wijze waarop dat gebeurt. Daarin worden eventuele risico&amp;rsquo;s en afspraken over veiligheid ook meegenomen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;2) De dagelijkse werkwijze van de woonzorg van de cli&amp;euml;nt is persoonsgericht &lt;br /&gt;en ingericht op een manier dat:&lt;br /&gt;c) de dagelijkse werkwijze in afstemming met de cli&amp;euml;nt plaatsvindt.&lt;/p&gt;</t>
   </si>
   <si>
     <t>3.1.3. E. Professionals sluiten in het behandelplan/begeleidingsplan aan bij de belevingswereld binnen de sociale context en vaardigheden van de patiënt/cliënt. Van belang is dat de patiënt/cliënt zo veel mogelijk geïnformeerd is over waar hij/zij aan toe is, ook als het plan nog opgesteld wordt of nog niet volledig is. De betrokken professionals en de patiënt/cliënt spreken af welke professional het eerste aanspreekpunt is voor de patiënt/cliënt en wie de patiënt/cliënt dus ook informeert.</t>
   </si>
   <si>
     <t>4.1.2 Op de zorgboerderij is er voor iedere deelnemer een persoonlijk ondersteuningsplan. Uit dit plan blijkt dat het samen met de deelnemer, en indien van toepassing ook andere betrokkenen, gemaakt is. In het plan zie je terug op welke manier de kernwaarden tot uiting komen in de manier van werken aan de persoonlijke doelen. Met iedere deelnemer is er een afspraak over de termijn waarbinnen het plan geëvalueerd wordt, waarbij een minimum geldt van één evaluatie per jaar. Daarnaast zijn er duidelijke afspraken over de bereikbaarheid en de manier waarop de deelnemer en/of andere betrokkenen tussentijds kunnen praten over de zorg, de doelen en de voortgang.</t>
   </si>
   <si>
     <t>3.1.3. F. De organisatie heeft beleid ten aanzien van anderstaligen.</t>
   </si>
   <si>
-    <t>3.1.4. A. De behandelaren/begeleiders verzamelen in de eerste 24 uur (gerekend vanaf het eerste contact met de patiënt/cliënt) de meest cruciale informatie over de patiënt/cliënt (o.a. kritische informatie over bijvoorbeeld medicatiegebruik). De behandelaren/begeleiders zorgen ervoor dat deze informatie toegankelijk is voor alle andere betrokken behandelaren/begeleiders binnen de eigen organisatie. Dat mag in een voorlopig behandelplan/begeleidingsplan, of op een andere manier in het dossier.</t>
+    <t>&lt;p&gt;3.1.4. A. De behandelaren/begeleiders verzamelen in de eerste 24 uur (gerekend vanaf het eerste contact met de pati&amp;euml;nt/cli&amp;euml;nt) de meest cruciale informatie over de pati&amp;euml;nt/cli&amp;euml;nt (o.a. kritische informatie over bijvoorbeeld medicatiegebruik). Voor de ambulante zorg geldt dat deze informatie zo snel als mogelijk na de eerste 24 uur is verzameld. De behandelaren/begeleiders zorgen ervoor dat deze informatie toegankelijk is voor alle andere betrokken behandelaren/begeleiders binnen de eigen organisatie. Dat mag in een voorlopig behandelplan/begeleidingsplan, of op een andere manier in het dossier.&lt;/p&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -472,51 +472,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="658.125" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="741.962" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="813.944" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="493.023" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="D2" t="s">
         <v>5</v>
       </c>
@@ -694,51 +694,51 @@
         <v>4</v>
       </c>
       <c r="B18" t="s">
         <v>29</v>
       </c>
       <c r="C18" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>4</v>
       </c>
       <c r="B19" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>4</v>
       </c>
       <c r="B20" t="s">
         <v>32</v>
       </c>
       <c r="C20" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>4</v>
       </c>
       <c r="B21" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>4</v>
       </c>
       <c r="B22" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>4</v>
       </c>
       <c r="B23" t="s">
         <v>13</v>
       </c>