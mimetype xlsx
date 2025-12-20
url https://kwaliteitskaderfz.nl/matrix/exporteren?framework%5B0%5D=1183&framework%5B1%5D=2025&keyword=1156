--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -12,96 +12,99 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
   <si>
     <t>Trefwoord</t>
   </si>
   <si>
     <t>Kwaliteitskader FZ</t>
   </si>
   <si>
     <t>Kwaliteitskader zorglandbouw (KKZLB)</t>
   </si>
   <si>
     <t>Kwaliteitskader Woonzorg in de langdurige GGZ</t>
   </si>
   <si>
     <t>Visie</t>
   </si>
   <si>
     <t>5.1.3. De organisatie heeft een visie op goed bestuur, leiderschap, duurzaamheid en toezicht.</t>
   </si>
   <si>
     <t>5.1.3. A. De organisatie beschikt over een transparante visie, draagt dit uit en ondersteunt de professionals in het werken conform deze visie. De organisatie bepaalt op basis van de visie de doelen.</t>
   </si>
   <si>
     <t>5.1.3. B. De organisatie heeft een transparant besturingsmodel waarvan de werking jaarlijks wordt getoetst, bijvoorbeeld door middel van een directie- of systeembeoordeling.</t>
   </si>
   <si>
     <t>5.1.3. C. De organisatie draagt samen met de professionals bij aan het verminderen van administratieve lasten.</t>
   </si>
   <si>
     <t>5.1.3. D. De organisatie heeft een visie op hoe zij invulling willen geven aan duurzaamheid binnen de organisatie.</t>
   </si>
   <si>
     <t>5.1.3. E. De organisatie heeft een professioneel statuut.</t>
   </si>
   <si>
     <t>5.1.3. F. De organisatie werkt volgens de afspraken van de geldende Governancecode Zorg.</t>
   </si>
   <si>
     <t>5.1.3. G. De organisatie heeft, indien de organisatie ook andere typen dienstverlening heeft, binnen a t/m e binnen dit kwaliteitsaspect specifiek aandacht voor de Forensische Zorg.</t>
   </si>
   <si>
-    <t>&lt;p&gt;4.1.3. C. De organisatie heeft een visie en beleid over hoe geschoolde ervaringsdeskundigen ingezet worden binnen de Forensische Zorg, waarin antwoord wordt gegeven op vraagstukken zoals opleiding, positionering, verklaring omtrent gedrag (VOG) problematiek, rechten en plichten. Wanneer ervaringsdeskundigen worden ingezet zijn zij onderdeel van het multidisciplinair behandel-/begeleidingsteam.&lt;/p&gt;</t>
+    <t>&lt;p&gt;4.1.3. C. De organisatie heeft een visie en beleid over de inzet van ervaringsdeskundigheid binnen de organisatie.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 3.11: Inzetten van ervaringsdeskundigheid. De organisatie zet ervaringsdeskundigheid in voor de woonzorg aan cli&amp;euml;nten, waarbij:&lt;br /&gt;a) de organisatie waarborgt dat ervaringsdeskundigen ingezet kunnen worden: &lt;br /&gt;&amp;bull; voor de juiste woonzorg van cli&amp;euml;nten vanwege de kennis en ervaring die &lt;br /&gt;ze hebben;&lt;br /&gt;&amp;bull; als onderdeel van het professionele team.&lt;/p&gt;
 &lt;p&gt;&lt;br /&gt;Pijler Professionals (pagina 28) &lt;br /&gt;&amp;bull; De inzet van ervaringsdeskundigen. De organisatie geeft aan op welke manier &lt;br /&gt;ervaringsdeskundigen zijn ingezet en wat deze inzet heeft opgeleverd.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;4.1.3. C. De organisatie heeft een visie en beleid over de inzet van ervaringsdeskundigheid binnen de organisatie.&amp;nbsp;&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 3.11: Inzetten van ervaringsdeskundigheid&lt;br /&gt;11) De organisatie zet ervaringsdeskundigheid in voor de woonzorg aan cli&amp;euml;nten, waarbij:&lt;/p&gt;
 &lt;p&gt;b) voor professionals die dagelijks herstelondersteunende zorg leveren, maar &lt;br /&gt;zelf geen ervaringsdeskundige zijn, is het van belang dat zij weten hoe zij eventuele persoonlijke en gedeelde ervaringskennis benutten en hoe zij ervaringsdeskundigheid kunnen inzetten.&lt;/p&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -418,51 +421,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="476.455" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="235.8" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="457.603" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
@@ -517,54 +520,54 @@
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>4</v>
       </c>
       <c r="B9" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>4</v>
       </c>
       <c r="B10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>4</v>
       </c>
       <c r="B11" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="D11" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">