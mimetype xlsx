--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -12,116 +12,110 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
   <si>
     <t>Trefwoord</t>
   </si>
   <si>
     <t>Kwaliteitskader FZ</t>
   </si>
   <si>
     <t>Kwaliteitskader zorglandbouw (KKZLB)</t>
   </si>
   <si>
     <t>Kwaliteitskader Woonzorg in de langdurige GGZ</t>
   </si>
   <si>
     <t>Externe communicatie en samenwerking</t>
   </si>
   <si>
     <t>&lt;p&gt;6.1.1. De organisatie werkt samen met andere organisaties binnen en buiten de Forensische Zorg om continu&amp;iuml;teit van zorg te realiseren.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 1: Cli&amp;euml;nten - De organisatie waarborgt dat voor elke cli&amp;euml;nt op maat een woonzorgplan is opgesteld. Het woonzorgplan is een middel voor zorgprofessionals en cli&amp;euml;nten om goed in gesprek te blijven, waarbij:&lt;/p&gt;
 &lt;p&gt;f) ketenpartners actief betrokken zijn om de samenwerking te verbeteren en &lt;br /&gt;heldere afspraken te maken over taken en verantwoordelijkheden.&lt;/p&gt;
 &lt;p&gt;Pijler 3.12: Professional - Borgen van de randvoorwaarden vanuit de organisatie&lt;br /&gt;12) De organisatie heeft de randvoorwaarden op orde die ervoor zorgen dat professionals herstelondersteunende zorg kunnen leveren, waarbij:&lt;br /&gt;c) er voldoende capaciteit is voor samenwerking binnen teams en &lt;br /&gt;samenwerking met andere teams en andere organisaties.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;6.1.1. E. De organisatie werkt actief toe naar samenwerkingsverbanden met organisaties buiten de Forensische Zorg.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 2.5.18) Omdat samenwerken zo breed is, is het belangrijk dat een organisatie een eigen strategie kiest op en prioriteert wat binnen de context de belangrijkste samenwerkingen zijn.&lt;br /&gt;De organisatie geeft invulling aan twee vormen van samenwerking:&lt;br /&gt;1) strategische samenwerkingen om op organisatie niveau te komen tot &lt;br /&gt;passende woonzorg; en Kwaliteitskader Woonzorg in de langdurige ggz 25&lt;br /&gt;2) samenwerking om te komen tot goede kwaliteit van zorg op clientniveau &lt;br /&gt;waarbij de neerslag hiervan terug te vinden is in het zorgdossier. Het gaat &lt;br /&gt;om samenwerkingen met waaronder:&lt;br /&gt;&amp;bull; Multidisciplinair in de zorg&lt;br /&gt;&amp;bull; Huisarts&lt;br /&gt;&amp;bull; Reguliere GGZ en verslavingszorg&lt;br /&gt;&amp;bull; Crisisdienst GGZ&lt;br /&gt;&amp;bull; Expertisecentra&lt;br /&gt;&amp;bull; Gemeente&lt;br /&gt;&amp;bull; Buurt(team) en informele zorg in de wijk&lt;br /&gt;&amp;bull; Sociaal werk&lt;br /&gt;&amp;bull; Organisaties van dagbesteding, vrijwilligers en werkgevers&lt;br /&gt;&amp;bull; Andere (woon)zorgorganisaties&lt;br /&gt;&amp;bull; Andere organisaties buiten de zorg: scholen, woningcorporaties, werkgevers&lt;br /&gt;&amp;bull; Rechter en politie&lt;br /&gt;&amp;bull; Wettelijke vertegenwoordigers&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;6.1.1. A. In het geval van stapelzorg wordt door betrokken partijen de co&amp;ouml;rdinerende rol afgesproken en professionals zorgen voor regelmatige afstemming van het behandel- en begeleidingsplan, waarbij men een gezamenlijk signaleringsplan opstelt.&lt;/p&gt;</t>
   </si>
   <si>
-    <t>6.1.1. G. Indien reclassering betrokken is: Bij de uitvoering van de zorg wordt de driehoeksverhouding gehanteerd tussen de reclassering, patiënt/cliënt en behandelaren en/of begeleiders, waarbij alle partijen elkaar informeren (binnen de wettelijke kaders). De drie-partijenovereenkomst kan als middel worden gebruikt om de samenwerking te formaliseren.</t>
+    <t>&lt;p&gt;6.1.1. G. Indien reclassering betrokken is: Bij de uitvoering van de zorg wordt de driehoeksverhouding gehanteerd tussen de reclassering, pati&amp;euml;nt/cli&amp;euml;nt en behandelaren en/of begeleiders, waarbij alle partijen elkaar informeren (binnen de wettelijke kaders). Een driepartijenovereenkomst kan als middel worden gebruikt om de samenwerking te formaliseren.&lt;/p&gt;</t>
   </si>
   <si>
     <t>6.1.1. I. Indien van toepassing heeft de organisatie (met het oog op de continuïteit van zorg) contact met de geëigende partijen zoals reguliere GGZ, zorg, veiligheidshuis en gemeente (bijvoorbeeld over voortzetting van het traject binnen de Wmo) over de voortzetting van trajecten binnen de reguliere zorg bij aflopen van de strafrechtelijke titel.</t>
   </si>
   <si>
     <t>6.1.2. De organisatie is onderdeel van een lerend netwerk met andere organisaties, die onderdeel zijn van de forensische keten.</t>
   </si>
   <si>
-    <t>&lt;p&gt;6.1.2. A. De organisatie sluit aan op reeds binnen de sector ontwikkelde (lerende) netwerken en expertisenetwerken (peer reviews) en/of werken actief en aantoonbaar toe naar deelname en/ of cre&amp;euml;ren zelf een lerend netwerk met andere organisaties binnen de forensische keten. De definities en eisen aan de kwaliteitsnetwerken zijn gedefinieerd in de methodiekomschrijving, zie &lt;a href="http://www.kwaliteitsnetwerken.nl."&gt;www.kwaliteitsnetwerken.nl. &lt;/a&gt;&lt;/p&gt;
+    <t>&lt;p&gt;6.1.2. A. De organisatie sluit aan op reeds binnen de sector ontwikkelde (lerende) netwerken en expertisenetwerken (peer reviews) en/of werken actief en aantoonbaar toe naar deelname en/ of cre&amp;euml;ren zelf een lerend netwerk met andere organisaties binnen de forensische keten.&amp;nbsp;&lt;/p&gt;
 &lt;p&gt;7.1.2. B. De organisatie bespreekt het kwaliteitsverslag breed binnen de organisatie en buitende de organisatie in het lerend netwerk. Doel hiervan is dat organisaties een cyclus in gaan waarin continu reflecteren, leren en verbeteren centraal staat. Op deze wijze wordt de lerende dialoog tussen de verschillende belanghebbenden binnen de organisatie en tussen de organisaties gevoed.&lt;/p&gt;</t>
   </si>
   <si>
     <t>6.1.2. B. De organisatie wisselt periodiek ervaringen uit met de netwerkpartners met als doel om te leren en te ontwikkelen. Transparantie, het delen van informatie, en het elkaar ondersteunen bij moeilijke casussen, stimuleert in gezamenlijkheid leren om zo de gehele sector naar een hoger kwaliteitsniveau te brengen.</t>
   </si>
   <si>
     <t>&lt;p&gt;6.1.3. B. De organisatie heeft beleid over samenwerking met maatschappelijke organisaties, zoals: gemeente(n), politie, woningbouwverenigingen, schuldhulpverlening, werkgevers, maatschappelijke opvang organisaties, sportverenigingen, buurtverenigingen, geloofsgemeenschappen, et cetera.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 4.15: De organisatie vormt een brug tussen de cli&amp;euml;nt en de samenleving, door;&lt;br /&gt;a) het geven van voorlichting.&lt;br /&gt;b) het verkleinen van stigmatisering.&lt;br /&gt;c) toegankelijk te zijn voor het gesprek, klachten en vroegsignalering van &lt;br /&gt;problemen.&lt;br /&gt;d) een goede balans te vinden tussen autonomie en de veiligheid van de &lt;br /&gt;cli&amp;euml;nt en de veiligheid van de samenleving.&lt;/p&gt;</t>
   </si>
   <si>
-    <t>&lt;p&gt;4.1.7. D. De organisatie draagt bij aan de gezamenlijke arbeidsmarktaanpak zoals ontwikkeld door de Taskforce Forensische Zorg.&lt;/p&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>&lt;p&gt;4.3.2 Daarnaast vindt er minimaal &amp;eacute;&amp;eacute;n keer per jaar een vorm van reflectie plaats met &amp;eacute;&amp;eacute;n of meer externe(n) op &amp;eacute;&amp;eacute;n of meer van bovengenoemde onderwerpen. Deze reflectie vindt gestructureerd/ methodisch plaats. Dit kan in de vorm van een bedrijfsbezoek door &amp;eacute;&amp;eacute;n of meer personen van buiten de boerderij, externe intervisie of een externe audit.&lt;/p&gt;</t>
   </si>
   <si>
     <t>4.3.2 Daarnaast vindt er minimaal één keer per jaar een vorm van reflectie plaats met één of meer externe(n) op één of meer van bovengenoemde onderwerpen. Deze reflectie vindt gestructureerd/ methodisch plaats. Dit kan in de vorm van een bedrijfsbezoek door één of meer personen van buiten de boerderij, externe intervisie of een externe audit.</t>
-  </si>
-[...1 lines deleted...]
-    <t>4.1.7. D. De organisatie draagt bij aan de gezamenlijke arbeidsmarktaanpak zoals ontwikkeld door de Taskforce Forensische Zorg.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -425,60 +419,60 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D16"/>
+  <dimension ref="A1:D14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="43.561" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="549.58" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="463.458" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="481.168" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="1357.811" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
@@ -538,91 +532,75 @@
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>4</v>
       </c>
       <c r="B9" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>4</v>
       </c>
       <c r="B10" t="s">
         <v>15</v>
       </c>
       <c r="D10" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>4</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>4</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>4</v>
       </c>
       <c r="C13" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>4</v>
       </c>
       <c r="B14" t="s">
-        <v>20</v>
-[...14 lines deleted...]
-      <c r="B16" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>