--- v0 (2025-11-04)
+++ v1 (2026-02-04)
@@ -46,51 +46,51 @@
   </si>
   <si>
     <t>Toetsingskader WMO</t>
   </si>
   <si>
     <t>Professionele verplichtingen</t>
   </si>
   <si>
     <t>&lt;p&gt;4.1.5. D. Professionals bewaken de grenzen van hun vakbekwaamheid. Wanneer die grens bereikt is, zorgen ze dat ze nauw samenwerken met een voor de handeling/taak bekwame collega/partner.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;4.1.1. A. Professionals gaan respectvol om met pati&amp;euml;nten/cli&amp;euml;nten, zowel in verbale als non-verbale communicatie.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1 De bejegening door de beroepskracht van de cli&amp;euml;nt is passend en correct.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;4.1.1. D. Professionals zijn zich bewust van hun eigen normen en waarden en zij kunnen deze professioneel hanteren. Professionals kunnen reflecteren op eigen gedrag en ervaringen en zij zijn in staat om dit bespreekbaar maken.&lt;/p&gt;
 &lt;p&gt;4.1.6. Binnen de organisatie is tijd, ruimte en openheid om continu te leren, te reflecteren en te ontwikkelen.&lt;/p&gt;
 &lt;p&gt;4.1.6. A. De organisatie zorgt dat voor iedere professional voldoende tijd en ruimte is om te leren en zich te ontwikkelen. De organisatie cre&amp;euml;ert hiervoor een cultuur die leren en reflecteren stimuleert en waar professionals zich ten opzichte van elkaar kwetsbaar kunnen opstellen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.2 Zowel de begeleiders met een zorgopleiding als de begeleiders met een andere opleiding, zijn in staat om op professionele wijze zorg en ondersteuning te bieden. Het zijn beide professionals met een houding die zich kenmerkt door: &amp;bull; Professionals dragen verantwoordelijkheid en maken bewuste keuzes. &amp;bull; Professionals blijven zichzelf ontwikkelen en reflecteren op eigen handelen. &amp;bull; Professionals kennen hun positie in het zorgveld; zij zijn zich bewust van hun grenzen en schakelen aanvullend daarop tijdig (externe) deskundigen in en dragen actief bij aan een goede samenwerking tussen betrokken partijen. &amp;bull; Professionals zijn op de hoogte van wetten, regels en beroepsnormen en toetsen hun handelen en keuzes daaraan. &amp;bull; Professionals kennen de kracht van de zorglandbouw en werken vanuit de principes die hieraan ten grondslag liggen.&lt;/p&gt;</t>
   </si>
   <si>
-    <t>4.1.5. A. Professionals onderhouden hun vakkennis op basis van de vastgestelde competenties en leerdoelen, zoals ontwikkeld binnen het Programma Forensisch Vakmanschap.</t>
+    <t>&lt;p&gt;4.1.5. A. Professionals onderhouden hun vakkennis (bijvoorbeeld met behulp van het Forensisch Vakmanschap) passend bij hun functie, competenties en leerdoelen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>4.1.5. B. De professionals, voor wie dat van toepassing is, staan ingeschreven in het kwaliteitsregister van hun beroepsgroep, houden accreditatiepunten bij indien vereist vanuit hun titel en hebben indien van toepassing een geldige BIG-registratie.</t>
   </si>
   <si>
     <t>4.1.5. D. Professionals bewaken de grenzen van hun vakbekwaamheid. Wanneer die grens bereikt is, zorgen ze dat ze nauw samenwerken met een voor de handeling/taak bekwame collega/partner.</t>
   </si>
   <si>
     <t>4.1.5. E. Professionals zijn in beginsel verantwoordelijk voor hun eigen handelen.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>