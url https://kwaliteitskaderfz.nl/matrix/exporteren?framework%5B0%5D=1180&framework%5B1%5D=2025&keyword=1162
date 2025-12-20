--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -126,51 +126,51 @@
   </si>
   <si>
     <t>&lt;p&gt;3.1.3. D. Het behandelplan/begeleidingsplan bevat (SMART) doelen met helder beschreven doorlooptijden, waaronder het beoogde einddoel. Deze zijn te allen tijde transparant voor de pati&amp;euml;nt/ cli&amp;euml;nt. De professional en de pati&amp;euml;nt/cli&amp;euml;nt zijn gezamenlijk verantwoordelijk voor het halen van de doelen en de doorlooptijden.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Handreiking ondersteuningplannen: Hoofdstuk 2 (Visie Handreiking Ondersteuningsplannen), paragraaf 2.1 (De persoon centraal): In een levend plan past het niet om kunstmatig doelen op te nemen uit een verplichting. Juist omdat de mens in het plan centraal staat, is het passend de doelen en de termijnen die daaraan hangen te laten aansluiten bij de beleving van mensen met een beperking. Doelen worden opgenomen als er een ontwikkeling wordt nagestreefd op een bepaald gebied. Doelen hoeven niet allemaal groot of v&amp;eacute;rrijkend te zijn en er hoeven ook niet voor een heel jaar nieuwe doelen geformuleerd te worden. Doelen in kleine stappen kunnen meer houvast geven dan een groter doel voor de lange termijn. Ook kan de terugkerende ondersteuning als doel worden gedefinieerd. Hoofdstuk 2 (Visie Handreiking Ondersteuningsplannen), paragraaf 2.2 (Samen verantwoordelijk): De doelen en afspraken tussen mensen met een beperking, hun verwanten, vertegenwoordiger, sociaal netwerk en professionals vormen de kern van het ondersteuningsplan.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;2) De dagelijkse werkwijze van de woonzorg van de cli&amp;euml;nt is persoonsgericht &lt;br /&gt;en ingericht op een manier dat:&lt;br /&gt;c) de dagelijkse werkwijze in afstemming met de cli&amp;euml;nt plaatsvindt.&lt;/p&gt;</t>
   </si>
   <si>
     <t>3.1.3. E. Professionals sluiten in het behandelplan/begeleidingsplan aan bij de belevingswereld binnen de sociale context en vaardigheden van de patiënt/cliënt. Van belang is dat de patiënt/cliënt zo veel mogelijk geïnformeerd is over waar hij/zij aan toe is, ook als het plan nog opgesteld wordt of nog niet volledig is. De betrokken professionals en de patiënt/cliënt spreken af welke professional het eerste aanspreekpunt is voor de patiënt/cliënt en wie de patiënt/cliënt dus ook informeert.</t>
   </si>
   <si>
     <t>Handreiking ondersteuningplannen: 
 Hoofdstuk 3. (Wat is het ondersteuningsplan?), paragraaf 3.1 (Wat is het ondersteuningsplan?): De afspraken in het ondersteuningsplan zijn gebaseerd op de wensen en behoeften van mensen met een beperking.
 Zie ook Hoofdstuk 12 Wet- regelgeving, paragraaf 12.1. Rechten van de cliënt en plichten van de zorgverlener, kop 12.1.d Geïnformeerde toestemming (Informed consent), pagina 67 t/m 69.</t>
   </si>
   <si>
     <t>3.1.3. F. De organisatie heeft beleid ten aanzien van anderstaligen.</t>
   </si>
   <si>
     <t>Handreiking ondersteuningplannen: hoofdstuk 10. (Het ondersteuningsplan in begrijpelijke taal): Goede zorg zet de mens centraal. Iedereen heeft daarom recht op een ondersteuningsplan dat begrijpelijk en toegankelijk is.</t>
   </si>
   <si>
-    <t>3.1.4. A. De behandelaren/begeleiders verzamelen in de eerste 24 uur (gerekend vanaf het eerste contact met de patiënt/cliënt) de meest cruciale informatie over de patiënt/cliënt (o.a. kritische informatie over bijvoorbeeld medicatiegebruik). De behandelaren/begeleiders zorgen ervoor dat deze informatie toegankelijk is voor alle andere betrokken behandelaren/begeleiders binnen de eigen organisatie. Dat mag in een voorlopig behandelplan/begeleidingsplan, of op een andere manier in het dossier.</t>
+    <t>&lt;p&gt;3.1.4. A. De behandelaren/begeleiders verzamelen in de eerste 24 uur (gerekend vanaf het eerste contact met de pati&amp;euml;nt/cli&amp;euml;nt) de meest cruciale informatie over de pati&amp;euml;nt/cli&amp;euml;nt (o.a. kritische informatie over bijvoorbeeld medicatiegebruik). Voor de ambulante zorg geldt dat deze informatie zo snel als mogelijk na de eerste 24 uur is verzameld. De behandelaren/begeleiders zorgen ervoor dat deze informatie toegankelijk is voor alle andere betrokken behandelaren/begeleiders binnen de eigen organisatie. Dat mag in een voorlopig behandelplan/begeleidingsplan, of op een andere manier in het dossier.&lt;/p&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -483,51 +483,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="658.125" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="741.962" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="1237.412" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="493.023" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="D2" t="s">
         <v>5</v>
       </c>