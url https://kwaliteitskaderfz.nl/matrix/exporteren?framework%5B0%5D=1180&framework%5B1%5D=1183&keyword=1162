--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -103,51 +103,51 @@
   </si>
   <si>
     <t>&lt;p&gt;Handreiking ondersteuningplannen: Hoofdstuk 2 (Visie Handreiking Ondersteuningsplannen), paragraaf 2.1 (De persoon centraal): In een levend plan past het niet om kunstmatig doelen op te nemen uit een verplichting. Juist omdat de mens in het plan centraal staat, is het passend de doelen en de termijnen die daaraan hangen te laten aansluiten bij de beleving van mensen met een beperking. Doelen worden opgenomen als er een ontwikkeling wordt nagestreefd op een bepaald gebied. Doelen hoeven niet allemaal groot of v&amp;eacute;rrijkend te zijn en er hoeven ook niet voor een heel jaar nieuwe doelen geformuleerd te worden. Doelen in kleine stappen kunnen meer houvast geven dan een groter doel voor de lange termijn. Ook kan de terugkerende ondersteuning als doel worden gedefinieerd. Hoofdstuk 2 (Visie Handreiking Ondersteuningsplannen), paragraaf 2.2 (Samen verantwoordelijk): De doelen en afspraken tussen mensen met een beperking, hun verwanten, vertegenwoordiger, sociaal netwerk en professionals vormen de kern van het ondersteuningsplan.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;4.1.2 Binnen 24 uur is er in elk geval informatie over de primaire hulpvraag van de deelnemer, eventuele medicatie en een eerste contactpersoon (bijvoorbeeld bij calamiteiten) beschikbaar. Deze informatie wordt vervolgens uitgebreid met de doelen waaraan gewerkt wordt en de wijze waarop dat gebeurt. Daarin worden eventuele risico&amp;rsquo;s en afspraken over veiligheid ook meegenomen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>3.1.3. E. Professionals sluiten in het behandelplan/begeleidingsplan aan bij de belevingswereld binnen de sociale context en vaardigheden van de patiënt/cliënt. Van belang is dat de patiënt/cliënt zo veel mogelijk geïnformeerd is over waar hij/zij aan toe is, ook als het plan nog opgesteld wordt of nog niet volledig is. De betrokken professionals en de patiënt/cliënt spreken af welke professional het eerste aanspreekpunt is voor de patiënt/cliënt en wie de patiënt/cliënt dus ook informeert.</t>
   </si>
   <si>
     <t>Handreiking ondersteuningplannen: 
 Hoofdstuk 3. (Wat is het ondersteuningsplan?), paragraaf 3.1 (Wat is het ondersteuningsplan?): De afspraken in het ondersteuningsplan zijn gebaseerd op de wensen en behoeften van mensen met een beperking.
 Zie ook Hoofdstuk 12 Wet- regelgeving, paragraaf 12.1. Rechten van de cliënt en plichten van de zorgverlener, kop 12.1.d Geïnformeerde toestemming (Informed consent), pagina 67 t/m 69.</t>
   </si>
   <si>
     <t>4.1.2 Op de zorgboerderij is er voor iedere deelnemer een persoonlijk ondersteuningsplan. Uit dit plan blijkt dat het samen met de deelnemer, en indien van toepassing ook andere betrokkenen, gemaakt is. In het plan zie je terug op welke manier de kernwaarden tot uiting komen in de manier van werken aan de persoonlijke doelen. Met iedere deelnemer is er een afspraak over de termijn waarbinnen het plan geëvalueerd wordt, waarbij een minimum geldt van één evaluatie per jaar. Daarnaast zijn er duidelijke afspraken over de bereikbaarheid en de manier waarop de deelnemer en/of andere betrokkenen tussentijds kunnen praten over de zorg, de doelen en de voortgang.</t>
   </si>
   <si>
     <t>3.1.3. F. De organisatie heeft beleid ten aanzien van anderstaligen.</t>
   </si>
   <si>
     <t>Handreiking ondersteuningplannen: hoofdstuk 10. (Het ondersteuningsplan in begrijpelijke taal): Goede zorg zet de mens centraal. Iedereen heeft daarom recht op een ondersteuningsplan dat begrijpelijk en toegankelijk is.</t>
   </si>
   <si>
-    <t>3.1.4. A. De behandelaren/begeleiders verzamelen in de eerste 24 uur (gerekend vanaf het eerste contact met de patiënt/cliënt) de meest cruciale informatie over de patiënt/cliënt (o.a. kritische informatie over bijvoorbeeld medicatiegebruik). De behandelaren/begeleiders zorgen ervoor dat deze informatie toegankelijk is voor alle andere betrokken behandelaren/begeleiders binnen de eigen organisatie. Dat mag in een voorlopig behandelplan/begeleidingsplan, of op een andere manier in het dossier.</t>
+    <t>&lt;p&gt;3.1.4. A. De behandelaren/begeleiders verzamelen in de eerste 24 uur (gerekend vanaf het eerste contact met de pati&amp;euml;nt/cli&amp;euml;nt) de meest cruciale informatie over de pati&amp;euml;nt/cli&amp;euml;nt (o.a. kritische informatie over bijvoorbeeld medicatiegebruik). Voor de ambulante zorg geldt dat deze informatie zo snel als mogelijk na de eerste 24 uur is verzameld. De behandelaren/begeleiders zorgen ervoor dat deze informatie toegankelijk is voor alle andere betrokken behandelaren/begeleiders binnen de eigen organisatie. Dat mag in een voorlopig behandelplan/begeleidingsplan, of op een andere manier in het dossier.&lt;/p&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -460,51 +460,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="658.125" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="741.962" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="1237.412" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="813.944" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
@@ -674,51 +674,51 @@
         <v>25</v>
       </c>
       <c r="D17" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>4</v>
       </c>
       <c r="B18" t="s">
         <v>27</v>
       </c>
       <c r="C18" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>4</v>
       </c>
       <c r="B19" t="s">
         <v>29</v>
       </c>
       <c r="D19" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>4</v>
       </c>
       <c r="B20" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>4</v>
       </c>
       <c r="B21" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>4</v>
       </c>
       <c r="B22" t="s">
         <v>13</v>
       </c>