--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -74,59 +74,54 @@
     <t>&lt;p&gt;Hoofdstuk 5: Bouwsteen 4 inzicht in kwaliteit - Zorgaanbieders bundelen alle verkregen informatie uit de eerste drie bouwstenen in een tweejaarlijks kwaliteitsbeeld, samen met informatie uit andere relevante bronnen en met ervaringsverhalen van mensen met een beperkingen hun verwanten, en professionals.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;4.4 Ring 4: Kwaliteitsverslag De vierde en laatste ring gaat over het laten zien van de identiteit van de zorgboerderij. Het gaat over laten zien wat er goed gaat, waaraan wordt gewerkt en hoe er op die manier continu gewerkt wordt aan goede en veilige zorg. Het gaat om het beschrijven en zichtbaar maken van de kernwaarden en de ontwikkeling van en op de zorgboerderij. Het kwaliteitsverslag dat binnen deze ring wordt gemaakt, is het visitekaartje van de zorgboerderij en de verantwoording naar de deelnemers, betrokkenen en opdrachtgevers zoals budgethouders, gemeenten en zorgkantoren.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;7.1.2. C. In het kwaliteitsverslag komen minimaal onderstaande onderdelen terug. Wanneer het kwaliteitsverslag integraal onderdeel is van een ander kwaliteits- of jaarverslag, moeten onderstaande onderdelen, voor de geleverde Forensische Zorg herkenbaar en expliciet benoemd worden: i) Visie van de organisatie op het gebied van de Forensische Zorg. ii) Algemene informatie over de geleverde Forensische Zorg: (1) Type Forensische Zorg die de organisatie levert (settings, beveiligingsniveaus). (2) Aantal pati&amp;euml;nten/cli&amp;euml;nten op peildatum 31 december van het betreffende kalenderjaar. (3) Percentage Forensische Zorg (gefinancierd door DJI) ten opzichte van anders gefinancierde zorg (inclusief vrijwillige Forensische Zorg vallend onder de Zvw) in aantal pati&amp;euml;nten/cli&amp;euml;nten op 31 december van het betreffende kalenderjaar. iii) Voor de pijlers 1 t/m 4 geeft de organisatie in het kwaliteitsverslag een samenvatting van de behaalde resultaten en de huidige stand van zaken. Het beschrijft per pijler minimaal: (1) Een algemeen beeld van de mate waarin de organisatie wel of niet voldoet aan de kwaliteitsaspecten die onder deze pijler in dit Kwaliteitskader genoemd staan. (2) Een reflectie op de behaalde resultaten binnen deze pijler in het kalenderjaar waarover verslaglegging plaatsvindt. Hierbij is aandacht voor de successen en de aandachtspunten. De organisatie reflecteert aan de gestelde doelen in het eigen meerjarenplan (zie kwaliteitsaspect 1 in pijler 5). (3) De ontwikkelpunten voor het komend kalenderjaar binnen de pijler. iv) De binnen de setting afgesproken prestatie-indicatoren krijgen een plek in het jaarverslag. Naast de &amp;lsquo;cijfers&amp;rsquo; geeft de organisatie een kwalitatieve toelichting op de cijfers.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Hoofdstuk 5: Bouwsteen 4 Inzicht in kwaliteit&lt;/p&gt;
 &lt;p&gt;- Tweejaarlijks kwaliteitsbeeld: Met dit kwaliteitsbeeld laat de zorgorganisatie zien hoe zij werkt aan de kwaliteit van zorg, de dienstverlening en de verbeterdoelen, en waar zij de komende jaren aan zal werken. Het kwaliteitsbeeld is een terugblik en vooruitblik. Juist omdat het kwaliteitsbeeld ingaat op de kwaliteit van het zorgproces rond individuele personen, is het de bedoeling dat alle betrokkenen er een actieve bijdrage aan leveren. Ook worden de verbeterdoelen uit een cli&amp;euml;ntervaringsonderzoek (bouwsteen 2) meegenomen in het kwaliteitsbeeld.&lt;/p&gt;
 &lt;p&gt;- De vorm van het kwaliteitsbeeld is vrij. Er moet wel duidelijk naar voren komen wat de speerpunten waren, hoe het proces van leren en verbeteren is geweest, wat werd behaald en wat niet, waarom dan, wat wordt doorgezet en wat eventuele nieuwe speerpunten zijn. - Drie kwaliteitsbeelden aanleveren bij zorginstituut: Op 1 juni 2024 over het jaar 2023; Op 1 juni 2026 over het jaar 2025; en Op 1 juni 2028 over 2027&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;4.4 Ring 4: Kwaliteitsverslag, 4.4.2 Elke zorgboerderij publiceert jaarlijks een openbaar kwaliteitsverslag waarin de ontwikkeling van en op de zorgboerderij wordt beschreven aan de hand van de volgende thema&amp;rsquo;s: &amp;bull; Reflectie op de kwaliteit van het individuele zorgproces en de manier waarop kernwaarden tot hun recht komen (ring 1). &amp;bull; Reflectie op de uitkomsten en de keuzes/acties naar aanleiding van de input uit de onderzoeken naar deelnemer-ervaringen en de inspraakmomenten (ring 2). &amp;bull; Reflectie op het thema veiligheid en eventuele incidenten en klachten waar de zorgboerderij het afgelopen jaar mee te maken kreeg (ring 3). &amp;bull; Reflectie op de ontwikkelingen ten aanzien van het functioneren en de vakbekwaamheid van het team op de zorgboerderij (ring 3). &amp;bull; Reflectie op de uitkomsten van bedrijfsbezoek door &amp;eacute;&amp;eacute;n of meer externe personen (ring 3). &amp;bull; Reflectie op de ingezette acties uit het voorgaande jaar en een beschrijving van geplande acties naar aanleiding van de reflectie op voorgaande thema&amp;rsquo;s (ring 4).&lt;/p&gt;</t>
   </si>
   <si>
     <t>7.1.2. B. De organisatie bespreekt het kwaliteitsverslag breed binnen de organisatie en buitende de organisatie in het lerend netwerk. Doel hiervan is dat organisaties een cyclus in gaan waarin continu reflecteren, leren en verbeteren centraal staat. Op deze wijze wordt de lerende dialoog tussen de verschillende belanghebbenden binnen de organisatie en tussen de organisaties gevoed.</t>
   </si>
   <si>
     <t>Hoofdstuk 5: Bouwsteen 4 Inzicht in kwaliteit
 - Voortgangsbericht: Het voortgangsbericht geeft inzicht in de voortgang van verbeter- en ontwikkeldoelen, bij voorkeur vanuit het perspectief van professionals en vanuit het perspectief van mensen met een beperking (waar desgewenst ook de cliëntenraad en de verwanten bij betrokken zijn). Het voortgangsbericht biedt alle betrokkenen de mogelijkheid om te kijken naar de voortgang van ontwikkelingen, verbeterpunten en naar de onderwerpen die zij belangrijk vinden. Ook geeft het gelegenheid tot verdieping van één of enkele onderdelen die benoemd zijn in het kwaliteitsbeeld.
 - Het voortgangsbericht is vormvrij.</t>
   </si>
   <si>
-    <t>7.1.2. D. Het kwaliteitsverslag is uiterlijk 31 mei van het volgende kalenderjaar gereed. Het eerste kwaliteitsverslag dient gemaakt te worden over het kalenderjaar 2022. Omdat het eerste verslagjaar een looptijd heeft van enkele maanden wordt in het eerste kwaliteitsverslag
-[...7 lines deleted...]
-- Drie kwaliteitsbeelden aanleveren bij zorginstituut: Op 1 juni 2024 over het jaar 2023; Op 1 juni 2026 over het jaar 2025; en Op 1 juni 2028 over 2027</t>
+    <t>&lt;p&gt;7.1.2. D. Het kwaliteitsverslag is uiterlijk 31 mei van het volgende kalenderjaar gereed.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;Hoofdstuk 5: Bouwsteen 4 Inzicht in kwaliteit - Tweejaarlijks kwaliteitsbeeld: Met dit kwaliteitsbeeld laat de zorgorganisatie zien hoe zij werkt aan de kwaliteit van zorg, de dienstverlening en de verbeterdoelen, en waar zij de komende jaren aan zal werken. Het kwaliteitsbeeld is een terugblik en vooruitblik. Juist omdat het kwaliteitsbeeld ingaat op de kwaliteit van het zorgproces rond individuele personen, is het de bedoeling dat alle betrokkenen er een actieve bijdrage aan leveren. Ook worden de verbeterdoelen uit een cli&amp;euml;ntervaringsonderzoek (bouwsteen 2) meegenomen in het kwaliteitsbeeld. - De vorm van het kwaliteitsbeeld is vrij. Er moet wel duidelijk naar voren komen wat de speerpunten waren, hoe het proces van leren en verbeteren is geweest, wat werd behaald en wat niet, waarom dan, wat wordt doorgezet en wat eventuele nieuwe speerpunten zijn. - Drie kwaliteitsbeelden aanleveren bij zorginstituut: Op 1 juni 2024 over het jaar 2023; Op 1 juni 2026 over het jaar 2025; en Op 1 juni 2028 over 2027&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;7.1.2. E. Het kwaliteitsverslag wordt gepubliceerd, in ieder geval op de website van de organisatie. Hiermee is het kwaliteitsverslag toegankelijk voor iedereen en daarmee wordt in een transparante informatieverstrekking aan de maatschappij en andere stakeholders voorzien. Het kwaliteitsverslag blijft minimaal 5 jaar openbaar toegankelijk.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Handreiking Inzicht in kwaliteit, H7 (Frequentie, indiening en publicatie) Kwaliteitsbeeld: Zorgaanbieders leveren om het jaar op 1 juni een kwaliteitsbeeld op. Het kwaliteitsbeeld is bedoeld om openbare informatie op te leveren over de kwaliteit van zorg. Op 1 juni 2024 leveren zorgaanbieders het eerste kwaliteitsbeeld op volgens deze nieuwe werkwijze. In totaal worden er in de vijfjarige looptijd van het Kwaliteitskompas Gehandicaptenzorg 2023 - 2028, drie kwaliteitsbeelden aangeleverd bij het Zorginstituut.&lt;/p&gt;
 &lt;p&gt;&amp;bull; Op 1 juni 2024 over het jaar 2023;&lt;br /&gt;&amp;bull; Op 1 juni 2026 over het jaar 2025;&lt;br /&gt;&amp;bull; Op 1 juni 2028 over het jaar 2027. Daarnaast publiceren zorgaanbieders het kwaliteitsbeeld per 1 juni op hun eigen website.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;4.4 Ring 4: Kwaliteitsverslag, 4.4.2 Wat mag je minimaal verwachten? Elke zorgboerderij publiceert jaarlijks een openbaar kwaliteitsverslag waarin de ontwikkeling van en op de zorgboerderij wordt beschreven aan de hand van de volgende thema&amp;rsquo;s: &lt;br /&gt;&amp;bull; Reflectie op de kwaliteit van het individuele zorgproces en de manier waarop kernwaarden tot hun recht komen (ring 1). &lt;br /&gt;&amp;bull; Reflectie op de uitkomsten en de keuzes/acties naar aanleiding van de input uit de onderzoeken naar deelnemer-ervaringen en de inspraakmomenten (ring 2). &lt;br /&gt;&amp;bull; Reflectie op het thema veiligheid en eventuele incidenten en klachten waar de zorgboerderij het afgelopen jaar mee te maken kreeg (ring 3). &lt;br /&gt;&amp;bull; Reflectie op de ontwikkelingen ten aanzien van het functioneren en de vakbekwaamheid van het team op de zorgboerderij (ring 3). &lt;br /&gt;&amp;bull; Reflectie op de uitkomsten van bedrijfsbezoek door &amp;eacute;&amp;eacute;n of meer externe personen (ring 3). &lt;br /&gt;&amp;bull; Reflectie op de ingezette acties uit het voorgaande jaar en een beschrijving van geplande acties naar aanleiding van de reflectie op voorgaande thema&amp;rsquo;s (ring 4).&lt;/p&gt;</t>
   </si>
   <si>
     <t>7.1.3. De organisatie levert indicatoren en gegevens aan volgens de geldende aanleververplichtingen. Het betreft onder andere (en alleen indien voor de setting van toepassing) de prestatieindicatoren zoals beschreven in de Gids prestatie-indicatoren forensische psychiatrie en de doelmatigheidsindicatoren voor de FPC’s zoals beschreven in de Handleiding bekostiging en verantwoording van DJI.</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.4. Rapportage en dossiervoering worden uitgevoerd conform de professionele standaard.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Handreiking ondersteuningsplannen: hoofdstuk 3 (Wat is het ondersteuningsplan?), paragraaf 3.3 (Verschil ondersteuningsplan en behandelplan) Het dossier is de verzameling van alle informatie die noodzakelijk is voor goede zorg en ondersteuning, inclusief alle informatie voor professionele verantwoording. Het dossier omvat dus klinische en administratieve basisinformatie, behandel- en werkplannen en het ondersteuningsplan. Zie ook Hoofdstuk 12 Wet- regelgeving, paragraaf 12.1. Rechten van de cli&amp;euml;nt en plichten van de zorgverlener, kop 12.1.a (Dossierplicht en de inhoud van het cli&amp;euml;ntdossier), pagina 63-64&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.4. B. De behandelaren/begeleiders rapporteren in het dossier van de pati&amp;euml;nt/cli&amp;euml;nt op de gestelde doelen in het behandelplan/begeleidingsplan.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Handreiking ondersteuningsplannen: hoofdstuk 5 (Het ondersteuningsplan in het ondersteuningsproces), paragraaf 4 (Rapporteren en evalueren): Om de voortgang van het ondersteuningsplan te monitoren, rapporteren betrokkenen over de gemaakte doelen en afspraken. Organisaties kunnen de rapportages naar eigen inzicht vormgeven. Wel is het zo dat de rapportages voor alle betrokkenen begrijpelijk en toegankelijk moeten zijn omdat de rapportages de bron zijn voor evaluatie. Bij het maken van de afspraken is het zinvol om per doel of afspraak vast te leggen hoe gerapporteerd wordt; waar moet de rapporteur op letten, wat moet zeker in de rapportage terugkomen?&lt;/p&gt;</t>
@@ -465,51 +460,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="2072.637" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="785.523" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="1214.989" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="1354.241" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">