--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -32,51 +32,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="12">
   <si>
     <t>Trefwoord</t>
   </si>
   <si>
     <t>Kwaliteitskader FZ</t>
   </si>
   <si>
     <t>Kwaliteitskompas Gehandicaptenzorg (KKGHZ)</t>
   </si>
   <si>
     <t>Kwaliteitskader zorglandbouw (KKZLB)</t>
   </si>
   <si>
     <t>Op- en afschalen zorg</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.6. C. In reguliere situaties wordt in het multidisciplinair overleg (MDO) besloten wanneer het traject afgeschaald dan wel opgeschaald dient te worden (binnen de juridische kaders). In crisissituaties handelen de professionals naar bevinden. Deze beslissing wordt ge&amp;iuml;nitieerd door het behandelteam en de behandelaar. Waar nodig vindt hierover overleg plaats met de reclassering, toezichthouder en wettelijk vertegenwoordiger (indien van toepassing).&lt;/p&gt;</t>
   </si>
   <si>
-    <t>6.1.1. F. Wanneer partijen er samen niet uit komen en problemen ontstaan in de kwaliteit, veiligheid en/of continuïteit van zorg, neemt de organisatie contact op met de inkoper binnen DJI om als opdrachtgever mee te denken.</t>
+    <t>&lt;p&gt;6.1.1. F. Wanneer partijen er samen niet uit komen en problemen ontstaan in de kwaliteit, veiligheid en/of continu&amp;iuml;teit van zorg, neemt de organisatie contact op met de aanbesteder binnen Forzo/JJI om als opdrachtgever mee te denken.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.6. A. Risicomanagement is leidend bij het op- en afschalen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>3.1.6. B. Op- en afschalen gebeurt afhankelijk van het (risicovol) gedrag en de bevindingen van het team van behandelaren/begeleiders, gebaseerd op rapportage en dossiervoering, inzichtelijk voor de patiënt/cliënt.</t>
   </si>
   <si>
     <t>3.1.6. C. In reguliere situaties wordt in het multidisciplinair overleg (MDO) besloten wanneer het traject afgeschaald dan wel opgeschaald dient te worden (binnen de juridische kaders). In crisissituaties handelen de professionals naar bevinden. Deze beslissing wordt geïnitieerd
 door het behandelteam en de behandelaar. Waar nodig vindt hierover overleg plaats met de reclassering, toezichthouder en wettelijk vertegenwoordiger (indien van toepassing).</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.6. De behandeling/begeleiding wordt waar mogelijk afgeschaald en waar nodig opgeschaald, zodat de zorg doelmatig en effectief wordt ingezet. Dit geldt zowel voor op- en afschalen binnen de eigen organisatie als binnen de keten(zie hoofdstuk 6 en bijlage 4).&lt;/p&gt;</t>
   </si>
   <si>
     <t>3.1.6. A. Risicomanagement is leidend bij het op- en afschalen.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>