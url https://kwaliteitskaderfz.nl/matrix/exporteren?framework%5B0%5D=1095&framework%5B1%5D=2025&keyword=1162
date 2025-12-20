--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -106,51 +106,51 @@
     <t>&lt;p&gt;Pijler 3.12: Professional - Borgen van de randvoorwaarden vanuit de organisatie&lt;br /&gt;12) De organisatie heeft de randvoorwaarden op orde die ervoor zorgen dat professionals herstelondersteunende zorg kunnen leveren, waarbij:&lt;br /&gt;e) er een match is tussen hetgeen de cli&amp;euml;nt nodig heeft en de mogelijkheden &lt;br /&gt;van het team.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;2) De dagelijkse werkwijze van de woonzorg van de cli&amp;euml;nt is persoonsgericht en ingericht op een manier dat:&lt;/p&gt;
 &lt;p&gt;a) de cli&amp;euml;nt wordt gezien als uniek individu&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 1.1: De organisatie waarborgt dat voor elke cli&amp;euml;nt op maat een woonzorgplan is opgesteld. Het woonzorgplan is een middel voor zorgprofessionals en cli&amp;euml;nten om goed in gesprek te blijven, waarbij:&lt;br /&gt;e) het plan wordt regelmatig (minimaal elk halfjaar) ge&amp;euml;valueerd en bijgesteld &lt;br /&gt;waar nodig.&lt;/p&gt;</t>
   </si>
   <si>
     <t>3.1.3. B. Met het opstellen van het behandelplan/begeleidingsplan wordt zo snel mogelijk gestart na het eerste contact met de patiënt/cliënt. Een eerste definitieve versie van het behandelplan/ begeleidingsplan wordt afgerond na de observatieperiode/kennismakingsperiode en is bij voorkeur binnen zes weken en uiterlijk binnen drie maanden na intake gereed. Wanneer nog niet alle informatie compleet is, is in het plan opgenomen hoe hiertoe te komen en wordt aanvullende informatie op een later moment aan het dynamische document toegevoegd.</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.3. D. Het behandelplan/begeleidingsplan bevat (SMART) doelen met helder beschreven doorlooptijden, waaronder het beoogde einddoel. Deze zijn te allen tijde transparant voor de pati&amp;euml;nt/ cli&amp;euml;nt. De professional en de pati&amp;euml;nt/cli&amp;euml;nt zijn gezamenlijk verantwoordelijk voor het halen van de doelen en de doorlooptijden.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;2) De dagelijkse werkwijze van de woonzorg van de cli&amp;euml;nt is persoonsgericht &lt;br /&gt;en ingericht op een manier dat:&lt;br /&gt;c) de dagelijkse werkwijze in afstemming met de cli&amp;euml;nt plaatsvindt.&lt;/p&gt;</t>
   </si>
   <si>
     <t>3.1.3. E. Professionals sluiten in het behandelplan/begeleidingsplan aan bij de belevingswereld binnen de sociale context en vaardigheden van de patiënt/cliënt. Van belang is dat de patiënt/cliënt zo veel mogelijk geïnformeerd is over waar hij/zij aan toe is, ook als het plan nog opgesteld wordt of nog niet volledig is. De betrokken professionals en de patiënt/cliënt spreken af welke professional het eerste aanspreekpunt is voor de patiënt/cliënt en wie de patiënt/cliënt dus ook informeert.</t>
   </si>
   <si>
     <t>3.1.3. F. De organisatie heeft beleid ten aanzien van anderstaligen.</t>
   </si>
   <si>
-    <t>3.1.4. A. De behandelaren/begeleiders verzamelen in de eerste 24 uur (gerekend vanaf het eerste contact met de patiënt/cliënt) de meest cruciale informatie over de patiënt/cliënt (o.a. kritische informatie over bijvoorbeeld medicatiegebruik). De behandelaren/begeleiders zorgen ervoor dat deze informatie toegankelijk is voor alle andere betrokken behandelaren/begeleiders binnen de eigen organisatie. Dat mag in een voorlopig behandelplan/begeleidingsplan, of op een andere manier in het dossier.</t>
+    <t>&lt;p&gt;3.1.4. A. De behandelaren/begeleiders verzamelen in de eerste 24 uur (gerekend vanaf het eerste contact met de pati&amp;euml;nt/cli&amp;euml;nt) de meest cruciale informatie over de pati&amp;euml;nt/cli&amp;euml;nt (o.a. kritische informatie over bijvoorbeeld medicatiegebruik). Voor de ambulante zorg geldt dat deze informatie zo snel als mogelijk na de eerste 24 uur is verzameld. De behandelaren/begeleiders zorgen ervoor dat deze informatie toegankelijk is voor alle andere betrokken behandelaren/begeleiders binnen de eigen organisatie. Dat mag in een voorlopig behandelplan/begeleidingsplan, of op een andere manier in het dossier.&lt;/p&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -463,51 +463,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="658.125" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="741.962" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="438.75" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="493.023" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="D2" t="s">
         <v>5</v>
       </c>