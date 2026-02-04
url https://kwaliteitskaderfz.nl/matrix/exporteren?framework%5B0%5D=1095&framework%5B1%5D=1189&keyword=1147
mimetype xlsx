--- v0 (2025-11-04)
+++ v1 (2026-02-04)
@@ -41,52 +41,51 @@
   <si>
     <t>Kwaliteitskader FZ</t>
   </si>
   <si>
     <t>Integraal Zorgakkoord (IZA)</t>
   </si>
   <si>
     <t>Toetsingskader WMO</t>
   </si>
   <si>
     <t>Rapportage</t>
   </si>
   <si>
     <t>&lt;p&gt;7.1.2. De organisatie stelt per kalenderjaar een kwaliteitsverslag op of integreert de verslaglegging over kwaliteit in een ander (reeds bestaand) kwaliteits- of jaarverslag.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;7.1.2. A. Door middel van het kwaliteitsverslag maken organisaties transparant waar ze staan met betrekking tot de implementatie van de kwaliteitsaspecten. Vanuit eigen reflectie, en in afstemming met pati&amp;euml;nten/ cli&amp;euml;nten (al dan niet via een pati&amp;euml;nten-/cli&amp;euml;nten-/verwantenraad) en medische en professionele staf (bijvoorbeeld via een verpleegkundig- agogische adviesraad), wordt beschreven wat is gerealiseerd en waar de organisatie nog op zal ontwikkelen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;7.1.2. C. In het kwaliteitsverslag komen minimaal onderstaande onderdelen terug. Wanneer het kwaliteitsverslag integraal onderdeel is van een ander kwaliteits- of jaarverslag, moeten onderstaande onderdelen, voor de geleverde Forensische Zorg herkenbaar en expliciet benoemd worden: i) Visie van de organisatie op het gebied van de Forensische Zorg. ii) Algemene informatie over de geleverde Forensische Zorg: (1) Type Forensische Zorg die de organisatie levert (settings, beveiligingsniveaus). (2) Aantal pati&amp;euml;nten/cli&amp;euml;nten op peildatum 31 december van het betreffende kalenderjaar. (3) Percentage Forensische Zorg (gefinancierd door DJI) ten opzichte van anders gefinancierde zorg (inclusief vrijwillige Forensische Zorg vallend onder de Zvw) in aantal pati&amp;euml;nten/cli&amp;euml;nten op 31 december van het betreffende kalenderjaar. iii) Voor de pijlers 1 t/m 4 geeft de organisatie in het kwaliteitsverslag een samenvatting van de behaalde resultaten en de huidige stand van zaken. Het beschrijft per pijler minimaal: (1) Een algemeen beeld van de mate waarin de organisatie wel of niet voldoet aan de kwaliteitsaspecten die onder deze pijler in dit Kwaliteitskader genoemd staan. (2) Een reflectie op de behaalde resultaten binnen deze pijler in het kalenderjaar waarover verslaglegging plaatsvindt. Hierbij is aandacht voor de successen en de aandachtspunten. De organisatie reflecteert aan de gestelde doelen in het eigen meerjarenplan (zie kwaliteitsaspect 1 in pijler 5). (3) De ontwikkelpunten voor het komend kalenderjaar binnen de pijler. iv) De binnen de setting afgesproken prestatie-indicatoren krijgen een plek in het jaarverslag. Naast de &amp;lsquo;cijfers&amp;rsquo; geeft de organisatie een kwalitatieve toelichting op de cijfers.&lt;/p&gt;</t>
   </si>
   <si>
     <t>7.1.2. B. De organisatie bespreekt het kwaliteitsverslag breed binnen de organisatie en buitende de organisatie in het lerend netwerk. Doel hiervan is dat organisaties een cyclus in gaan waarin continu reflecteren, leren en verbeteren centraal staat. Op deze wijze wordt de lerende dialoog tussen de verschillende belanghebbenden binnen de organisatie en tussen de organisaties gevoed.</t>
   </si>
   <si>
-    <t>7.1.2. D. Het kwaliteitsverslag is uiterlijk 31 mei van het volgende kalenderjaar gereed. Het eerste kwaliteitsverslag dient gemaakt te worden over het kalenderjaar 2022. Omdat het eerste verslagjaar een looptijd heeft van enkele maanden wordt in het eerste kwaliteitsverslag
-verwacht van zorgaanbieders dat zij kunnen weergeven op welke wijze zij inhoud willen geven aan de implementatie op basis van het meerjarenplan.</t>
+    <t>&lt;p&gt;7.1.2. D. Het kwaliteitsverslag is uiterlijk 31 mei van het volgende kalenderjaar gereed.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;7.1.2. E. Het kwaliteitsverslag wordt gepubliceerd, in ieder geval op de website van de organisatie. Hiermee is het kwaliteitsverslag toegankelijk voor iedereen en daarmee wordt in een transparante informatieverstrekking aan de maatschappij en andere stakeholders voorzien. Het kwaliteitsverslag blijft minimaal 5 jaar openbaar toegankelijk.&lt;/p&gt;</t>
   </si>
   <si>
     <t>7.1.3. De organisatie levert indicatoren en gegevens aan volgens de geldende aanleververplichtingen. Het betreft onder andere (en alleen indien voor de setting van toepassing) de prestatieindicatoren zoals beschreven in de Gids prestatie-indicatoren forensische psychiatrie en de doelmatigheidsindicatoren voor de FPC’s zoals beschreven in de Handleiding bekostiging en verantwoording van DJI.</t>
   </si>
   <si>
     <t>g. Ten behoeve van implementatie en 
 monitoring wordt door partijen gezamenlijk spiegelinformatie opgesteld die transparant is voor aanbieders, verzekeraars, toezichthouders en zorggebruikers. Daarvoor wordt een infrastructuur voor spiegelinformatie ingericht onder regie van VWS (zie punt 13c en 13d).</t>
   </si>
   <si>
     <t>b. De kwaliteit van de interventies wordt 
 mede beoordeeld vanuit het patiëntperspectief door transparantie per zorgaanbieder en vakgroep aan patiënten en verzekeraars, zoals de Patient Reported Outcome Measures (PROM’s), Patient Reported Experience Measures (PREM’s) en kwaliteit van leven, en het maatschappelijke perspectief op toegankelijkheid en betaalbaarheid. Dit gebeurt vanuit registraties waarvan de nut en noodzaak is getoetst (conform de afgesproken governance) en wordt onderschreven waarin de (generieke) PROM’s en PREM’s zijn meegenomen, maar ook aan de hand van aanvullende brondata (zie ook het thema digitalisering) zoals Vektis, DHD (Dutch Hospital Data) in relatie tot onder andere de kwaliteitsregistraties, Elektronisch voorschrijven (EVS) en Palga, zodat kwaliteitsgegevens in samenhang kunnen worden beoordeeld tot (kosten) efectiviteit en doelmatigheid.</t>
   </si>
   <si>
     <t>e. Om de cyclus rond te maken worden bij 
 voorkeur vanuit registraties waarvan de nut en noodzaak is getoetst en wordt onderschreven continu data beschikbaar gemaakt voor zorgverleners, patiënten, zorgaanbieders, zorgverzekeraars en overheidspartijen om vanuit maatschappelijk perspectief kennishiaten in kaart te brengen, te agenderen, te evalueren/duiden, de inzichten vervolgens te (de-)implementeren en resultaten ten aanzien van passende zorg te monitoren.</t>
   </si>
   <si>
     <t>g. Zorgverleners verzamelen en 
 registreren, waar relevant, op systematische wijze gegevens over de kwaliteit van zorg om allereerst continu leren en verbeteren op lokaal niveau (bv huisartsen en ziekenhuizen), regionaal niveau en landelijk niveau mogelijk te maken. Binnen de GGZ gebeurt dit o.a. aan de hand van zorgvraagtypering.</t>
   </si>
   <si>
     <t>d. De ggz werkt verder aan het vergroten 