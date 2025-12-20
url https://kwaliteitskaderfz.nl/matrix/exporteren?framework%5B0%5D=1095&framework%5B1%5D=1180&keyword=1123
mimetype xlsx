--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -41,51 +41,51 @@
   <si>
     <t>Kwaliteitskader FZ</t>
   </si>
   <si>
     <t>Integraal Zorgakkoord (IZA)</t>
   </si>
   <si>
     <t>Kwaliteitskompas Gehandicaptenzorg (KKGHZ)</t>
   </si>
   <si>
     <t>Innovatie</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.4. A. Landelijke ontwikkelingen en wetenschappelijk onderzoek worden gevolgd en, na afweging en waar mogelijk, ge&amp;iuml;mplementeerd. Hierbij wordt aansluiting gezocht met bijvoorbeeld collega-instellingen, het Wetenschappelijk Onderzoek- en Documentatiecentrum (WODC), universiteiten, lectoraten, Hbo-instellingen, het Expertisecentrum Forensische Psychiatrie (EFP) en KFZ, om onder andere het delen van kennis en informatie te bewerkstelligen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>5.1.4. De organisatie draagt (waar mogelijk) bij aan wetenschappelijk onderzoek, innovatie en implementatie.</t>
   </si>
   <si>
     <t>5.1.4. A. Landelijke ontwikkelingen en wetenschappelijk onderzoek worden gevolgd en, na afweging en waar mogelijk, geïmplementeerd. Hierbij wordt aansluiting gezocht met bijvoorbeeld collega-instellingen, het Wetenschappelijk Onderzoek- en Documentatiecentrum (WODC), universiteiten, lectoraten, Hbo-instellingen, het Expertisecentrum Forensische Psychiatrie (EFP) en KFZ, om onder andere het delen van kennis en informatie te bewerkstelligen.</t>
   </si>
   <si>
     <t>5.1.4. B. Waar mogelijk voert de organisatie zelf wetenschappelijk onderzoek uit op het gebied van de Forensische Zorg.</t>
   </si>
   <si>
-    <t>5.1.4. C. De organisatie zoekt actief naar mogelijkheden om te innoveren, bijvoorbeeld door middel van leren van data, eHealth en technologie.</t>
+    <t>&lt;p&gt;5.1.4. C. De organisatie zoekt actief naar mogelijkheden om te innoveren.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.4. De organisatie draagt (waar mogelijk) bij aan wetenschappelijk onderzoek, innovatie en implementatie.&lt;/p&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>