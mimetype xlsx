--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -12,83 +12,80 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="11">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="10">
   <si>
     <t>Trefwoord</t>
   </si>
   <si>
     <t>Kwaliteitskader FZ</t>
   </si>
   <si>
     <t>Kwaliteitsmanagement</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.2. G. De organisatie toetst jaarlijks de werking van het kwaliteit- en veiligheidsmanagementsysteem. Voorbeelden van instrumenten hiervoor zijn: directie- of systeembeoordeling, kwaliteitsvisitaties en/of een kwaliteitscertificering.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.2. A. De organisatie heeft een aanpak gericht op het continu kunnen ontwikkelen en borgen van de kwaliteit van dienstverlening. Zaken zoals een plan-do-check-act-cyclus (PDCA), normeren, meten (door bijvoorbeeld audits), herontwerpen en verbeteren, ondersteunen deze aanpak.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.2. B. De organisatie faciliteert het continu leren en gestructureerd ontwikkelen en verbeteren van de praktijk.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.2. C. De organisatie werkt aan het verbeteren van processen met als doel een verbetering van effici&amp;euml;ntie, effectiviteit en doelmatigheid.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.2. E. Resultaten van de tevredenheids- en/of ervaringsmetingen zijn vindbaar voor pati&amp;euml;nten/ cli&amp;euml;nten (en hun naasten) (bijvoorbeeld door publicatie in kwaliteitsverslag en/of op website) en worden met de betreffende professionals besproken (zowel uitkomsten van tevredenheidsen/ of ervaringsonderzoeken onder pati&amp;euml;nten/cli&amp;euml;nten/naasten als tevredenheids- en ervaringsonderzoeken onder professionals).&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;7.1. De organisatie heeft een meerjarenplan waarin beschreven wordt hoe de organisatie de kwaliteitsaspecten genoemd in dit Kwaliteitskader beoogt te implementeren. De organisatie actualiseert het meerjarenplan minimaal jaarlijks. Het meerjarenplan is vormvrij en mag desgewenst ge&amp;iuml;ntegreerd worden met andere meerjarenplannen van de organisatie.&lt;/p&gt;</t>
   </si>
   <si>
-    <t>&lt;p&gt;7.1.1. A. De organisatie stelt het meerjarenplan op in afstemming met een vertegenwoordiging van pati&amp;euml;nten/cli&amp;euml;nten (eventueel in een pati&amp;euml;nten/cli&amp;euml;nten- of verwantenraad), en medische en professionele staf (bijvoorbeeld vertegenwoordiging in een verpleegkundig-agogische adviesraad). Daarnaast bespreekt de organisatie het meerjarenplan binnen het lerend netwerkt. Doel hiervan is om samen doelen te stellen en te leren.&lt;/p&gt;</t>
-[...2 lines deleted...]
-    <t>&lt;p&gt;7.1.1. B. Het eerste meerjarenplan is uiterlijk 31-05-2023 gereed.&lt;/p&gt;</t>
+    <t>&lt;p&gt;7.1.1. A. De organisatie stelt het meerjarenplan op in afstemming met een vertegenwoordiging van pati&amp;euml;nten/cli&amp;euml;nten (eventueel in een pati&amp;euml;nten/cli&amp;euml;nten- of verwantenraad), en medische en professionele staf (bijvoorbeeld vertegenwoordiging in een verpleegkundig-agogische adviesraad). Daarnaast bespreekt de organisatie het meerjarenplan binnen het lerend netwerk. Doel hiervan is om samen doelen te stellen en te leren.&lt;/p&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -392,60 +389,60 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:B13"/>
+  <dimension ref="A1:B12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24.708" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="529.585" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="528.442" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>2</v>
       </c>
       <c r="B2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>4</v>
       </c>
@@ -497,58 +494,50 @@
       <c r="B9" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>2</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>2</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>2</v>
       </c>
       <c r="B12" t="s">
-        <v>10</v>
-[...6 lines deleted...]
-      <c r="B13" t="s">
         <v>7</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>