--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -12,106 +12,103 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>Trefwoord</t>
   </si>
   <si>
     <t>Kwaliteitskader FZ</t>
   </si>
   <si>
     <t>Kwaliteitskader Woonzorg in de langdurige GGZ</t>
   </si>
   <si>
     <t>Kwaliteitsmanagement</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.2. G. De organisatie toetst jaarlijks de werking van het kwaliteit- en veiligheidsmanagementsysteem. Voorbeelden van instrumenten hiervoor zijn: directie- of systeembeoordeling, kwaliteitsvisitaties en/of een kwaliteitscertificering.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.2. A. De organisatie heeft een aanpak gericht op het continu kunnen ontwikkelen en borgen van de kwaliteit van dienstverlening. Zaken zoals een plan-do-check-act-cyclus (PDCA), normeren, meten (door bijvoorbeeld audits), herontwerpen en verbeteren, ondersteunen deze aanpak.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.2. B. De organisatie faciliteert het continu leren en gestructureerd ontwikkelen en verbeteren van de praktijk.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 2.5.19) De samenwerking vanuit professionals is gericht op cli&amp;euml;nten in staat stellen zo veel mogelijk mee te doen in de maatschappij (waar dat aansluit bij de &lt;br /&gt;behoefte van de cli&amp;euml;nt): het vangnet voor de cli&amp;euml;nt vergroten zodat zo min mogelijk woonzorg voor de cli&amp;euml;nt nodig is. De organisatie schept de randvoorwaarden dat professionals kunnen samenwerken met alle anderen in het netwerk om de cli&amp;euml;nt heen, gericht op passende zorg, waarbij:) de organisatie zorgt voor toegang tot (door bijvoorbeeld het op- en afschalen van personeel) en uitwisseling van de juiste (specialistische) kennis en expertise, voor bijvoorbeeld specifeke doelgroepen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.2. C. De organisatie werkt aan het verbeteren van processen met als doel een verbetering van effici&amp;euml;ntie, effectiviteit en doelmatigheid.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.2. E. Resultaten van de tevredenheids- en/of ervaringsmetingen zijn vindbaar voor pati&amp;euml;nten/ cli&amp;euml;nten (en hun naasten) (bijvoorbeeld door publicatie in kwaliteitsverslag en/of op website) en worden met de betreffende professionals besproken (zowel uitkomsten van tevredenheidsen/ of ervaringsonderzoeken onder pati&amp;euml;nten/cli&amp;euml;nten/naasten als tevredenheids- en ervaringsonderzoeken onder professionals).&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 2.6: Naasten. De organisatie handelt binnen de kaders van de privacywetgeving, waarbij;&lt;/p&gt;
 &lt;p&gt;b) de organisatie zich inspant om de rol van naasten met de cli&amp;euml;nt te (her)evalueren.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler Professionals (pagina 28)&lt;br /&gt;&amp;bull; De resultaten van het medewerkerstevredenheidsonderzoek (MTO) worden inzichtelijk gemaakt. Het MTO wordt minimaal eens per 2 jaar uitgevoerd. Als de uitkomsten van het MTO, of andere zaken, daartoe aanleiding geven kan vaker ook nodig zijn.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 3.12: Professional - Borgen van de randvoorwaarden vanuit de organisatie&lt;br /&gt;- De organisatie heeft de randvoorwaarden op orde die ervoor zorgen dat &lt;br /&gt;professionals herstelondersteunende zorg kunnen leveren, waarbij:&lt;br /&gt;b) er een cultuur en structuur is voor leren en ontwikkelen (bijv. teamrefectie &lt;br /&gt;en audits), er gelegenheid is tot bij- en nascholing en ruimte is voor refectie.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;7.1. De organisatie heeft een meerjarenplan waarin beschreven wordt hoe de organisatie de kwaliteitsaspecten genoemd in dit Kwaliteitskader beoogt te implementeren. De organisatie actualiseert het meerjarenplan minimaal jaarlijks. Het meerjarenplan is vormvrij en mag desgewenst ge&amp;iuml;ntegreerd worden met andere meerjarenplannen van de organisatie.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.3 Praktische punten (pagina 28)&lt;br /&gt;Het kwaliteitsverslag is uiterlijk 31 mei van het volgende kalenderjaar gereed. Het kwaliteitsverslag wordt gepubliceerd, in ieder geval op de website van de organisatie. Hiermee is het kwaliteitsverslag toegankelijk voor iedereen en daarmee wordt in een transparante informatieverstrekking aan de maatschappij en andere stakeholders &lt;br /&gt;voorzien. Het kwaliteitsverslag blijft minimaal 1 jaar openbaar toegankelijk.&lt;/p&gt;</t>
   </si>
   <si>
-    <t>&lt;p&gt;7.1.1. A. De organisatie stelt het meerjarenplan op in afstemming met een vertegenwoordiging van pati&amp;euml;nten/cli&amp;euml;nten (eventueel in een pati&amp;euml;nten/cli&amp;euml;nten- of verwantenraad), en medische en professionele staf (bijvoorbeeld vertegenwoordiging in een verpleegkundig-agogische adviesraad). Daarnaast bespreekt de organisatie het meerjarenplan binnen het lerend netwerkt. Doel hiervan is om samen doelen te stellen en te leren.&lt;/p&gt;</t>
+    <t>&lt;p&gt;7.1.1. A. De organisatie stelt het meerjarenplan op in afstemming met een vertegenwoordiging van pati&amp;euml;nten/cli&amp;euml;nten (eventueel in een pati&amp;euml;nten/cli&amp;euml;nten- of verwantenraad), en medische en professionele staf (bijvoorbeeld vertegenwoordiging in een verpleegkundig-agogische adviesraad). Daarnaast bespreekt de organisatie het meerjarenplan binnen het lerend netwerk. Doel hiervan is om samen doelen te stellen en te leren.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Lerende community pagina 31&lt;br /&gt;Daarnaast zal de projectorganisatie een lerende community opzetten, waarin het &lt;br /&gt;uitwisselen van kennis, expertise en goede voorbeelden wordt ondersteund. In de lerende community zal aandacht zijn voor de verschillende pijlers en inhoudelijke thema&amp;rsquo;s uit het kwaliteitskader. Het kwaliteitsverslag wat in het tweede jaar opgeleverd moet worden zal voor de lerende community een speerpunt zijn in het eerste jaar. Het kwaliteitsverslag is een middel en geen doel op zich. Voor veel organisaties is het een uitdaging om het kwaliteitsverslag zo in te vullen dat het op de eerste plaats ondersteunend is aan het leren en verbeteren van de zorg in de eigen organisatie (in een netwerk, samen met stakeholders). En tegelijkertijd is het &lt;br /&gt;kwaliteitsverslag het meest tastbare resultaat waarin organisaties inzichtelijk maken hoe de implementatie verloopt. Het is een uitdaging om het verslag handig te combineren met de andere (verplichte) kwaliteitsverslagen; externe verantwoording zonder extra administratieve lasten. Voor externe stakeholders (cli&amp;euml;ntenorganisaties, &lt;br /&gt;zorgkantoren, inspectie) is het kwaliteitsverslag een mooie basis voor het gesprek over kwaliteit. &lt;br /&gt;Er is dus een relatie tussen het kwaliteitsverslag en de kwaliteitsgesprekken &lt;br /&gt;(kwaliteitsdialoog) tussen een zorgorganisatie en het zorgkantoor. Het zorgkantoor heeft &amp;ndash; met deze kwaliteitsgesprekken &amp;ndash; een belangrijke (systeem)rol in de implementatie. In de implementatiefase zullen de goede voorbeelden van de kwaliteitsverslagen en kwaliteitsgesprekken verwerkt worden in een beknopte handreiking met handvatten voor zorgaanbieders en zorgkantoren.&lt;/p&gt;
 &lt;p&gt;Een tweede speerpunt in de lerende community is te faciliteren dat organisaties bij elkaar op bezoek gaan (bij elkaar in de keuken kunnen kijken). Op deze manier krijgen organisaties een externe blik en wordt de organisatie die bezocht wordt gespiegeld op mogelijke blinde vlekken en ge&amp;iuml;nspireerd.&lt;/p&gt;</t>
-  </si>
-[...1 lines deleted...]
-    <t>&lt;p&gt;7.1.1. B. Het eerste meerjarenplan is uiterlijk 31-05-2023 gereed.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Mijlpalen (pagina 29)&lt;br /&gt;Met het implementatieplan werken we toe naar de volgende mijlpalen:&lt;br /&gt;&amp;bull; Vanaf 1 juli 2024 is dit kwaliteitskader beschikbaar en start de implementatie. &lt;br /&gt;Organisaties gaan vanaf dit moment aan de slag met de 0-meting.&lt;br /&gt;&amp;bull; Voor juni 2025 een 0-meting (volgens nog te ontwikkelen format) met &lt;br /&gt;daaruitvolgend een plan van aanpak. &lt;br /&gt;&amp;bull; Voor juni 2026 het eerste kwaliteitsverslag over het jaar 2025. De vorm is vrij en &lt;br /&gt;beschrijft een terugblik, een refectie op de resultaten en een vooruitblik op de &lt;br /&gt;pijleroverstijgende thema&amp;rsquo;s en de pijlers (zie hoofdstuk 3). En kan integraal worden &lt;br /&gt;verwerkt met andere (al bestaande) kwaliteits-/jaarverslagen.&lt;br /&gt;&amp;bull; Juli 2027: Einddatum voor de implementatieperiode&lt;/p&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -427,51 +424,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24.708" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="529.585" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="528.442" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="2008.938" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>3</v>
@@ -544,55 +541,52 @@
       <c r="A10" t="s">
         <v>3</v>
       </c>
       <c r="B10" t="s">
         <v>13</v>
       </c>
       <c r="C10" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
         <v>3</v>
       </c>
       <c r="B11" t="s">
         <v>15</v>
       </c>
       <c r="C11" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
         <v>3</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
         <v>3</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>