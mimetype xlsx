--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -12,94 +12,90 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="266">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="263">
   <si>
     <t>Trefwoord</t>
   </si>
   <si>
     <t>Kwaliteitskader FZ</t>
   </si>
   <si>
     <t>Kwaliteitskader zorglandbouw (KKZLB)</t>
   </si>
   <si>
     <t>Kwaliteitskader Woonzorg in de langdurige GGZ</t>
   </si>
   <si>
     <t>Netwerk</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.5. Het netwerk van de pati&amp;euml;nt/cli&amp;euml;nt wordt actief betrokken tijdens de behandeling en/of begeleiding.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;4.1.2. Op de zorgboerderij is er voor iedere deelnemer een persoonlijk ondersteuningsplan. Uit dit plan blijkt dat het samen met de deelnemer, en indien van toepassing ook andere betrokkenen, gemaakt is.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 1.1: Cli&amp;euml;nten - De organisatie waarborgt dat voor elke cli&amp;euml;nt op maat een woonzorgplan is opgesteld. Het woonzorgplan is een middel voor zorgprofessionals en cli&amp;euml;nten om goed in gesprek te blijven, waarbij:&lt;/p&gt;
 &lt;p&gt;b) naasten actief betrokken zijn tenzij de cli&amp;euml;nt hier nadrukkelijk bezwaar tegen heeft.&lt;/p&gt;
 &lt;p&gt;Pijler 2.7: Naasten - De organisatie borgt op een passende manier de betrokkenheid van naasten in de organisatie van woonzorg.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 1.3: Cli&amp;euml;nt, professionals en naasten zich committeren aan de afspraken in het woonzorgplan.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.5. A. De behandeling/begeleiding is erop gericht om samen met de pati&amp;euml;nt/cli&amp;euml;nt zijn/haar omgeving zo in te richten dat hij/zij zich staande kan houden in de maatschappij. Het kan gaan om het betrekken van een bestaand (prosociaal) netwerk, het cre&amp;euml;ren van een nieuw netwerk en leren om weerbaarder te worden tegen eventuele negatieve invloeden. Er wordt gestreefd naar het hoogst haalbare in het betrekken van naasten met respect voor de wensen van de pati&amp;euml;nt/cli&amp;euml;nt en de naasten.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 2.4: Naasten. De organisatie en professionals betrekken naasten bij de woonzorg van de cli&amp;euml;nt om de zorg samen vorm te geven, waarbij;&lt;br /&gt;a) in overleg de rol van de naasten in de woonzorg wordt bepaald, afgestemd op de verwachtingen, wensen en mogelijkheden van de cli&amp;euml;nt zelf en diens naasten en op de situatie (bijvoorbeeld bij crisis)&lt;br /&gt;b) de naasten actief geraadpleegd zijn als kennisbron en/of hulpbron, bijvoorbeeld voor vroegsignalering (op alle leefgebieden).&lt;br /&gt;c) de naasten betrokken zijn bij het opstellen van het woonzorgplan, tenzij de cli&amp;euml;nt hier bezwaar tegen heeft.&lt;/p&gt;
 &lt;p&gt;Pijler 2.6 - Naasten - De organisatie handelt binnen de kaders van de privacywetgeving, waarbij;&lt;br /&gt;a) als de cli&amp;euml;nt geen naasten wil betrekken: de organisatie zich inspant om samen met de cli&amp;euml;nt blijvend te onderzoeken wat de meerwaarde is van het betrekken van naasten bij de woonzorg.&lt;/p&gt;
 &lt;p&gt;Pijler 2.8: Naasten - In sommige gevallen ontbreekt een gezond en steunend netwerk. Wanneer het, na verkenning, blijkt dat de cli&amp;euml;nt graag diens sociaal netwerk opbouwt uitbreidt, zet de organisatie zich in om het netwerk op te bouwen of te herstellen en om cli&amp;euml;nten op alternatieve wijzen te ondersteunen. Dit kan bijvoorbeeld met de inzet van vrijwilligers. Daarnaast kunnen (technologische) innovaties zoals de inzet van robotica verkend worden&lt;/p&gt;</t>
   </si>
   <si>
-    <t>3.1.5. B. Naasten, en andere relevante systeemleden, van de patiënt/cliënt krijgen (tenzij er geen
-[...3 lines deleted...]
-iii) De afspraken omtrent bezoek.</t>
+    <t>&lt;p&gt;3.1.5. B. Naasten, en/of ander persoonlijk netwerk, van de pati&amp;euml;nt/cli&amp;euml;nt krijgen (tenzij er geen toestemming is van de pati&amp;euml;nt/cli&amp;euml;nt) uitleg over: i) De problematiek. ii) De behandeling/begeleiding. iii) De afspraken omtrent bezoek.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.5. C. Naasten van de pati&amp;euml;nt/cli&amp;euml;nt krijgen (tenzij zij zelf anders beslissen) uitleg en informatie over: i) Het forensische zorgsysteem. ii) Algemene informatie over (de gevolgen van) licht verstandelijke beperkingen, psychiatrische - en verslavingsproblematiek iii) Adviezen om zelf ondersteuning te krijgen (familieverenigingen en (eventueel) familie-ervaringsdeskundigen). iv) De mogelijkheid om een familievertrouwenspersoon in te schakelen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 2.5: Naasten - 5) De organisatie heeft oog voor het welzijn van naasten in relatie tot het zorgproces van de cli&amp;euml;nt, specifek op het gebied van;&lt;br /&gt;b) voorkomen of verkleinen van stigmatisering, taboe en schaamte en werken aan het begrip voor (het gedrag van) de cli&amp;euml;nt.&lt;br /&gt;e) het tonen van begrip en waardering aan naasten.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.5. C iii) Naasten van de pati&amp;euml;nt/cli&amp;euml;nt krijgen (tenzij zij zelf anders beslissen) uitleg en informatie over: Adviezen om zelf ondersteuning te krijgen (familieverenigingen en (eventueel) &lt;br /&gt;familie-ervaringsdeskundigen).&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 2.5: Naasten. De organisatie heeft oog voor het welzijn van naasten in relatie tot het zorgproces van de cli&amp;euml;nt, specifek op het gebied van;&lt;br /&gt;a) draagkracht en draaglast van de naasten, zodat de naasten een passende rol kunnen spelen in de woonzorg&lt;br /&gt;c) onderlinge steun (peer support), zodat naasten onderling kennis en ervaringen kunnen uitwisselen.&lt;br /&gt;d) kennis en praktische handvatten over hoe om te gaan met de (gevolgen) van de kwetsbaarheden, krachten en mogelijkheden van cli&amp;euml;nten, zodat naasten weten welke rol ze kunnen spelen en om zo de verbinding tussen naasten en cli&amp;euml;nten te versterken.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.5. D. Gezien het grote belang van de invloed van het netwerk, wordt de pati&amp;euml;nt/cli&amp;euml;nt actief gemotiveerd om toestemming te geven zijn naasten te betrekken.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 2.5: Naasten. De organisatie handelt binnen de kaders van de privacywetgeving, waarbij;&lt;br /&gt;a) als de cli&amp;euml;nt geen naasten wil betrekken: de organisatie zich inspant om samen met de cli&amp;euml;nt blijvend te onderzoeken wat de meerwaarde is van het betrekken van naasten bij de woonzorg.&lt;/p&gt;</t>
   </si>
   <si>
     <t>(mede) zeggenschap</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.2. D. De organisatie is een lerende organisatie, waarin ervaringen van pati&amp;euml;nten/cli&amp;euml;nten/naasten en professionals worden meegenomen in de analyse en het verbeteren van de uitvoering.&lt;/p&gt;</t>
   </si>
@@ -225,112 +221,109 @@
 &lt;p&gt;Pijler 3.12: Professional - Borgen van de randvoorwaarden vanuit de organisatie&lt;br /&gt;12) De organisatie heeft de randvoorwaarden op orde die ervoor zorgen dat professionals herstelondersteunende zorg kunnen leveren, waarbij:&lt;br /&gt;c) er voldoende capaciteit is voor samenwerking binnen teams en &lt;br /&gt;samenwerking met andere teams en andere organisaties.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;6.1.1. E. De organisatie werkt actief toe naar samenwerkingsverbanden met organisaties buiten de Forensische Zorg.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 2.5.18) Omdat samenwerken zo breed is, is het belangrijk dat een organisatie een eigen strategie kiest op en prioriteert wat binnen de context de belangrijkste samenwerkingen zijn.&lt;br /&gt;De organisatie geeft invulling aan twee vormen van samenwerking:&lt;br /&gt;1) strategische samenwerkingen om op organisatie niveau te komen tot &lt;br /&gt;passende woonzorg; en Kwaliteitskader Woonzorg in de langdurige ggz 25&lt;br /&gt;2) samenwerking om te komen tot goede kwaliteit van zorg op clientniveau &lt;br /&gt;waarbij de neerslag hiervan terug te vinden is in het zorgdossier. Het gaat &lt;br /&gt;om samenwerkingen met waaronder:&lt;br /&gt;&amp;bull; Multidisciplinair in de zorg&lt;br /&gt;&amp;bull; Huisarts&lt;br /&gt;&amp;bull; Reguliere GGZ en verslavingszorg&lt;br /&gt;&amp;bull; Crisisdienst GGZ&lt;br /&gt;&amp;bull; Expertisecentra&lt;br /&gt;&amp;bull; Gemeente&lt;br /&gt;&amp;bull; Buurt(team) en informele zorg in de wijk&lt;br /&gt;&amp;bull; Sociaal werk&lt;br /&gt;&amp;bull; Organisaties van dagbesteding, vrijwilligers en werkgevers&lt;br /&gt;&amp;bull; Andere (woon)zorgorganisaties&lt;br /&gt;&amp;bull; Andere organisaties buiten de zorg: scholen, woningcorporaties, werkgevers&lt;br /&gt;&amp;bull; Rechter en politie&lt;br /&gt;&amp;bull; Wettelijke vertegenwoordigers&lt;/p&gt;</t>
   </si>
   <si>
     <t>6.1.1. B Overdracht is gericht op continuïteit van zorg met een optimale overdracht van informatie. De patiënt/cliënt is zoveel mogelijk betrokken bij zijn/haar overdracht. Tijdens het proces van overdracht wordt met elkaar afgesproken welke informatie (binnen de wettelijke kaders) wordt uitgewisseld bij de overdracht. Doel is om zorg te dragen voor een doelmatige en veilige zorg en de continuïteit van zorg.</t>
   </si>
   <si>
     <t>&lt;p&gt;6.1.1. C. De organisatie organiseert een &amp;ldquo;warme&amp;rdquo; overdracht. Indien mogelijk vindt kennismaking met de vervolgorganisatie plaats binnen de overdragende organisatie.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 2.5.19) De samenwerking vanuit professionals is gericht op cli&amp;euml;nten in staat stellen zo veel mogelijk mee te doen in de maatschappij (waar dat aansluit bij de &lt;br /&gt;behoefte van de cli&amp;euml;nt): het vangnet voor de cli&amp;euml;nt vergroten zodat zo min mogelijk woonzorg voor de cli&amp;euml;nt nodig is.&lt;/p&gt;
 &lt;p&gt;20) De organisatie schept de randvoorwaarden dat professionals kunnen samenwerken met alle anderen in het netwerk om de cli&amp;euml;nt heen, gericht op passende zorg, waarbij:&lt;br /&gt;a) de organisatie heeft een samenwerkingsovereenkomst met een of meer behandelorganisaties indien deze zelf geen behandelaren in dienst heeft, zie bijvoorbeeld de modelovereenkomst &amp;lsquo;woonzorg en behandeling&amp;rsquo; van Valente5.&lt;/p&gt;</t>
   </si>
   <si>
     <t>6.1.1. D. Professionals stemmen inhoud en taal van de overdracht af om behandeling en begeleiding goed op elkaar te laten aansluiten. Waar mogelijk delen de organisaties informatie om dubbel werk te voorkomen (bijvoorbeeld dat de ene organisatie gebruik maakt van de delictanalyse van de andere organisatie en niet opnieuw zelf bij de patiënt/cliënt de delictanalyse gaat uitvoeren).</t>
   </si>
   <si>
     <t>&lt;p&gt;6.1.1. A. In het geval van stapelzorg wordt door betrokken partijen de co&amp;ouml;rdinerende rol afgesproken en professionals zorgen voor regelmatige afstemming van het behandel- en begeleidingsplan, waarbij men een gezamenlijk signaleringsplan opstelt.&lt;/p&gt;</t>
   </si>
   <si>
-    <t>6.1.1. F. Wanneer partijen er samen niet uit komen en problemen ontstaan in de kwaliteit, veiligheid en/of continuïteit van zorg, neemt de organisatie contact op met de inkoper binnen DJI om als opdrachtgever mee te denken.</t>
-[...2 lines deleted...]
-    <t>6.1.1. G. Indien reclassering betrokken is: Bij de uitvoering van de zorg wordt de driehoeksverhouding gehanteerd tussen de reclassering, patiënt/cliënt en behandelaren en/of begeleiders, waarbij alle partijen elkaar informeren (binnen de wettelijke kaders). De drie-partijenovereenkomst kan als middel worden gebruikt om de samenwerking te formaliseren.</t>
+    <t>&lt;p&gt;6.1.1. F. Wanneer partijen er samen niet uit komen en problemen ontstaan in de kwaliteit, veiligheid en/of continu&amp;iuml;teit van zorg, neemt de organisatie contact op met de aanbesteder binnen Forzo/JJI om als opdrachtgever mee te denken.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;6.1.1. G. Indien reclassering betrokken is: Bij de uitvoering van de zorg wordt de driehoeksverhouding gehanteerd tussen de reclassering, pati&amp;euml;nt/cli&amp;euml;nt en behandelaren en/of begeleiders, waarbij alle partijen elkaar informeren (binnen de wettelijke kaders). Een driepartijenovereenkomst kan als middel worden gebruikt om de samenwerking te formaliseren.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;6.1.1. H. De organisatie heeft aandacht voor de doelen gericht op uitstroom en nazorg (zoals dagbesteding, financi&amp;euml;n, wonen, sociaal netwerk, relatie) en er wordt actie ondernomen om deze doelen na te streven.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 4.14: De organisatie zet zich in voor maatschappelijke participatie gericht op &lt;br /&gt;cli&amp;euml;nten een volwaardige plek in de samenleving te geven.&lt;/p&gt;</t>
   </si>
   <si>
     <t>6.1.1. I. Indien van toepassing heeft de organisatie (met het oog op de continuïteit van zorg) contact met de geëigende partijen zoals reguliere GGZ, zorg, veiligheidshuis en gemeente (bijvoorbeeld over voortzetting van het traject binnen de Wmo) over de voortzetting van trajecten binnen de reguliere zorg bij aflopen van de strafrechtelijke titel.</t>
   </si>
   <si>
     <t>6.1.2. De organisatie is onderdeel van een lerend netwerk met andere organisaties, die onderdeel zijn van de forensische keten.</t>
   </si>
   <si>
-    <t>&lt;p&gt;6.1.2. A. De organisatie sluit aan op reeds binnen de sector ontwikkelde (lerende) netwerken en expertisenetwerken (peer reviews) en/of werken actief en aantoonbaar toe naar deelname en/ of cre&amp;euml;ren zelf een lerend netwerk met andere organisaties binnen de forensische keten. De definities en eisen aan de kwaliteitsnetwerken zijn gedefinieerd in de methodiekomschrijving, zie &lt;a href="http://www.kwaliteitsnetwerken.nl."&gt;www.kwaliteitsnetwerken.nl. &lt;/a&gt;&lt;/p&gt;
+    <t>&lt;p&gt;6.1.2. A. De organisatie sluit aan op reeds binnen de sector ontwikkelde (lerende) netwerken en expertisenetwerken (peer reviews) en/of werken actief en aantoonbaar toe naar deelname en/ of cre&amp;euml;ren zelf een lerend netwerk met andere organisaties binnen de forensische keten.&amp;nbsp;&lt;/p&gt;
 &lt;p&gt;7.1.2. B. De organisatie bespreekt het kwaliteitsverslag breed binnen de organisatie en buitende de organisatie in het lerend netwerk. Doel hiervan is dat organisaties een cyclus in gaan waarin continu reflecteren, leren en verbeteren centraal staat. Op deze wijze wordt de lerende dialoog tussen de verschillende belanghebbenden binnen de organisatie en tussen de organisaties gevoed.&lt;/p&gt;</t>
   </si>
   <si>
     <t>6.1.2. B. De organisatie wisselt periodiek ervaringen uit met de netwerkpartners met als doel om te leren en te ontwikkelen. Transparantie, het delen van informatie, en het elkaar ondersteunen bij moeilijke casussen, stimuleert in gezamenlijkheid leren om zo de gehele sector naar een hoger kwaliteitsniveau te brengen.</t>
   </si>
   <si>
     <t>Omgeving</t>
   </si>
   <si>
     <t>&lt;p&gt;6.1.3. De organisatie heeft beleid en voert dat uit over hoe zij de maatschappij en de omgeving van de organisatie betrekt.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 4.16: De organisatie spant zich in voor een goede verbinding tussen de zorglocatie en de omgeving en samenleving&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;6.1.3. A. De organisatie voert een actief beleid om de directe omgeving te informeren over haar werkzaamheden en het doel ervan. Voorlichting via website en aan de media hebben als doel om de publieke beeldvorming over de Forensische Zorg te verbeteren en stigmatisering te reduceren. Hierbij wordt zo veel mogelijk in begrijpelijke taal gecommuniceerd en wordt jargon voorkomen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;6.1.3. B. De organisatie heeft beleid over samenwerking met maatschappelijke organisaties, zoals: gemeente(n), politie, woningbouwverenigingen, schuldhulpverlening, werkgevers, maatschappelijke opvang organisaties, sportverenigingen, buurtverenigingen, geloofsgemeenschappen, et cetera.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 4.15: De organisatie vormt een brug tussen de cli&amp;euml;nt en de samenleving, door;&lt;br /&gt;a) het geven van voorlichting.&lt;br /&gt;b) het verkleinen van stigmatisering.&lt;br /&gt;c) toegankelijk te zijn voor het gesprek, klachten en vroegsignalering van &lt;br /&gt;problemen.&lt;br /&gt;d) een goede balans te vinden tussen autonomie en de veiligheid van de &lt;br /&gt;cli&amp;euml;nt en de veiligheid van de samenleving.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;6.1.3. C. Binnen de organisatie zijn de verantwoordelijkheden duidelijk beschreven ten aanzien van de communicatie met de wijk, instanties, gemeente(n), de samenleving, de media, et cetera.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 3.13: Organiseren van de integrale zorg voor de cli&amp;euml;nt&lt;br /&gt;13) De organisatie heeft de co&amp;ouml;rdinatie van de integrale zorg voor de cli&amp;euml;nt &lt;br /&gt;duidelijk belegd. Bij de co&amp;ouml;rdinatie hoort onder andere:&lt;br /&gt;NB: De naamgeving van de rol/functie voor deze co&amp;ouml;rdinatie kan in verschillende organisaties anders zijn; ook kan het zijn dat de co&amp;ouml;rdinatietaken over meerdere personen verdeeld zijn.&lt;br /&gt;a) indien van toepassing: een co&amp;ouml;rdinator die de samenwerking met de (externe) &lt;br /&gt;behandelaar monitort en, zo nodig, intervenieert opdat de inzet van alle &lt;br /&gt;partners samen daadwerkelijk tot het beoogde (herstel)doel leidt. &lt;br /&gt;NB: dit is iets anders dan het regiebehandelaarschap wat gaat over de inhoud van de GGZ-behandeling.&lt;/p&gt;</t>
   </si>
   <si>
     <t>Professionele verplichtingen</t>
   </si>
   <si>
     <t>&lt;p&gt;4.1.5. D. Professionals bewaken de grenzen van hun vakbekwaamheid. Wanneer die grens bereikt is, zorgen ze dat ze nauw samenwerken met een voor de handeling/taak bekwame collega/partner.&lt;/p&gt;</t>
   </si>
   <si>
     <t>Leerklimaat</t>
   </si>
   <si>
     <t>&lt;p&gt;4.1.7. B. De organisatie cre&amp;euml;ert en behoudt opleidingsplaatsen, stageplaatsen, leerwerkplaatsen, plaatsen voor (zij-)instromers, en samenwerking met ROC&amp;rsquo;s, hogescholen en universiteiten.&lt;/p&gt;</t>
-  </si>
-[...1 lines deleted...]
-    <t>&lt;p&gt;4.1.7. D. De organisatie draagt bij aan de gezamenlijke arbeidsmarktaanpak zoals ontwikkeld door de Taskforce Forensische Zorg.&lt;/p&gt;</t>
   </si>
   <si>
     <t>Innovatie</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.4. A. Landelijke ontwikkelingen en wetenschappelijk onderzoek worden gevolgd en, na afweging en waar mogelijk, ge&amp;iuml;mplementeerd. Hierbij wordt aansluiting gezocht met bijvoorbeeld collega-instellingen, het Wetenschappelijk Onderzoek- en Documentatiecentrum (WODC), universiteiten, lectoraten, Hbo-instellingen, het Expertisecentrum Forensische Psychiatrie (EFP) en KFZ, om onder andere het delen van kennis en informatie te bewerkstelligen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>Kwaliteitsmanagement</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.2. G. De organisatie toetst jaarlijks de werking van het kwaliteit- en veiligheidsmanagementsysteem. Voorbeelden van instrumenten hiervoor zijn: directie- of systeembeoordeling, kwaliteitsvisitaties en/of een kwaliteitscertificering.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;4.3.2 Daarnaast vindt er minimaal &amp;eacute;&amp;eacute;n keer per jaar een vorm van reflectie plaats met &amp;eacute;&amp;eacute;n of meer externe(n) op &amp;eacute;&amp;eacute;n of meer van bovengenoemde onderwerpen. Deze reflectie vindt gestructureerd/ methodisch plaats. Dit kan in de vorm van een bedrijfsbezoek door &amp;eacute;&amp;eacute;n of meer personen van buiten de boerderij, externe intervisie of een externe audit.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.1. De organisatie zorgt voor een veilig werk- en leefklimaat.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;4.3.2 Minimaal vier keer per jaar is er een vorm van werkoverleg met de zorgboer en begeleiders waarin er voldoende tijd en ruimte is om samen te reflecteren, te leren en afspraken te maken over de acties die daaruit voortvloeien. De zorgboerderij beschrijft wat zij leert van deze reflectie en zet deze lessen om in concrete acties die daarna ook weer onderwerp van reflectie worden.&lt;/p&gt;</t>
   </si>
   <si>
     <t>4.3.2 Daarnaast vindt er minimaal één keer per jaar een vorm van reflectie plaats met één of meer externe(n) op één of meer van bovengenoemde onderwerpen. Deze reflectie vindt gestructureerd/ methodisch plaats. Dit kan in de vorm van een bedrijfsbezoek door één of meer personen van buiten de boerderij, externe intervisie of een externe audit.</t>
   </si>
@@ -397,72 +390,72 @@
   <si>
     <t>5.1.3. C. De organisatie draagt samen met de professionals bij aan het verminderen van administratieve lasten.</t>
   </si>
   <si>
     <t>5.1.3. D. De organisatie heeft een visie op hoe zij invulling willen geven aan duurzaamheid binnen de organisatie.</t>
   </si>
   <si>
     <t>5.1.3. E. De organisatie heeft een professioneel statuut.</t>
   </si>
   <si>
     <t>5.1.3. F. De organisatie werkt volgens de afspraken van de geldende Governancecode Zorg.</t>
   </si>
   <si>
     <t>5.1.3. G. De organisatie heeft, indien de organisatie ook andere typen dienstverlening heeft, binnen a t/m e binnen dit kwaliteitsaspect specifiek aandacht voor de Forensische Zorg.</t>
   </si>
   <si>
     <t>5.1.4. De organisatie draagt (waar mogelijk) bij aan wetenschappelijk onderzoek, innovatie en implementatie.</t>
   </si>
   <si>
     <t>5.1.4. A. Landelijke ontwikkelingen en wetenschappelijk onderzoek worden gevolgd en, na afweging en waar mogelijk, geïmplementeerd. Hierbij wordt aansluiting gezocht met bijvoorbeeld collega-instellingen, het Wetenschappelijk Onderzoek- en Documentatiecentrum (WODC), universiteiten, lectoraten, Hbo-instellingen, het Expertisecentrum Forensische Psychiatrie (EFP) en KFZ, om onder andere het delen van kennis en informatie te bewerkstelligen.</t>
   </si>
   <si>
     <t>5.1.4. B. Waar mogelijk voert de organisatie zelf wetenschappelijk onderzoek uit op het gebied van de Forensische Zorg.</t>
   </si>
   <si>
-    <t>5.1.4. C. De organisatie zoekt actief naar mogelijkheden om te innoveren, bijvoorbeeld door middel van leren van data, eHealth en technologie.</t>
+    <t>&lt;p&gt;5.1.4. C. De organisatie zoekt actief naar mogelijkheden om te innoveren.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.5. A. Iedere organisatie heeft conform de geldende wet- en regelgeving de medezeggenschap geregeld voor medewerkers (Ondernemingsraad), medische en professionele staf (bijvoorbeeld verpleegkundige-agogische adviesraad) en pati&amp;euml;nten/cli&amp;euml;nten (pati&amp;euml;nten/cli&amp;euml;ntenraad en voor de LVB-doelgroep aangevuld met een verwantenraad).&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler Professionals (pagina 28)&lt;br /&gt;&amp;bull; De resultaten van het medewerkerstevredenheidsonderzoek (MTO) worden &lt;br /&gt;inzichtelijk gemaakt. Het MTO wordt minimaal eens per 2 jaar uitgevoerd. Als de &lt;br /&gt;uitkomsten van het MTO, of andere zaken, daartoe aanleiding geven kan vaker &lt;br /&gt;ook nodig zijn.&lt;br /&gt;&amp;bull; Het inzicht geven in de deskundigheid die past bij de betreffende doelgroep.&lt;/p&gt;</t>
   </si>
   <si>
     <t>5.1.5. B. Organisaties die naast Forensische Zorg ook andere typen dienstverlening hebben, dragen zorg voor evenredige vertegenwoordiging van betrokkenen vanuit de Forensische Zorg.</t>
   </si>
   <si>
     <t>&lt;p&gt;4.2.2 Uitgangpunten bij methoden om ervaringen op te halen. Een zorgboer kan kiezen uit verschillende methoden voor het ophalen van ervaringen. De volgende criteria helpen de zorgboer om (een) geschikte methode(n) te kiezen: - Met behulp van de gekozen methode(n) worden ervaringen direct bij deelnemers en/of hun naasten worden opgehaald aan de hand van vragen, een gesprek of observatie. - In de gekozen methode(n) is er extra aandacht voor de veiligheid van deelnemers om zich vrij uit te kunnen spreken. - In de gekozen methode(n) krijgen alle deelnemers en/of hun naasten de gelegenheid deel te nemen en hun ervaringen te delen. - Met de gekozen methode(n) worden minimaal 1 keer per jaar ervaringen opgehaald. - De methode stelt de zorgboerderij in staat om de geanonimiseerde uitkomsten van de metingen en datgene dat de zorgboerderij hiervan heeft geleerd te delen met de deelnemers, eventuele betrokkenen en in het kwaliteitsverslag.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;4.2.2. Daarnaast zijn er vaste momenten waarop deelnemers en/of wettelijke vertegenwoordigers gezamenlijk inspraak hebben over hoe het gaat op de zorgboerderij en de kwaliteit van zorg die geleverd wordt. Dit gebeurt bijvoorbeeld tijdens inspraakavonden, keukentafelgesprekken of bewoners-overleggen waarin met elkaar gesproken kan worden over de kernwaarden: welke kernwaarden zijn belangrijk, welke worden duidelijk ervaren en welke zouden versterkt kunnen worden?&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;4.2.2. Wanneer er ook andere betrokkenen zijn, zoals mantelzorgers en naasten, dan zijn er ook met hen afspraken over de wijze waarop zij hun stem kunnen laten horen.&lt;/p&gt;</t>
   </si>
   <si>
-    <t>&lt;p&gt;4.1.3. C. De organisatie heeft een visie en beleid over hoe geschoolde ervaringsdeskundigen ingezet worden binnen de Forensische Zorg, waarin antwoord wordt gegeven op vraagstukken zoals opleiding, positionering, verklaring omtrent gedrag (VOG) problematiek, rechten en plichten. Wanneer ervaringsdeskundigen worden ingezet zijn zij onderdeel van het multidisciplinair behandel-/begeleidingsteam.&lt;/p&gt;</t>
+    <t>&lt;p&gt;4.1.3. C. De organisatie heeft een visie en beleid over de inzet van ervaringsdeskundigheid binnen de organisatie.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 3.11: Inzetten van ervaringsdeskundigheid. De organisatie zet ervaringsdeskundigheid in voor de woonzorg aan cli&amp;euml;nten, waarbij:&lt;br /&gt;a) de organisatie waarborgt dat ervaringsdeskundigen ingezet kunnen worden: &lt;br /&gt;&amp;bull; voor de juiste woonzorg van cli&amp;euml;nten vanwege de kennis en ervaring die &lt;br /&gt;ze hebben;&lt;br /&gt;&amp;bull; als onderdeel van het professionele team.&lt;/p&gt;
 &lt;p&gt;&lt;br /&gt;Pijler Professionals (pagina 28) &lt;br /&gt;&amp;bull; De inzet van ervaringsdeskundigen. De organisatie geeft aan op welke manier &lt;br /&gt;ervaringsdeskundigen zijn ingezet en wat deze inzet heeft opgeleverd.&lt;/p&gt;</t>
   </si>
   <si>
     <t>Vakbekwaamheid</t>
   </si>
   <si>
     <t>&lt;p&gt;4.1.1. De professionals in de Forensische Zorg hebben een professionele grondhouding.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.2 Zowel de begeleiders met een zorgopleiding als de begeleiders met een andere opleiding, zijn in staat om op professionele wijze zorg en ondersteuning te bieden. Het zijn beide professionals met een houding die zich kenmerkt door: &amp;bull; Professionals dragen verantwoordelijkheid en maken bewuste keuzes. &amp;bull; Professionals blijven zichzelf ontwikkelen en reflecteren op eigen handelen. &amp;bull; Professionals kennen hun positie in het zorgveld; zij zijn zich bewust van hun grenzen en schakelen aanvullend daarop tijdig (externe) deskundigen in en dragen actief bij aan een goede samenwerking tussen betrokken partijen. &amp;bull; Professionals zijn op de hoogte van wetten, regels en beroepsnormen en toetsen hun handelen en keuzes daaraan. &amp;bull; Professionals kennen de kracht van de zorglandbouw en werken vanuit de principes die hieraan ten grondslag liggen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 3.9: Professional. De medewerkers. De organisatie zorgt voor de inzet van voldoende deskundige medewerkers voor het verzorgen van de woonzorg aan cli&amp;euml;nten, waarbij:&lt;/p&gt;
 &lt;p&gt;b) de professional handelt volgens de geldende beroepsrichtlijnen, &lt;br /&gt;kwaliteitsstandaarden en &amp;ndash; indien van toepassing &amp;ndash; de geldende beroepscode &lt;br /&gt;en te allen tijde passend bij de problematiek van de cli&amp;euml;nt.&lt;/p&gt;
 &lt;p&gt;c) de professional betrokken, betrouwbaar, betekenisgevend en bekwaam is.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;4.1.1. A. Professionals gaan respectvol om met pati&amp;euml;nten/cli&amp;euml;nten, zowel in verbale als non-verbale communicatie.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 3.9: Professional. De medewerkers. De organisatie zorgt voor de inzet van voldoende deskundige medewerkers voor het verzorgen van de woonzorg aan cli&amp;euml;nten, waarbij:&lt;/p&gt;
 &lt;p&gt;a) de professional affiniteit heeft met de doelgroep en een goede connectie &lt;br /&gt;kan maken met de cli&amp;euml;nt.&lt;br /&gt;f) de professional relatiegericht, communicatief vaardig en &lt;br /&gt;samenwerkingsgericht is. Dit vereist fexibiliteit van de professional.&lt;/p&gt;</t>
@@ -522,242 +515,235 @@
     <t>&lt;p&gt;Pijler 3.10: Professional - De organisatie heeft goed functionerende teams die de woonzorg aan cli&amp;euml;nten &lt;br /&gt;verzorgen, waarbij: &lt;br /&gt;b) het team aansluit bij de diversiteit van de cli&amp;euml;ntendoelgroep. Een divers &lt;br /&gt;team (in de breedste zin) draagt bij een betere kwaliteit van zorg. Het gaat &lt;br /&gt;om een goede mix van verschillende achtergronden, waaronder ervaringsdeskundigen. Ook kan gedacht worden aan o.a. geslacht, leeftijd, &lt;br /&gt;etniciteit, seksuele geaardheid, religie, vaardigheden en ervaring.&lt;/p&gt;</t>
   </si>
   <si>
     <t>4.1.4. De professional houdt zich aan de professionele standaard, die bestaat uit vakinhoudelijke standaarden, beroepsethische normen en veldnormen.</t>
   </si>
   <si>
     <t>&lt;p&gt;4.1.4. A. De professional houdt zich aan vakinhoudelijke standaarden, zoals methodieken, gevalideerde instrumenten en richtlijnen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 3.9: Professional. De medewerkers. De organisatie zorgt voor de inzet van voldoende deskundige medewerkers voor het verzorgen van de woonzorg aan cli&amp;euml;nten, waarbij:&lt;/p&gt;
 &lt;p&gt;d) de professional (methodische) kennis heeft om vakkundige herstelondersteunende zorg te kunnen leveren en zet deze kennis in om methodisch te werken. Afhankelijk van de rol en functie, gaat het hierbij ook &lt;br /&gt;om basiskennis van (risicovolle) onderwerpen, zoals vrijheidsbeperkende maatregelen, leefstijl, medicatie en palliatieve zorg.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;4.1.4. B. De professional houdt zich aan de voor zijn/haar beroep geldende beroepsethische normen, onder andere vastgelegd in de beroepscodes (o.a. NIP, BPSW, V&amp;amp;VN, NVvP) en verfijnd/ aangevuld in jurisprudentie vanuit het tuchtrecht.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 3.12: Professional - Borgen van de randvoorwaarden vanuit de organisatie&lt;br /&gt;- De organisatie heeft de randvoorwaarden op orde die ervoor zorgen dat &lt;br /&gt;professionals herstelondersteunende zorg kunnen leveren, waarbij:&lt;br /&gt;d) de basisverplichtingen geregeld zijn, zoals verplichte scholing, verklaring omtrent gedrag en &amp;ndash; indien van toepassing - benodigde herregistratie (bijv. BIG, registerplein, kwaliteitsregister V&amp;amp;VN etc.).&lt;/p&gt;</t>
   </si>
   <si>
     <t>4.1.4. C. De professional houdt zich aan de binnen de organisatie geldende gedragscodes en kwaliteitsdocumenten (zoals zorgprogrammering) die in de sector of branche ontwikkeld zijn.</t>
   </si>
   <si>
     <t>4.1.5. De professionals die werkzaam zijn binnen de Forensische Zorg zijn bevoegd en vakbekwaam.</t>
   </si>
   <si>
-    <t>4.1.5. A. Professionals onderhouden hun vakkennis op basis van de vastgestelde competenties en leerdoelen, zoals ontwikkeld binnen het Programma Forensisch Vakmanschap.</t>
+    <t>&lt;p&gt;4.1.5. A. Professionals onderhouden hun vakkennis (bijvoorbeeld met behulp van het Forensisch Vakmanschap) passend bij hun functie, competenties en leerdoelen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>4.1.5. B. De professionals, voor wie dat van toepassing is, staan ingeschreven in het kwaliteitsregister van hun beroepsgroep, houden accreditatiepunten bij indien vereist vanuit hun titel en hebben indien van toepassing een geldige BIG-registratie.</t>
   </si>
   <si>
     <t>4.1.5. C. Professionals leren en ontwikkelen van en met elkaar. Bijvoorbeeld door middel van feedback, casuïstiekbespreking, supervisie, intervisie, (team-)reflectie, werkbegeleiding en scholing.</t>
   </si>
   <si>
     <t>4.1.5. D. Professionals bewaken de grenzen van hun vakbekwaamheid. Wanneer die grens bereikt is, zorgen ze dat ze nauw samenwerken met een voor de handeling/taak bekwame collega/partner.</t>
   </si>
   <si>
     <t>4.1.5. E. Professionals zijn in beginsel verantwoordelijk voor hun eigen handelen.</t>
   </si>
   <si>
     <t>4.1.5. F. Professionals die nog in opleiding en/of niet volledig vakbekwaam zijn, worden begeleid door een bevoegde en bekwame professional.</t>
   </si>
   <si>
     <t>4.1.6. C. Voor organisaties die naast Forensische Zorg ook andere typen dienstverlening hebben, is het van belang dat zij op het gebied van forensische aspecten hun professionals ontwikkelen.</t>
   </si>
   <si>
     <t>4.1.7. De organisatie draagt bij (in verhouding tot haar volume) aan het aantrekkelijk zijn en blijven van de sector op de arbeidsmarkt.</t>
   </si>
   <si>
     <t>4.1.7. A. Nieuwe medewerkers krijgen bij indiensttreding een inwerkprogramma, zodat zij bekwaamheid in de Forensische Zorg kunnen opbouwen.</t>
   </si>
   <si>
     <t>4.1.7. B. De organisatie creëert en behoudt opleidingsplaatsen, stageplaatsen, leerwerkplaatsen, plaatsen voor (zij-)instromers, en samenwerking met ROC’s, hogescholen en universiteiten.</t>
   </si>
   <si>
     <t>4.1.7. C. De organisatie heeft voldoende ontwikkelingsmogelijkheden voor forensische professionals.</t>
   </si>
   <si>
-    <t>4.1.7. D. De organisatie draagt bij aan de gezamenlijke arbeidsmarktaanpak zoals ontwikkeld door de Taskforce Forensische Zorg.</t>
-[...1 lines deleted...]
-  <si>
     <t>4.1.5. G. Het is de verantwoordelijkheid van de bekwame professional om de nog niet volledig bekwame professional adequaat te begeleiden en te ondersteunen.</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.4. De organisatie draagt (waar mogelijk) bij aan wetenschappelijk onderzoek, innovatie en implementatie.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;4.1.3. C. De organisatie heeft een visie en beleid over de inzet van ervaringsdeskundigheid binnen de organisatie.&amp;nbsp;&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 3.11: Inzetten van ervaringsdeskundigheid&lt;br /&gt;11) De organisatie zet ervaringsdeskundigheid in voor de woonzorg aan cli&amp;euml;nten, waarbij:&lt;/p&gt;
 &lt;p&gt;b) voor professionals die dagelijks herstelondersteunende zorg leveren, maar &lt;br /&gt;zelf geen ervaringsdeskundige zijn, is het van belang dat zij weten hoe zij eventuele persoonlijke en gedeelde ervaringskennis benutten en hoe zij ervaringsdeskundigheid kunnen inzetten.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.2.8. D. Sensitiviteit en transparantie van behandelaren/begeleiders zorgt voor aansluiting bij de pati&amp;euml;nt/ cli&amp;euml;nt en draagt daarmee bij aan het cre&amp;euml;ren van een leefklimaat dat ondersteunend is aan de behandel-/begeleidingsdoelen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.2.8. A. In de klinische- en verblijfssetting is de pati&amp;euml;nt/cli&amp;euml;nt voor het grootste deel van de week in zijn/ haar eigen verblijf of op de groep. Professionals op de groep leveren vanuit hun handelen een bijdrage aan de behandeling en begeleiding van de pati&amp;euml;nt/cli&amp;euml;nt.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.2.8. B. Binnen de klinische setting zijn sociotherapeuten op de afdeling en behandelaren op de hoogte van gezamenlijke leerdoelen van pati&amp;euml;nten/cli&amp;euml;nten en afspraken. Richting de pati&amp;euml;nt/cli&amp;euml;nt gebruiken zij zo veel mogelijk dezelfde taal en dezelfde boodschap. Verslaglegging is gericht op de beschreven doelen en risicofactoren, zoals benoemd in het behandelplan.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.2.8. C. Binnen de verblijfssetting is het voor begeleiders op de afdeling noodzakelijk dat zij allen op de hoogte zijn van de begeleidingsdoelen en dat zij de behandeldoelen kennen zoals die in het behandelplan van de behandelaar (vaak vanuit een andere organisatie) geformuleerd zijn. Deze zijn zo goed mogelijk op elkaar afgestemd.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.2.9. A. De organisatie heeft voor de beveiligingsniveaus die zij aanbiedt een beleid voor het toekennen van vrijheden en verloven vertaald naar praktische handvatten voor professionals en in begrijpelijke taal voor de pati&amp;euml;nt/cli&amp;euml;nt. Bijvoorbeeld afspraken over wat al dan niet multidisciplinair besloten moet worden alsmede het al dan niet inzetten van een onafhankelijke commissie voor het toekennen van vrijheden en verloven.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 2.6: Naasten - 6) De organisatie handelt binnen de kaders van de privacywetgeving, waarbij;&lt;/p&gt;
 &lt;p&gt;c) de organisatie voldoet aan de restricties die er gelden voor het &lt;br /&gt;beroepsgeheim(zie handreiking beroepsgeheim GGZ&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.1. C. De veiligheidsprotocollen zijn bekend bij de professionals, worden toegepast en worden open en kritisch besproken.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.2. De organisatie heeft een werkend kwaliteit- en veiligheidsmanagementsysteem.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 3.12: Professional - Borgen van de randvoorwaarden vanuit de organisatie&lt;br /&gt;- De organisatie heeft de randvoorwaarden op orde die ervoor zorgen dat &lt;br /&gt;professionals herstelondersteunende zorg kunnen leveren, waarbij:&lt;br /&gt;b) er een cultuur en structuur is voor leren en ontwikkelen (bijv. teamrefectie &lt;br /&gt;en audits), er gelegenheid is tot bij- en nascholing en ruimte is voor refectie.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;7.1. De organisatie heeft een meerjarenplan waarin beschreven wordt hoe de organisatie de kwaliteitsaspecten genoemd in dit Kwaliteitskader beoogt te implementeren. De organisatie actualiseert het meerjarenplan minimaal jaarlijks. Het meerjarenplan is vormvrij en mag desgewenst ge&amp;iuml;ntegreerd worden met andere meerjarenplannen van de organisatie.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.3 Praktische punten (pagina 28)&lt;br /&gt;Het kwaliteitsverslag is uiterlijk 31 mei van het volgende kalenderjaar gereed. Het kwaliteitsverslag wordt gepubliceerd, in ieder geval op de website van de organisatie. Hiermee is het kwaliteitsverslag toegankelijk voor iedereen en daarmee wordt in een transparante informatieverstrekking aan de maatschappij en andere stakeholders &lt;br /&gt;voorzien. Het kwaliteitsverslag blijft minimaal 1 jaar openbaar toegankelijk.&lt;/p&gt;</t>
   </si>
   <si>
-    <t>&lt;p&gt;7.1.1. A. De organisatie stelt het meerjarenplan op in afstemming met een vertegenwoordiging van pati&amp;euml;nten/cli&amp;euml;nten (eventueel in een pati&amp;euml;nten/cli&amp;euml;nten- of verwantenraad), en medische en professionele staf (bijvoorbeeld vertegenwoordiging in een verpleegkundig-agogische adviesraad). Daarnaast bespreekt de organisatie het meerjarenplan binnen het lerend netwerkt. Doel hiervan is om samen doelen te stellen en te leren.&lt;/p&gt;</t>
+    <t>&lt;p&gt;7.1.1. A. De organisatie stelt het meerjarenplan op in afstemming met een vertegenwoordiging van pati&amp;euml;nten/cli&amp;euml;nten (eventueel in een pati&amp;euml;nten/cli&amp;euml;nten- of verwantenraad), en medische en professionele staf (bijvoorbeeld vertegenwoordiging in een verpleegkundig-agogische adviesraad). Daarnaast bespreekt de organisatie het meerjarenplan binnen het lerend netwerk. Doel hiervan is om samen doelen te stellen en te leren.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Lerende community pagina 31&lt;br /&gt;Daarnaast zal de projectorganisatie een lerende community opzetten, waarin het &lt;br /&gt;uitwisselen van kennis, expertise en goede voorbeelden wordt ondersteund. In de lerende community zal aandacht zijn voor de verschillende pijlers en inhoudelijke thema&amp;rsquo;s uit het kwaliteitskader. Het kwaliteitsverslag wat in het tweede jaar opgeleverd moet worden zal voor de lerende community een speerpunt zijn in het eerste jaar. Het kwaliteitsverslag is een middel en geen doel op zich. Voor veel organisaties is het een uitdaging om het kwaliteitsverslag zo in te vullen dat het op de eerste plaats ondersteunend is aan het leren en verbeteren van de zorg in de eigen organisatie (in een netwerk, samen met stakeholders). En tegelijkertijd is het &lt;br /&gt;kwaliteitsverslag het meest tastbare resultaat waarin organisaties inzichtelijk maken hoe de implementatie verloopt. Het is een uitdaging om het verslag handig te combineren met de andere (verplichte) kwaliteitsverslagen; externe verantwoording zonder extra administratieve lasten. Voor externe stakeholders (cli&amp;euml;ntenorganisaties, &lt;br /&gt;zorgkantoren, inspectie) is het kwaliteitsverslag een mooie basis voor het gesprek over kwaliteit. &lt;br /&gt;Er is dus een relatie tussen het kwaliteitsverslag en de kwaliteitsgesprekken &lt;br /&gt;(kwaliteitsdialoog) tussen een zorgorganisatie en het zorgkantoor. Het zorgkantoor heeft &amp;ndash; met deze kwaliteitsgesprekken &amp;ndash; een belangrijke (systeem)rol in de implementatie. In de implementatiefase zullen de goede voorbeelden van de kwaliteitsverslagen en kwaliteitsgesprekken verwerkt worden in een beknopte handreiking met handvatten voor zorgaanbieders en zorgkantoren.&lt;/p&gt;
 &lt;p&gt;Een tweede speerpunt in de lerende community is te faciliteren dat organisaties bij elkaar op bezoek gaan (bij elkaar in de keuken kunnen kijken). Op deze manier krijgen organisaties een externe blik en wordt de organisatie die bezocht wordt gespiegeld op mogelijke blinde vlekken en ge&amp;iuml;nspireerd.&lt;/p&gt;</t>
-  </si>
-[...1 lines deleted...]
-    <t>&lt;p&gt;7.1.1. B. Het eerste meerjarenplan is uiterlijk 31-05-2023 gereed.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Mijlpalen (pagina 29)&lt;br /&gt;Met het implementatieplan werken we toe naar de volgende mijlpalen:&lt;br /&gt;&amp;bull; Vanaf 1 juli 2024 is dit kwaliteitskader beschikbaar en start de implementatie. &lt;br /&gt;Organisaties gaan vanaf dit moment aan de slag met de 0-meting.&lt;br /&gt;&amp;bull; Voor juni 2025 een 0-meting (volgens nog te ontwikkelen format) met &lt;br /&gt;daaruitvolgend een plan van aanpak. &lt;br /&gt;&amp;bull; Voor juni 2026 het eerste kwaliteitsverslag over het jaar 2025. De vorm is vrij en &lt;br /&gt;beschrijft een terugblik, een refectie op de resultaten en een vooruitblik op de &lt;br /&gt;pijleroverstijgende thema&amp;rsquo;s en de pijlers (zie hoofdstuk 3). En kan integraal worden &lt;br /&gt;verwerkt met andere (al bestaande) kwaliteits-/jaarverslagen.&lt;br /&gt;&amp;bull; Juli 2027: Einddatum voor de implementatieperiode&lt;/p&gt;</t>
   </si>
   <si>
     <t>Rapportage</t>
   </si>
   <si>
     <t>&lt;p&gt;7.1.2. De organisatie stelt per kalenderjaar een kwaliteitsverslag op of integreert de verslaglegging over kwaliteit in een ander (reeds bestaand) kwaliteits- of jaarverslag.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;4.2.2 Elke zorgboerderij publiceert jaarlijks een openbaar kwaliteitsverslag waarin de ontwikkeling van en op de zorgboerderij wordt beschreven aan de hand van de volgende thema&amp;rsquo;s:&lt;/p&gt;
 &lt;p&gt;&amp;bull; Reflectie op de kwaliteit van het individuele zorgproces en de manier waarop kernwaarden tot hun recht komen (ring 1).&lt;/p&gt;
 &lt;p&gt;&amp;bull; Reflectie op de uitkomsten en de keuzes/acties naar aanleiding van de input uit de onderzoeken naar deelnemer-ervaringen en de inspraakmomenten (ring 2).&lt;/p&gt;
 &lt;p&gt;&amp;bull; Reflectie op het thema veiligheid en eventuele incidenten en klachten waar de zorgboerderij het afgelopen jaar mee te maken kreeg (ring 3).&lt;/p&gt;
 &lt;p&gt;&amp;bull; Reflectie op de ontwikkelingen ten aanzien van het functioneren en de vakbekwaamheid van het team op de zorgboerderij (ring 3).&lt;/p&gt;
 &lt;p&gt;&amp;bull; Reflectie op de uitkomsten van bedrijfsbezoek door &amp;eacute;&amp;eacute;n of meer externe personen (ring 3).&lt;/p&gt;
 &lt;p&gt;&amp;bull; Reflectie op de ingezette acties uit het voorgaande jaar en een beschrijving van geplande acties naar aanleiding van de reflectie op voorgaande thema&amp;rsquo;s (ring 4).&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;4.2 Implementatietools en lerende community &lt;br /&gt;Om organisaties de tijd te geven dit kwaliteitskader goed in hun zorgproces te&lt;br /&gt;laten landen, zal het eerste jaar (1 juli 2024 &amp;ndash; 30 juni 2025) gebruikt worden voor een &lt;br /&gt;0-meting en een daarop aansluitend plan van aanpak ter verbetering. Dit legt de &lt;br /&gt;basis voor het kwaliteitsverslag het daaropvolgende jaar.&lt;/p&gt;
 &lt;p&gt;Implementatietools&lt;br /&gt;De ondersteuning van de projectorganisatie zal in ieder geval bestaan uit het beschikbaar stellen van meerdere implementatietools die voor alle organisaties nuttig kunnen zijn. Zo worden organisaties ontzorgd en voorkomen we dubbel werk:&lt;br /&gt;&amp;bull; Format voor 0-meting: een matrix met alle gestelde normen dat overzicht geeft &lt;br /&gt;in wat goed gaat en waar ontwikkeling nodig is.&lt;br /&gt;&amp;bull; Een overzicht waarin de samenhang met bestaande wet- en regelgeving, &lt;br /&gt;richtlijnen, zorgstandaarden en methodes wordt weergegeven.&lt;br /&gt;&amp;bull; Verbijzonderingen van de normen voor Wlz-b en Wlz-w.&lt;br /&gt;&amp;bull; Een waaier van beschikbare meetinstrumenten.&lt;br /&gt;&amp;bull; Antwoorden op veelgestelde vragen&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;7.1.2. A. Door middel van het kwaliteitsverslag maken organisaties transparant waar ze staan met betrekking tot de implementatie van de kwaliteitsaspecten. Vanuit eigen reflectie, en in afstemming met pati&amp;euml;nten/ cli&amp;euml;nten (al dan niet via een pati&amp;euml;nten-/cli&amp;euml;nten-/verwantenraad) en medische en professionele staf (bijvoorbeeld via een verpleegkundig- agogische adviesraad), wordt beschreven wat is gerealiseerd en waar de organisatie nog op zal ontwikkelen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;4.4 Ring 4: Kwaliteitsverslag De vierde en laatste ring gaat over het laten zien van de identiteit van de zorgboerderij. Het gaat over laten zien wat er goed gaat, waaraan wordt gewerkt en hoe er op die manier continu gewerkt wordt aan goede en veilige zorg. Het gaat om het beschrijven en zichtbaar maken van de kernwaarden en de ontwikkeling van en op de zorgboerderij. Het kwaliteitsverslag dat binnen deze ring wordt gemaakt, is het visitekaartje van de zorgboerderij en de verantwoording naar de deelnemers, betrokkenen en opdrachtgevers zoals budgethouders, gemeenten en zorgkantoren.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Hoofdstuk 3. Het kwaliteitsverslag (pagina 26)&lt;br /&gt;De organisatie stelt per kalenderjaar een kwaliteitsverslag op. De plannen en ambities zijn een integraal onderdeel van dit verslag. Het kwaliteitsverslag is een terugblik, een refectie op de resultaten en een vooruitblik. In lijn met het belang van gezamenlijk refecteren en leren, haalt de organisatie informatie bij cli&amp;euml;nten, professionals (waaronder ervaringsdeskundigen), naasten en samenwerkingspartners op en verwerkt deze input in het kwaliteitsverslag.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;7.1.2. C. In het kwaliteitsverslag komen minimaal onderstaande onderdelen terug. Wanneer het kwaliteitsverslag integraal onderdeel is van een ander kwaliteits- of jaarverslag, moeten onderstaande onderdelen, voor de geleverde Forensische Zorg herkenbaar en expliciet benoemd worden: i) Visie van de organisatie op het gebied van de Forensische Zorg. ii) Algemene informatie over de geleverde Forensische Zorg: (1) Type Forensische Zorg die de organisatie levert (settings, beveiligingsniveaus). (2) Aantal pati&amp;euml;nten/cli&amp;euml;nten op peildatum 31 december van het betreffende kalenderjaar. (3) Percentage Forensische Zorg (gefinancierd door DJI) ten opzichte van anders gefinancierde zorg (inclusief vrijwillige Forensische Zorg vallend onder de Zvw) in aantal pati&amp;euml;nten/cli&amp;euml;nten op 31 december van het betreffende kalenderjaar. iii) Voor de pijlers 1 t/m 4 geeft de organisatie in het kwaliteitsverslag een samenvatting van de behaalde resultaten en de huidige stand van zaken. Het beschrijft per pijler minimaal: (1) Een algemeen beeld van de mate waarin de organisatie wel of niet voldoet aan de kwaliteitsaspecten die onder deze pijler in dit Kwaliteitskader genoemd staan. (2) Een reflectie op de behaalde resultaten binnen deze pijler in het kalenderjaar waarover verslaglegging plaatsvindt. Hierbij is aandacht voor de successen en de aandachtspunten. De organisatie reflecteert aan de gestelde doelen in het eigen meerjarenplan (zie kwaliteitsaspect 1 in pijler 5). (3) De ontwikkelpunten voor het komend kalenderjaar binnen de pijler. iv) De binnen de setting afgesproken prestatie-indicatoren krijgen een plek in het jaarverslag. Naast de &amp;lsquo;cijfers&amp;rsquo; geeft de organisatie een kwalitatieve toelichting op de cijfers.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;4.4 Ring 4: Kwaliteitsverslag, 4.4.2 Elke zorgboerderij publiceert jaarlijks een openbaar kwaliteitsverslag waarin de ontwikkeling van en op de zorgboerderij wordt beschreven aan de hand van de volgende thema&amp;rsquo;s: &amp;bull; Reflectie op de kwaliteit van het individuele zorgproces en de manier waarop kernwaarden tot hun recht komen (ring 1). &amp;bull; Reflectie op de uitkomsten en de keuzes/acties naar aanleiding van de input uit de onderzoeken naar deelnemer-ervaringen en de inspraakmomenten (ring 2). &amp;bull; Reflectie op het thema veiligheid en eventuele incidenten en klachten waar de zorgboerderij het afgelopen jaar mee te maken kreeg (ring 3). &amp;bull; Reflectie op de ontwikkelingen ten aanzien van het functioneren en de vakbekwaamheid van het team op de zorgboerderij (ring 3). &amp;bull; Reflectie op de uitkomsten van bedrijfsbezoek door &amp;eacute;&amp;eacute;n of meer externe personen (ring 3). &amp;bull; Reflectie op de ingezette acties uit het voorgaande jaar en een beschrijving van geplande acties naar aanleiding van de reflectie op voorgaande thema&amp;rsquo;s (ring 4).&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Het kwaliteitsverslag beschrijft (minimaal) de pijleroverstijgende thema&amp;rsquo;s en de refectie op de pijlers. Het kwaliteitsverslag is goed leesbaar en begrijpelijk voor cli&amp;euml;nten en hun naasten. De vorm en de manier waarop inzicht wordt gegeven is vrij te bepalen door de organisatie, tenzij hieronder anders is aangegeven in de vereisten. Het is ook mogelijk om het kwaliteitsverslag integraal te verwerken in een ander (reeds &lt;br /&gt;bestaand) kwaliteits- of jaarverslag van de organisatie. Op deze manier worden de administratieve lasten van het kwaliteitsverslag beperkt.&lt;/p&gt;
 &lt;p&gt;Overstijgende pijlers: &lt;br /&gt;1. Herstelondersteunende woonzorg &lt;br /&gt;2. Leren en ontwikkelen&lt;br /&gt;3. Innovaties&lt;/p&gt;
 &lt;p&gt;3.2 Refectie op de pijlers&lt;br /&gt;Het kwaliteitskader vraagt een refectie op de kwaliteit per pijler. Deze refectie bevat &lt;br /&gt;per pijler:&lt;br /&gt;&amp;bull; Een algemeen beeld&lt;br /&gt;&amp;bull; De behaalde resultaten en ontwikkelpunten. &lt;br /&gt;&amp;bull; Een vooruitblik op komend jaar met een concreet plan&lt;/p&gt;</t>
   </si>
   <si>
     <t>7.1.2. B. De organisatie bespreekt het kwaliteitsverslag breed binnen de organisatie en buitende de organisatie in het lerend netwerk. Doel hiervan is dat organisaties een cyclus in gaan waarin continu reflecteren, leren en verbeteren centraal staat. Op deze wijze wordt de lerende dialoog tussen de verschillende belanghebbenden binnen de organisatie en tussen de organisaties gevoed.</t>
   </si>
   <si>
-    <t>7.1.2. D. Het kwaliteitsverslag is uiterlijk 31 mei van het volgende kalenderjaar gereed. Het eerste kwaliteitsverslag dient gemaakt te worden over het kalenderjaar 2022. Omdat het eerste verslagjaar een looptijd heeft van enkele maanden wordt in het eerste kwaliteitsverslag
-verwacht van zorgaanbieders dat zij kunnen weergeven op welke wijze zij inhoud willen geven aan de implementatie op basis van het meerjarenplan.</t>
+    <t>&lt;p&gt;7.1.2. D. Het kwaliteitsverslag is uiterlijk 31 mei van het volgende kalenderjaar gereed.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;7.1.2. E. Het kwaliteitsverslag wordt gepubliceerd, in ieder geval op de website van de organisatie. Hiermee is het kwaliteitsverslag toegankelijk voor iedereen en daarmee wordt in een transparante informatieverstrekking aan de maatschappij en andere stakeholders voorzien. Het kwaliteitsverslag blijft minimaal 5 jaar openbaar toegankelijk.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;4.4 Ring 4: Kwaliteitsverslag, 4.4.2 Wat mag je minimaal verwachten? Elke zorgboerderij publiceert jaarlijks een openbaar kwaliteitsverslag waarin de ontwikkeling van en op de zorgboerderij wordt beschreven aan de hand van de volgende thema&amp;rsquo;s: &lt;br /&gt;&amp;bull; Reflectie op de kwaliteit van het individuele zorgproces en de manier waarop kernwaarden tot hun recht komen (ring 1). &lt;br /&gt;&amp;bull; Reflectie op de uitkomsten en de keuzes/acties naar aanleiding van de input uit de onderzoeken naar deelnemer-ervaringen en de inspraakmomenten (ring 2). &lt;br /&gt;&amp;bull; Reflectie op het thema veiligheid en eventuele incidenten en klachten waar de zorgboerderij het afgelopen jaar mee te maken kreeg (ring 3). &lt;br /&gt;&amp;bull; Reflectie op de ontwikkelingen ten aanzien van het functioneren en de vakbekwaamheid van het team op de zorgboerderij (ring 3). &lt;br /&gt;&amp;bull; Reflectie op de uitkomsten van bedrijfsbezoek door &amp;eacute;&amp;eacute;n of meer externe personen (ring 3). &lt;br /&gt;&amp;bull; Reflectie op de ingezette acties uit het voorgaande jaar en een beschrijving van geplande acties naar aanleiding van de reflectie op voorgaande thema&amp;rsquo;s (ring 4).&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;De vorm en de manier waarop inzicht wordt gegeven is vrij te bepalen door de &lt;br /&gt;organisatie, tenzij hieronder anders is aangegeven in de vereisten. Het is ook &lt;br /&gt;mogelijk om het kwaliteitsverslag integraal te verwerken in een ander (reeds &lt;br /&gt;bestaand) kwaliteits- of jaarverslag van de organisatie. Pagina 27&lt;/p&gt;</t>
   </si>
   <si>
     <t>7.1.3. De organisatie levert indicatoren en gegevens aan volgens de geldende aanleververplichtingen. Het betreft onder andere (en alleen indien voor de setting van toepassing) de prestatieindicatoren zoals beschreven in de Gids prestatie-indicatoren forensische psychiatrie en de doelmatigheidsindicatoren voor de FPC’s zoals beschreven in de Handleiding bekostiging en verantwoording van DJI.</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.1 Bij de behandeling/begeleiding van de pati&amp;euml;nt/cli&amp;euml;nt staat de balans tussen veiligheid en persoonsgerichte zorg centraal.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;4.1 Ook het inventariseren van de persoonlijke risico's en voorwaarden op het gebied van veiligheid horen hierbij (verwijst naar: bepalen wat belangrijk is, aan welke doelen gewerkt wordt en hoe de kernwaarden invulling krijgen voor deze unieke deelnemer)&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 1.1: Cli&amp;euml;nten - De organisatie waarborgt dat voor elke cli&amp;euml;nt op maat een woonzorgplan is opgesteld. Het woonzorgplan is een middel voor zorgprofessionals en cli&amp;euml;nten om goed in gesprek te blijven.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.1. A. i)De behandeling/begeleiding is primair gericht op reductie van recidiverisico. i) Binnen de klinische en ambulante behandel setting wordt gewerkt met een model gericht op recidivereductie, zoals bijvoorbeeld het Risk-Need-Responsivity (RNR) principe21. Daarnaast wordt hierbij gebruik gemaakt van principes van kracht- en herstelgerichte zorg.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 1.2: Cli&amp;euml;nten&lt;br /&gt;b) Het benutten en activeren van de eigen regie, kracht en autonomie van de cli&amp;euml;nt het uitgangspunt is.&lt;/p&gt;</t>
   </si>
   <si>
     <t>3.1.1. A. ii) De behandeling/begeleiding is primair gericht op reductie van recidiverisico. ii) Voor alle ambulante begeleiding en alle verblijfszorg (begeleid wonen) wordt in ieder geval gebruik gemaakt van principes van kracht- en herstelgerichte zorg, waarbij begeleiders de risicofactoren betrekken in hun begeleiding.</t>
   </si>
   <si>
     <t>3.1.1. B. Wanneer veiligheid en persoonsgerichte zorg in tegenspraak zijn met elkaar, weegt veiligheid zwaarder in de afweging.</t>
   </si>
   <si>
     <t>3.1.2. Veiligheidsmanagement(waaronder risicomanagement) is een integraal onderdeel van de Forensische Zorg.</t>
   </si>
   <si>
-    <t>&lt;p&gt;3.1.2. A. Voor iedere pati&amp;euml;nt/cli&amp;euml;nt wordt een risicotaxatie uitgevoerd middels een erkend instrument. Op basis van de uitkomsten wordt, waar ge&amp;iuml;ndiceerd of waar nodig, een (vroeg) signaleringsplan opgesteld. Risicotaxatie en een signaleringsplan (en waar van toepassing een terugvalpreventieplan) vormen een integraal onderdeel van het behandelplan/begeleidingsplan.&lt;/p&gt;</t>
+    <t>&lt;p&gt;3.1.2. A. Voor iedere pati&amp;euml;nt/cli&amp;euml;nt wordt een risicotaxatie uitgevoerd middels een erkend instrument. Op basis van de uitkomsten wordt, waar ge&amp;iuml;ndiceerd of waar nodig, een (vroeg) signaleringsplan opgesteld. Risicotaxatie en een signaleringsplan (en waar van toepassing een terugvalpreventieplan) vormen een integraal onderdeel van het behandelplan/begeleidingsplan. Voor de ambulante setting wordt voorafgaand aan het werken met een signaleringsplan/terugvalpreventieplan een veiligheidsplan opgesteld, waarin aandacht is voor acute risicofactoren, indien mogelijk met betrokkenheid van persoonlijk netwerk.&amp;nbsp;&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 2.5: Samenwerking - 19) De samenwerking vanuit professionals is gericht op cli&amp;euml;nten in staat stellen zo veel mogelijk mee te doen in de maatschappij (waar dat aansluit bij de &lt;br /&gt;behoefte van de cli&amp;euml;nt): het vangnet voor de cli&amp;euml;nt vergroten zodat zo min mogelijk woonzorg voor de cli&amp;euml;nt nodig is.&lt;/p&gt;
 &lt;p&gt;20) De organisatie schept de randvoorwaarden dat professionals kunnen samenwerken met alle anderen in het netwerk om de cli&amp;euml;nt heen, gericht op passende zorg, waarbij:&lt;br /&gt;b) de organisatie zorgt voor goede regie en co&amp;ouml;rdinatie van de integrale zorg, het bijeenbrengen van signalen in het kader van vroegsignalering en een warme overdracht bij in-, door- en uitstroom (denk aan situaties zoals crisisopname en verhuizing).&lt;/p&gt;</t>
   </si>
   <si>
     <t>3.1.2. B. De delictanalyse wordt voor alle patiënten/cliënten binnen de Forensisch Psychiatrische Centra (FPC’s) ingezet. Voor de Overige Forensische Zorg (OFZ) geldt dat de organisatie beleid heeft bij welke patiënten/cliënten men wel of geen en wanneer een delictanalyse inzet. Het behandelplan/begeleidingsplan wordt mede opgesteld naar aanleiding van de, indien afgenomen, delictanalyse. Voor de delictanalyse wordt gebruik gemaakt van de methode die onder het programma Kwaliteit Forensische Zorg (KFZ) is ontwikkeld.</t>
   </si>
   <si>
-    <t>3.2.7. Veiligheidsmanagement (waaronder risicomanagement) specifiek per Klinisch en Ambulant</t>
+    <t>&lt;p&gt;3.2.7. Veiligheidsmanagement (waaronder risicomanagement) specifiek per Klinisch.&lt;/p&gt;</t>
   </si>
   <si>
     <t>3.2.7. A. Binnen de Klinische Forensische zorg wordt het veiligheidsmanagement afgestemd op en (waar sprake is van beveiligingsniveaus) ingepast binnen het geldende beveiligingsniveau.</t>
-  </si>
-[...1 lines deleted...]
-    <t>3.2.7. B. Binnen de Ambulante setting is het nodig om met een veiligheidsplan te werken als er sprake is van een hoge kans op recidive (eventueel veroorzaakt door acute risicofactoren), indien mogelijk met betrokkenheid van systeemleden.</t>
   </si>
   <si>
     <t>3.1.1. D. Professionals werken aan een veilige en betrouwbare professionele relatie met de patiënt/cliënt. Dit draagt bij aan de motivatie van patiënt/cliënt en de professional creëert binnen het contact voldoende veiligheid waarin de patiënt/cliënt kritisch naar zichzelf kan kijken en nieuw gedrag kan aanleren. Dit is essentieel om tot een geslaagde behandeling/begeleiding te kunnen komen.</t>
   </si>
   <si>
     <t>3.1.1. C. De patiënt/cliënt heeft (naar vermogen en rekening houdend met eventuele (verstandelijke) beperkingen) een actieve inbreng en eigen verantwoordelijkheid bij het opstellen en uitvoeren van het behandelplan/begeleidingsplan en het behalen van afgesproken doelen. De organisatie stimuleert dit, onder andere door patiënt/cliënt goed te informeren.</t>
   </si>
   <si>
     <t>3.1.1. E. De autonomie van de patiënt/cliënt wordt zo lang mogelijk en zo goed mogelijk gewaarborgd. Onvrijwillige zorg wordt zo min mogelijk ingezet. Wanneer wel nodig, dan wordt inzet van onvrijwillige zorg multidisciplinair afgewogen op doelmatigheid, proportionaliteit, subsidiariteit en veiligheid.</t>
   </si>
   <si>
     <t>&lt;p&gt;3.2.8. Het leefklimaat vormt een belangrijk onderdeel van de behandeling/begeleiding binnen de klinische- en verblijfssetting.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 3.12: Professional - Borgen van de randvoorwaarden vanuit de organisatie&lt;br /&gt;12) De organisatie heeft de randvoorwaarden op orde die ervoor zorgen dat professionals herstelondersteunende zorg kunnen leveren, waarbij:&lt;br /&gt;f) de locatie waar de woonzorg wordt geboden geschikt is voor de cli&amp;euml;nten en de woonzorg die geboden wordt&lt;/p&gt;</t>
   </si>
   <si>
     <t>3.2.8. A. In de klinische- en verblijfssetting is de patiënt/cliënt voor het grootste deel van de week in zijn/ haar eigen verblijf of op de groep. Professionals op de groep leveren vanuit hun handelen een bijdrage aan de behandeling en begeleiding van de patiënt/cliënt.</t>
   </si>
   <si>
     <t>3.2.8. D. Sensitiviteit en transparantie van behandelaren/begeleiders zorgt voor aansluiting bij de patiënt/ cliënt en draagt daarmee bij aan het creëren van een leefklimaat dat ondersteunend is aan de behandel-/begeleidingsdoelen.</t>
   </si>
   <si>
     <t>3.2.8. E. Het leefklimaat biedt ruimte aan een zinvolle dagbesteding en aandacht voor fysiek en psychisch welbevinden.</t>
   </si>
@@ -831,98 +817,98 @@
 &lt;p&gt;g) een koppeling is met een signaleringsplan en naar aanleiding van vroegsignalering er extra aandacht wordt geschonken aan mogelijke kwetsbaarheden van de cli&amp;euml;nt (risico-inventarisatie).&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.3. D. Het behandelplan/begeleidingsplan bevat (SMART) doelen met helder beschreven doorlooptijden, waaronder het beoogde einddoel. Deze zijn te allen tijde transparant voor de pati&amp;euml;nt/ cli&amp;euml;nt. De professional en de pati&amp;euml;nt/cli&amp;euml;nt zijn gezamenlijk verantwoordelijk voor het halen van de doelen en de doorlooptijden.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;2) De dagelijkse werkwijze van de woonzorg van de cli&amp;euml;nt is persoonsgericht &lt;br /&gt;en ingericht op een manier dat:&lt;br /&gt;c) de dagelijkse werkwijze in afstemming met de cli&amp;euml;nt plaatsvindt.&lt;/p&gt;</t>
   </si>
   <si>
     <t>3.1.3. E. Professionals sluiten in het behandelplan/begeleidingsplan aan bij de belevingswereld binnen de sociale context en vaardigheden van de patiënt/cliënt. Van belang is dat de patiënt/cliënt zo veel mogelijk geïnformeerd is over waar hij/zij aan toe is, ook als het plan nog opgesteld wordt of nog niet volledig is. De betrokken professionals en de patiënt/cliënt spreken af welke professional het eerste aanspreekpunt is voor de patiënt/cliënt en wie de patiënt/cliënt dus ook informeert.</t>
   </si>
   <si>
     <t>4.1.2 Op de zorgboerderij is er voor iedere deelnemer een persoonlijk ondersteuningsplan. Uit dit plan blijkt dat het samen met de deelnemer, en indien van toepassing ook andere betrokkenen, gemaakt is. In het plan zie je terug op welke manier de kernwaarden tot uiting komen in de manier van werken aan de persoonlijke doelen. Met iedere deelnemer is er een afspraak over de termijn waarbinnen het plan geëvalueerd wordt, waarbij een minimum geldt van één evaluatie per jaar. Daarnaast zijn er duidelijke afspraken over de bereikbaarheid en de manier waarop de deelnemer en/of andere betrokkenen tussentijds kunnen praten over de zorg, de doelen en de voortgang.</t>
   </si>
   <si>
     <t>3.1.3. F. De organisatie heeft beleid ten aanzien van anderstaligen.</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.4. Rapportage en dossiervoering worden uitgevoerd conform de professionele standaard.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 3.9: Professional. De medewerkers. De organisatie zorgt voor de inzet van voldoende deskundige medewerkers voor het verzorgen van de woonzorg aan cli&amp;euml;nten, waarbij:&lt;/p&gt;
 &lt;p&gt;g) de professional adequaat rapporteert op de cli&amp;euml;ntdoelen in het elektronisch &lt;br /&gt;cli&amp;euml;ntendossier.&lt;/p&gt;</t>
   </si>
   <si>
-    <t>3.1.4. A. De behandelaren/begeleiders verzamelen in de eerste 24 uur (gerekend vanaf het eerste contact met de patiënt/cliënt) de meest cruciale informatie over de patiënt/cliënt (o.a. kritische informatie over bijvoorbeeld medicatiegebruik). De behandelaren/begeleiders zorgen ervoor dat deze informatie toegankelijk is voor alle andere betrokken behandelaren/begeleiders binnen de eigen organisatie. Dat mag in een voorlopig behandelplan/begeleidingsplan, of op een andere manier in het dossier.</t>
+    <t>&lt;p&gt;3.1.4. A. De behandelaren/begeleiders verzamelen in de eerste 24 uur (gerekend vanaf het eerste contact met de pati&amp;euml;nt/cli&amp;euml;nt) de meest cruciale informatie over de pati&amp;euml;nt/cli&amp;euml;nt (o.a. kritische informatie over bijvoorbeeld medicatiegebruik). Voor de ambulante zorg geldt dat deze informatie zo snel als mogelijk na de eerste 24 uur is verzameld. De behandelaren/begeleiders zorgen ervoor dat deze informatie toegankelijk is voor alle andere betrokken behandelaren/begeleiders binnen de eigen organisatie. Dat mag in een voorlopig behandelplan/begeleidingsplan, of op een andere manier in het dossier.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.4. B. De behandelaren/begeleiders rapporteren in het dossier van de pati&amp;euml;nt/cli&amp;euml;nt op de gestelde doelen in het behandelplan/begeleidingsplan.&lt;/p&gt;</t>
   </si>
   <si>
     <t>3.1.4. C. De organisatie heeft afspraken vastgelegd over wie onder welke voorwaarden inzage heeft in het dossier van de patiënt/cliënt en onder welke voorwaarden het dossier gedeeld mag worden (zowel intern als extern).</t>
   </si>
   <si>
     <t>3.1.4. E. De patiënt/cliënt heeft recht op inzage in zijn/haar eigen dossier. De hiervoor opgestelde procedures zijn vastgesteld.</t>
   </si>
   <si>
     <t>3.1.4. D. De patiënt/cliënt wordt zo veel mogelijk betrokken bij het opstellen van periodieke (voortgangs-) rapportages over de behandeling/begeleiding.</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.6. De behandeling/begeleiding wordt waar mogelijk afgeschaald en waar nodig opgeschaald, zodat de zorg doelmatig en effectief wordt ingezet. Dit geldt zowel voor op- en afschalen binnen de eigen organisatie als binnen de keten(zie hoofdstuk 6 en bijlage 4).&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 1: Cli&amp;euml;nten - De organisatie waarborgt dat voor elke cli&amp;euml;nt op maat een woonzorgplan is opgesteld. Het woonzorgplan is een middel voor zorgprofessionals en cli&amp;euml;nten om goed in gesprek te blijven, waarbij:&lt;br /&gt;&lt;br /&gt;f) Ketenpartners actief betrokken zijn om de samenwerking te verbeteren en heldere afspraken te maken over taken en verantwoordelijkheden.&lt;/p&gt;
 &lt;p&gt;Pijler 2.5: Samenwerking - Vormgeven van goede samenwerkingen&lt;br /&gt;17) Om invulling te geven aan passende zorg zoekt de organisatie naar nieuwe en innovatieve vormen van samenwerking die passen bij de uitdagingen in de zorgsector algemeen, in de langdurige zorg en in de ggz-zorg.&lt;/p&gt;</t>
   </si>
   <si>
     <t>3.1.6. A. Risicomanagement is leidend bij het op- en afschalen.</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 3.12: Professional - Borgen van de randvoorwaarden vanuit de organisatie&lt;br /&gt;- De organisatie heeft de randvoorwaarden op orde die ervoor zorgen dat professionals herstelondersteunende zorg kunnen leveren, waarbij:&lt;br /&gt;a) alle medewerkers van de organisatie zijn doordrongen van de herstelgedachte, en de herstelgedachte de cultuur domineert binnen de organisatie.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.1. A. ii) De behandeling/begeleiding is primair gericht op reductie van recidiverisico. ii) Voor alle ambulante begeleiding en alle verblijfszorg (begeleid wonen) wordt in ieder geval gebruik gemaakt van principes van kracht- en herstelgerichte zorg, waarbij begeleiders de risicofactoren betrekken in hun begeleiding.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.1. B. Wanneer veiligheid en persoonsgerichte zorg in tegenspraak zijn met elkaar, weegt veiligheid zwaarder in de afweging.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.2. Veiligheidsmanagement(waaronder risicomanagement) is een integraal onderdeel van de Forensische Zorg.&lt;/p&gt;</t>
   </si>
   <si>
+    <t>&lt;p&gt;3.1.2. A. Voor iedere pati&amp;euml;nt/cli&amp;euml;nt wordt een risicotaxatie uitgevoerd middels een erkend instrument. Op basis van de uitkomsten wordt, waar ge&amp;iuml;ndiceerd of waar nodig, een (vroeg) signaleringsplan opgesteld. Risicotaxatie en een signaleringsplan (en waar van toepassing een terugvalpreventieplan) vormen een integraal onderdeel van het behandelplan/begeleidingsplan. Voor de ambulante setting wordt voorafgaand aan het werken met een signaleringsplan/terugvalpreventieplan een veiligheidsplan opgesteld, waarin aandacht is voor acute risicofactoren, indien mogelijk met betrokkenheid van persoonlijk netwerk.&lt;/p&gt;</t>
+  </si>
+  <si>
     <t>&lt;p&gt;3.1.2. B. De delictanalyse wordt voor alle pati&amp;euml;nten/cli&amp;euml;nten binnen de Forensisch Psychiatrische Centra (FPC&amp;rsquo;s) ingezet. Voor de Overige Forensische Zorg (OFZ) geldt dat de organisatie beleid heeft bij welke pati&amp;euml;nten/cli&amp;euml;nten men wel of geen en wanneer een delictanalyse inzet. Het behandelplan/begeleidingsplan wordt mede opgesteld naar aanleiding van de, indien afgenomen, delictanalyse. Voor de delictanalyse wordt gebruik gemaakt van de methode die onder het programma Kwaliteit Forensische Zorg (KFZ) is ontwikkeld.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.1. D. Professionals werken aan een veilige en betrouwbare professionele relatie met de pati&amp;euml;nt/cli&amp;euml;nt. Dit draagt bij aan de motivatie van pati&amp;euml;nt/cli&amp;euml;nt en de professional cre&amp;euml;ert binnen het contact voldoende veiligheid waarin de pati&amp;euml;nt/cli&amp;euml;nt kritisch naar zichzelf kan kijken en nieuw gedrag kan aanleren. Dit is essentieel om tot een geslaagde behandeling/begeleiding te kunnen komen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 2: Naasten - 6) De organisatie handelt binnen de kaders van de privacywetgeving, waarbij;&lt;br /&gt;a) als de cli&amp;euml;nt geen naasten wil betrekken: de organisatie zich inspant om samen met de cli&amp;euml;nt blijvend te onderzoeken wat de meerwaarde is van het betrekken van naasten bij de woonzorg.&lt;/p&gt;
 &lt;p&gt;Pijler 3.12: Professional - Borgen van de randvoorwaarden vanuit de organisatie&lt;br /&gt;- De organisatie heeft de randvoorwaarden op orde die ervoor zorgen dat professionals herstelondersteunende zorg kunnen leveren, waarbij:&lt;br /&gt;a) alle medewerkers van de organisatie zijn doordrongen van de herstelgedachte, en de herstelgedachte de cultuur domineert binnen de organisatie.&lt;/p&gt;</t>
-  </si>
-[...1 lines deleted...]
-    <t>&lt;p&gt;3.1.5. B. Naasten, en andere relevante systeemleden, van de pati&amp;euml;nt/cli&amp;euml;nt krijgen (tenzij er geen toestemming is van de pati&amp;euml;nt/cli&amp;euml;nt) uitleg over: i) De problematiek. ii) De behandeling/begeleiding. iii) De afspraken omtrent bezoek.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 2.2: Naasten - 6) De organisatie handelt binnen de kaders van de privacywetgeving, waarbij;&lt;br /&gt;a) als de cli&amp;euml;nt geen naasten wil betrekken: de organisatie zich inspant om samen met de cli&amp;euml;nt blijvend te onderzoeken wat de meerwaarde is van het betrekken van naasten bij de woonzorg.&lt;/p&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -1229,51 +1215,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D222"/>
+  <dimension ref="A1:D219"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="2072.637" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="1354.241" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="2008.938" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1699,567 +1685,567 @@
       <c r="B45" t="s">
         <v>77</v>
       </c>
       <c r="D45" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>79</v>
       </c>
       <c r="B46" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>81</v>
       </c>
       <c r="B47" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>53</v>
+        <v>83</v>
       </c>
       <c r="B48" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B49" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>86</v>
-[...1 lines deleted...]
-      <c r="B50" t="s">
+        <v>53</v>
+      </c>
+      <c r="C50" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>53</v>
+        <v>71</v>
+      </c>
+      <c r="B51" t="s">
+        <v>88</v>
       </c>
       <c r="C51" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="C52" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="C53" t="s">
         <v>91</v>
+      </c>
+      <c r="B53" t="s">
+        <v>92</v>
+      </c>
+      <c r="D53" t="s">
+        <v>93</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B54" t="s">
-        <v>93</v>
-[...1 lines deleted...]
-      <c r="D54" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B55" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B56" t="s">
         <v>96</v>
       </c>
+      <c r="C56" t="s">
+        <v>97</v>
+      </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B57" t="s">
-        <v>97</v>
-[...1 lines deleted...]
-      <c r="C57" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="B58" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B59" t="s">
         <v>100</v>
       </c>
+      <c r="D59" t="s">
+        <v>101</v>
+      </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B60" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="D60" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>86</v>
+        <v>18</v>
       </c>
       <c r="B61" t="s">
         <v>103</v>
       </c>
+      <c r="C61" t="s">
+        <v>104</v>
+      </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>18</v>
+        <v>85</v>
       </c>
       <c r="B62" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-        <v>105</v>
+        <v>24</v>
+      </c>
+      <c r="D62" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
+        <v>85</v>
+      </c>
+      <c r="B63" t="s">
         <v>86</v>
       </c>
-      <c r="B63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D63" t="s">
-        <v>25</v>
+        <v>105</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>86</v>
+        <v>106</v>
       </c>
       <c r="B64" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="B65" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="B66" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="B67" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="B68" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="B69" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="B70" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="B71" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>107</v>
+        <v>83</v>
       </c>
       <c r="B72" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B73" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B74" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B75" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>84</v>
+        <v>18</v>
       </c>
       <c r="B76" t="s">
-        <v>119</v>
+        <v>28</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>18</v>
       </c>
       <c r="B77" t="s">
-        <v>28</v>
+        <v>119</v>
+      </c>
+      <c r="D77" t="s">
+        <v>120</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>18</v>
       </c>
       <c r="B78" t="s">
-        <v>120</v>
-[...1 lines deleted...]
-      <c r="D78" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>18</v>
       </c>
       <c r="B79" t="s">
-        <v>122</v>
+        <v>19</v>
+      </c>
+      <c r="C79" t="s">
+        <v>20</v>
+      </c>
+      <c r="D79" t="s">
+        <v>21</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>18</v>
       </c>
-      <c r="B80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C80" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>122</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>18</v>
       </c>
       <c r="C81" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>18</v>
       </c>
       <c r="C82" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="C83" t="s">
+        <v>106</v>
+      </c>
+      <c r="B83" t="s">
         <v>125</v>
+      </c>
+      <c r="D83" t="s">
+        <v>126</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>107</v>
+        <v>127</v>
       </c>
       <c r="B84" t="s">
-        <v>126</v>
+        <v>128</v>
+      </c>
+      <c r="C84" t="s">
+        <v>129</v>
       </c>
       <c r="D84" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>128</v>
+        <v>79</v>
       </c>
       <c r="B85" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D85" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>79</v>
       </c>
       <c r="B86" t="s">
-        <v>132</v>
+        <v>133</v>
+      </c>
+      <c r="C86" t="s">
+        <v>129</v>
       </c>
       <c r="D86" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>79</v>
+        <v>127</v>
       </c>
       <c r="B87" t="s">
-        <v>134</v>
-[...4 lines deleted...]
-      <c r="D87" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>128</v>
+        <v>81</v>
       </c>
       <c r="B88" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>81</v>
       </c>
       <c r="B89" t="s">
         <v>137</v>
       </c>
+      <c r="C89" t="s">
+        <v>138</v>
+      </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>81</v>
       </c>
-      <c r="B90" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C90" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="C91" t="s">
+        <v>51</v>
+      </c>
+      <c r="B91" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>51</v>
       </c>
       <c r="B92" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>51</v>
+        <v>127</v>
       </c>
       <c r="B93" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>128</v>
+        <v>51</v>
       </c>
       <c r="B94" t="s">
         <v>143</v>
       </c>
+      <c r="D94" t="s">
+        <v>144</v>
+      </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>51</v>
+        <v>127</v>
       </c>
       <c r="B95" t="s">
-        <v>144</v>
-[...1 lines deleted...]
-      <c r="D95" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="B96" t="s">
         <v>146</v>
       </c>
+      <c r="D96" t="s">
+        <v>147</v>
+      </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="B97" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D97" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="B98" t="s">
-        <v>149</v>
-[...1 lines deleted...]
-      <c r="D98" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="B99" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
-        <v>128</v>
+        <v>79</v>
       </c>
       <c r="B100" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>79</v>
       </c>
       <c r="B101" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B102" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="B103" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
         <v>79</v>
       </c>
       <c r="B104" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B105" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
         <v>81</v>
       </c>
       <c r="B106" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
         <v>81</v>
       </c>
       <c r="B107" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
         <v>81</v>
       </c>
@@ -2271,1071 +2257,1044 @@
       <c r="A109" t="s">
         <v>81</v>
       </c>
       <c r="B109" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
         <v>81</v>
       </c>
       <c r="B110" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
         <v>81</v>
       </c>
       <c r="B111" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>53</v>
+        <v>83</v>
       </c>
       <c r="B112" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B113" t="s">
-        <v>165</v>
+        <v>116</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B114" t="s">
-        <v>166</v>
+        <v>117</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B115" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>84</v>
+        <v>18</v>
       </c>
       <c r="B116" t="s">
-        <v>118</v>
+        <v>28</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>84</v>
+        <v>18</v>
       </c>
       <c r="B117" t="s">
-        <v>119</v>
+        <v>29</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
         <v>18</v>
       </c>
       <c r="B118" t="s">
-        <v>28</v>
+        <v>121</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>18</v>
+        <v>106</v>
       </c>
       <c r="B119" t="s">
-        <v>29</v>
+        <v>165</v>
+      </c>
+      <c r="D119" t="s">
+        <v>166</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>18</v>
+        <v>71</v>
       </c>
       <c r="B120" t="s">
-        <v>122</v>
+        <v>167</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>107</v>
+        <v>71</v>
       </c>
       <c r="B121" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>71</v>
+        <v>31</v>
       </c>
       <c r="B122" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>71</v>
+        <v>31</v>
       </c>
       <c r="B123" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="B124" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>31</v>
+        <v>71</v>
       </c>
       <c r="B125" t="s">
-        <v>171</v>
+        <v>88</v>
+      </c>
+      <c r="C125" t="s">
+        <v>89</v>
+      </c>
+      <c r="D125" t="s">
+        <v>172</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>37</v>
+        <v>91</v>
       </c>
       <c r="B126" t="s">
-        <v>172</v>
+        <v>92</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>71</v>
+        <v>91</v>
       </c>
       <c r="B127" t="s">
-        <v>89</v>
-[...4 lines deleted...]
-      <c r="D127" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B128" t="s">
-        <v>93</v>
+        <v>96</v>
+      </c>
+      <c r="C128" t="s">
+        <v>97</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B129" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="B130" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="B131" t="s">
+        <v>100</v>
+      </c>
+      <c r="D131" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B132" t="s">
-        <v>100</v>
+        <v>176</v>
+      </c>
+      <c r="D132" t="s">
+        <v>177</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B133" t="s">
-        <v>101</v>
+        <v>178</v>
       </c>
       <c r="D133" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>177</v>
+        <v>85</v>
       </c>
       <c r="D134" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>86</v>
+        <v>181</v>
       </c>
       <c r="B135" t="s">
-        <v>179</v>
+        <v>182</v>
+      </c>
+      <c r="C135" t="s">
+        <v>183</v>
       </c>
       <c r="D135" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>86</v>
+        <v>181</v>
       </c>
       <c r="B136" t="s">
-        <v>181</v>
+        <v>185</v>
+      </c>
+      <c r="C136" t="s">
+        <v>186</v>
       </c>
       <c r="D136" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="B137" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="C137" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="D137" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="B138" t="s">
-        <v>187</v>
-[...5 lines deleted...]
-        <v>189</v>
+        <v>191</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="B139" t="s">
-        <v>190</v>
-[...4 lines deleted...]
-      <c r="D139" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="B140" t="s">
         <v>193</v>
       </c>
+      <c r="C140" t="s">
+        <v>194</v>
+      </c>
+      <c r="D140" t="s">
+        <v>195</v>
+      </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="B141" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>53</v>
       </c>
       <c r="C142" t="s">
-        <v>196</v>
-[...2 lines deleted...]
-        <v>197</v>
+        <v>90</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>183</v>
+        <v>85</v>
       </c>
       <c r="B143" t="s">
-        <v>198</v>
+        <v>24</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>53</v>
+        <v>91</v>
+      </c>
+      <c r="B144" t="s">
+        <v>197</v>
       </c>
       <c r="C144" t="s">
-        <v>91</v>
+        <v>198</v>
+      </c>
+      <c r="D144" t="s">
+        <v>199</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="B145" t="s">
-        <v>24</v>
+        <v>200</v>
+      </c>
+      <c r="D145" t="s">
+        <v>201</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B146" t="s">
-        <v>199</v>
-[...5 lines deleted...]
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B147" t="s">
-        <v>202</v>
-[...1 lines deleted...]
-      <c r="D147" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B148" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B149" t="s">
         <v>205</v>
       </c>
+      <c r="D149" t="s">
+        <v>206</v>
+      </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B150" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B151" t="s">
-        <v>207</v>
-[...1 lines deleted...]
-      <c r="D151" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B152" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>92</v>
+        <v>51</v>
       </c>
       <c r="B153" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>92</v>
+        <v>33</v>
       </c>
       <c r="B154" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>92</v>
+        <v>33</v>
       </c>
       <c r="B155" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>51</v>
+        <v>71</v>
       </c>
       <c r="B156" t="s">
         <v>213</v>
       </c>
+      <c r="D156" t="s">
+        <v>214</v>
+      </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>33</v>
+        <v>71</v>
       </c>
       <c r="B157" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>33</v>
+        <v>71</v>
       </c>
       <c r="B158" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
         <v>71</v>
       </c>
       <c r="B159" t="s">
-        <v>216</v>
-[...1 lines deleted...]
-      <c r="D159" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>71</v>
+        <v>31</v>
       </c>
       <c r="B160" t="s">
+        <v>169</v>
+      </c>
+      <c r="D160" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>71</v>
+        <v>31</v>
       </c>
       <c r="B161" t="s">
+        <v>170</v>
+      </c>
+      <c r="D161" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>71</v>
+        <v>37</v>
       </c>
       <c r="B162" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="B163" t="s">
-        <v>170</v>
-[...1 lines deleted...]
-      <c r="D163" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="B164" t="s">
-        <v>171</v>
-[...1 lines deleted...]
-      <c r="D164" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
         <v>37</v>
       </c>
       <c r="B165" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
         <v>37</v>
       </c>
       <c r="B166" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
         <v>37</v>
       </c>
       <c r="B167" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>37</v>
+        <v>49</v>
       </c>
       <c r="B168" t="s">
         <v>226</v>
       </c>
+      <c r="D168" t="s">
+        <v>227</v>
+      </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>37</v>
+        <v>49</v>
       </c>
       <c r="B169" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>37</v>
+        <v>49</v>
       </c>
       <c r="B170" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>49</v>
+        <v>91</v>
       </c>
       <c r="B171" t="s">
-        <v>229</v>
+        <v>230</v>
+      </c>
+      <c r="C171" t="s">
+        <v>231</v>
       </c>
       <c r="D171" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>49</v>
+        <v>91</v>
       </c>
       <c r="B172" t="s">
-        <v>231</v>
+        <v>92</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>49</v>
+        <v>91</v>
       </c>
       <c r="B173" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B174" t="s">
-        <v>233</v>
-[...5 lines deleted...]
-        <v>235</v>
+        <v>173</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B175" t="s">
-        <v>93</v>
+        <v>96</v>
+      </c>
+      <c r="C175" t="s">
+        <v>97</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B176" t="s">
-        <v>236</v>
+        <v>174</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>92</v>
+        <v>31</v>
       </c>
       <c r="B177" t="s">
-        <v>174</v>
+        <v>39</v>
+      </c>
+      <c r="C177" t="s">
+        <v>40</v>
+      </c>
+      <c r="D177" t="s">
+        <v>234</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>92</v>
+        <v>31</v>
       </c>
       <c r="B178" t="s">
-        <v>97</v>
+        <v>42</v>
       </c>
       <c r="C178" t="s">
-        <v>98</v>
+        <v>40</v>
+      </c>
+      <c r="D178" t="s">
+        <v>235</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>92</v>
+        <v>31</v>
       </c>
       <c r="B179" t="s">
-        <v>175</v>
+        <v>236</v>
+      </c>
+      <c r="C179" t="s">
+        <v>237</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>31</v>
+        <v>91</v>
       </c>
       <c r="B180" t="s">
-        <v>39</v>
+        <v>230</v>
       </c>
       <c r="C180" t="s">
-        <v>40</v>
+        <v>231</v>
       </c>
       <c r="D180" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
         <v>31</v>
       </c>
       <c r="B181" t="s">
-        <v>42</v>
+        <v>239</v>
       </c>
       <c r="C181" t="s">
-        <v>40</v>
+        <v>231</v>
       </c>
       <c r="D181" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
         <v>31</v>
       </c>
       <c r="B182" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="C182" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>92</v>
+        <v>31</v>
       </c>
       <c r="B183" t="s">
-        <v>233</v>
-[...5 lines deleted...]
-        <v>241</v>
+        <v>243</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>31</v>
+        <v>181</v>
       </c>
       <c r="B184" t="s">
-        <v>242</v>
-[...2 lines deleted...]
-        <v>234</v>
+        <v>244</v>
       </c>
       <c r="D184" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
         <v>31</v>
       </c>
       <c r="B185" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="C185" t="s">
-        <v>245</v>
+        <v>231</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>31</v>
+        <v>181</v>
       </c>
       <c r="B186" t="s">
-        <v>246</v>
+        <v>247</v>
+      </c>
+      <c r="D186" t="s">
+        <v>245</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>183</v>
+        <v>33</v>
       </c>
       <c r="B187" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="D187" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B188" t="s">
         <v>249</v>
       </c>
-      <c r="C188" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>183</v>
+        <v>47</v>
       </c>
       <c r="B189" t="s">
         <v>250</v>
       </c>
-      <c r="D189" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="B190" t="s">
         <v>251</v>
       </c>
+      <c r="D190" t="s">
+        <v>252</v>
+      </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="B191" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B192" t="s">
-        <v>253</v>
+        <v>228</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
         <v>49</v>
       </c>
       <c r="B193" t="s">
-        <v>254</v>
-[...2 lines deleted...]
-        <v>255</v>
+        <v>229</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="B194" t="s">
-        <v>256</v>
+        <v>220</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="B195" t="s">
-        <v>231</v>
+        <v>221</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="B196" t="s">
-        <v>232</v>
+        <v>222</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
         <v>37</v>
       </c>
       <c r="B197" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
         <v>37</v>
       </c>
       <c r="B198" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
         <v>37</v>
       </c>
       <c r="B199" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>37</v>
+        <v>91</v>
       </c>
       <c r="B200" t="s">
-        <v>226</v>
+        <v>197</v>
+      </c>
+      <c r="C200" t="s">
+        <v>198</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>37</v>
+        <v>91</v>
       </c>
       <c r="B201" t="s">
-        <v>227</v>
+        <v>200</v>
+      </c>
+      <c r="D201" t="s">
+        <v>254</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
-        <v>37</v>
+        <v>91</v>
       </c>
       <c r="B202" t="s">
-        <v>228</v>
+        <v>255</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B203" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>200</v>
+        <v>256</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B204" t="s">
-        <v>202</v>
-[...1 lines deleted...]
-      <c r="D204" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B205" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B206" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>92</v>
+        <v>51</v>
       </c>
       <c r="B207" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>92</v>
+        <v>33</v>
       </c>
       <c r="B208" t="s">
-        <v>207</v>
+        <v>34</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>92</v>
+        <v>33</v>
       </c>
       <c r="B209" t="s">
-        <v>261</v>
+        <v>35</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
-        <v>51</v>
+        <v>71</v>
       </c>
       <c r="B210" t="s">
-        <v>262</v>
+        <v>168</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
-        <v>33</v>
+        <v>71</v>
       </c>
       <c r="B211" t="s">
-        <v>34</v>
+        <v>167</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="B212" t="s">
-        <v>35</v>
+        <v>169</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
-        <v>71</v>
+        <v>31</v>
       </c>
       <c r="B213" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
-        <v>71</v>
+        <v>4</v>
       </c>
       <c r="B214" t="s">
-        <v>168</v>
+        <v>5</v>
+      </c>
+      <c r="C214" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
-        <v>31</v>
+        <v>4</v>
       </c>
       <c r="B215" t="s">
-        <v>170</v>
+        <v>9</v>
+      </c>
+      <c r="D215" t="s">
+        <v>261</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
-        <v>31</v>
+        <v>4</v>
       </c>
       <c r="B216" t="s">
-        <v>171</v>
+        <v>11</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
         <v>4</v>
       </c>
       <c r="B217" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>16</v>
+      </c>
+      <c r="D217" t="s">
+        <v>262</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
-        <v>4</v>
+        <v>31</v>
       </c>
       <c r="B218" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>263</v>
+        <v>59</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
-        <v>4</v>
+        <v>53</v>
       </c>
       <c r="B219" t="s">
-        <v>264</v>
-[...25 lines deleted...]
-      <c r="B222" t="s">
         <v>62</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>