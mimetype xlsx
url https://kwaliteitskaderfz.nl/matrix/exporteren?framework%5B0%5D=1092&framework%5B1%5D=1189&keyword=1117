--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -12,99 +12,93 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>Trefwoord</t>
   </si>
   <si>
     <t>Kwaliteitskader FZ</t>
   </si>
   <si>
     <t>Toetsingskader WMO</t>
   </si>
   <si>
     <t>Externe communicatie en samenwerking</t>
   </si>
   <si>
     <t>&lt;p&gt;6.1.1. De organisatie werkt samen met andere organisaties binnen en buiten de Forensische Zorg om continu&amp;iuml;teit van zorg te realiseren.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;6.1.1. E. De organisatie werkt actief toe naar samenwerkingsverbanden met organisaties buiten de Forensische Zorg.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;6.1.1. A. In het geval van stapelzorg wordt door betrokken partijen de co&amp;ouml;rdinerende rol afgesproken en professionals zorgen voor regelmatige afstemming van het behandel- en begeleidingsplan, waarbij men een gezamenlijk signaleringsplan opstelt.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.2 In geval van meervoudige, complexe problematiek is &amp;eacute;&amp;eacute;n regisseur of co&amp;ouml;rdinator aangewezen die de nodige samenhang en continu&amp;iuml;teit bewaakt.&lt;/p&gt;</t>
   </si>
   <si>
-    <t>6.1.1. G. Indien reclassering betrokken is: Bij de uitvoering van de zorg wordt de driehoeksverhouding gehanteerd tussen de reclassering, patiënt/cliënt en behandelaren en/of begeleiders, waarbij alle partijen elkaar informeren (binnen de wettelijke kaders). De drie-partijenovereenkomst kan als middel worden gebruikt om de samenwerking te formaliseren.</t>
+    <t>&lt;p&gt;6.1.1. G. Indien reclassering betrokken is: Bij de uitvoering van de zorg wordt de driehoeksverhouding gehanteerd tussen de reclassering, pati&amp;euml;nt/cli&amp;euml;nt en behandelaren en/of begeleiders, waarbij alle partijen elkaar informeren (binnen de wettelijke kaders). Een driepartijenovereenkomst kan als middel worden gebruikt om de samenwerking te formaliseren.&lt;/p&gt;</t>
   </si>
   <si>
     <t>6.1.1. I. Indien van toepassing heeft de organisatie (met het oog op de continuïteit van zorg) contact met de geëigende partijen zoals reguliere GGZ, zorg, veiligheidshuis en gemeente (bijvoorbeeld over voortzetting van het traject binnen de Wmo) over de voortzetting van trajecten binnen de reguliere zorg bij aflopen van de strafrechtelijke titel.</t>
   </si>
   <si>
     <t>6.1.2. De organisatie is onderdeel van een lerend netwerk met andere organisaties, die onderdeel zijn van de forensische keten.</t>
   </si>
   <si>
-    <t>&lt;p&gt;6.1.2. A. De organisatie sluit aan op reeds binnen de sector ontwikkelde (lerende) netwerken en expertisenetwerken (peer reviews) en/of werken actief en aantoonbaar toe naar deelname en/ of cre&amp;euml;ren zelf een lerend netwerk met andere organisaties binnen de forensische keten. De definities en eisen aan de kwaliteitsnetwerken zijn gedefinieerd in de methodiekomschrijving, zie &lt;a href="http://www.kwaliteitsnetwerken.nl."&gt;www.kwaliteitsnetwerken.nl. &lt;/a&gt;&lt;/p&gt;
+    <t>&lt;p&gt;6.1.2. A. De organisatie sluit aan op reeds binnen de sector ontwikkelde (lerende) netwerken en expertisenetwerken (peer reviews) en/of werken actief en aantoonbaar toe naar deelname en/ of cre&amp;euml;ren zelf een lerend netwerk met andere organisaties binnen de forensische keten.&amp;nbsp;&lt;/p&gt;
 &lt;p&gt;7.1.2. B. De organisatie bespreekt het kwaliteitsverslag breed binnen de organisatie en buitende de organisatie in het lerend netwerk. Doel hiervan is dat organisaties een cyclus in gaan waarin continu reflecteren, leren en verbeteren centraal staat. Op deze wijze wordt de lerende dialoog tussen de verschillende belanghebbenden binnen de organisatie en tussen de organisaties gevoed.&lt;/p&gt;</t>
   </si>
   <si>
     <t>6.1.2. B. De organisatie wisselt periodiek ervaringen uit met de netwerkpartners met als doel om te leren en te ontwikkelen. Transparantie, het delen van informatie, en het elkaar ondersteunen bij moeilijke casussen, stimuleert in gezamenlijkheid leren om zo de gehele sector naar een hoger kwaliteitsniveau te brengen.</t>
   </si>
   <si>
     <t>&lt;p&gt;6.1.3. B. De organisatie heeft beleid over samenwerking met maatschappelijke organisaties, zoals: gemeente(n), politie, woningbouwverenigingen, schuldhulpverlening, werkgevers, maatschappelijke opvang organisaties, sportverenigingen, buurtverenigingen, geloofsgemeenschappen, et cetera.&lt;/p&gt;</t>
-  </si>
-[...4 lines deleted...]
-    <t>4.1.7. D. De organisatie draagt bij aan de gezamenlijke arbeidsmarktaanpak zoals ontwikkeld door de Taskforce Forensische Zorg.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -408,60 +402,60 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C13"/>
+  <dimension ref="A1:C11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="43.561" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="549.58" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="463.458" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="206.378" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>3</v>
@@ -512,69 +506,53 @@
       <c r="B8" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
         <v>3</v>
       </c>
       <c r="B9" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
         <v>3</v>
       </c>
       <c r="B10" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
         <v>3</v>
       </c>
       <c r="B11" t="s">
-        <v>14</v>
-[...14 lines deleted...]
-      <c r="B13" t="s">
         <v>6</v>
       </c>
-      <c r="C13" t="s">
+      <c r="C11" t="s">
         <v>7</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>