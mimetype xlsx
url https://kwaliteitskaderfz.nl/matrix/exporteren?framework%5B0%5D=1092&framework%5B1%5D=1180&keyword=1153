--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -65,84 +65,84 @@
   <si>
     <t>&lt;p&gt;5.1.1. C. De veiligheidsprotocollen zijn bekend bij de professionals, worden toegepast en worden open en kritisch besproken.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.2. De organisatie heeft een werkend kwaliteit- en veiligheidsmanagementsysteem.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.1 Bij de behandeling/begeleiding van de pati&amp;euml;nt/cli&amp;euml;nt staat de balans tussen veiligheid en persoonsgerichte zorg centraal.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Hoofdstuk 1: Visie op kwaliteit Professionals ondersteunen mensen met een beperking bij het invullen van hun leven, in het rekening houden met de vrijheid en veiligheid van zichzelf en de anderen in de omgeving&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.1. A. i)De behandeling/begeleiding is primair gericht op reductie van recidiverisico. i) Binnen de klinische en ambulante behandel setting wordt gewerkt met een model gericht op recidivereductie, zoals bijvoorbeeld het Risk-Need-Responsivity (RNR) principe21. Daarnaast wordt hierbij gebruik gemaakt van principes van kracht- en herstelgerichte zorg.&lt;/p&gt;</t>
   </si>
   <si>
     <t>3.1.1. A. ii) De behandeling/begeleiding is primair gericht op reductie van recidiverisico. ii) Voor alle ambulante begeleiding en alle verblijfszorg (begeleid wonen) wordt in ieder geval gebruik gemaakt van principes van kracht- en herstelgerichte zorg, waarbij begeleiders de risicofactoren betrekken in hun begeleiding.</t>
   </si>
   <si>
     <t>3.1.1. B. Wanneer veiligheid en persoonsgerichte zorg in tegenspraak zijn met elkaar, weegt veiligheid zwaarder in de afweging.</t>
   </si>
   <si>
     <t>3.1.2. Veiligheidsmanagement(waaronder risicomanagement) is een integraal onderdeel van de Forensische Zorg.</t>
   </si>
   <si>
-    <t>&lt;p&gt;3.1.2. A. Voor iedere pati&amp;euml;nt/cli&amp;euml;nt wordt een risicotaxatie uitgevoerd middels een erkend instrument. Op basis van de uitkomsten wordt, waar ge&amp;iuml;ndiceerd of waar nodig, een (vroeg) signaleringsplan opgesteld. Risicotaxatie en een signaleringsplan (en waar van toepassing een terugvalpreventieplan) vormen een integraal onderdeel van het behandelplan/begeleidingsplan.&lt;/p&gt;</t>
+    <t>&lt;p&gt;3.1.2. A. Voor iedere pati&amp;euml;nt/cli&amp;euml;nt wordt een risicotaxatie uitgevoerd middels een erkend instrument. Op basis van de uitkomsten wordt, waar ge&amp;iuml;ndiceerd of waar nodig, een (vroeg) signaleringsplan opgesteld. Risicotaxatie en een signaleringsplan (en waar van toepassing een terugvalpreventieplan) vormen een integraal onderdeel van het behandelplan/begeleidingsplan. Voor de ambulante setting wordt voorafgaand aan het werken met een signaleringsplan/terugvalpreventieplan een veiligheidsplan opgesteld, waarin aandacht is voor acute risicofactoren, indien mogelijk met betrokkenheid van persoonlijk netwerk.&amp;nbsp;&lt;/p&gt;</t>
   </si>
   <si>
     <t>3.1.2. B. De delictanalyse wordt voor alle patiënten/cliënten binnen de Forensisch Psychiatrische Centra (FPC’s) ingezet. Voor de Overige Forensische Zorg (OFZ) geldt dat de organisatie beleid heeft bij welke patiënten/cliënten men wel of geen en wanneer een delictanalyse inzet. Het behandelplan/begeleidingsplan wordt mede opgesteld naar aanleiding van de, indien afgenomen, delictanalyse. Voor de delictanalyse wordt gebruik gemaakt van de methode die onder het programma Kwaliteit Forensische Zorg (KFZ) is ontwikkeld.</t>
   </si>
   <si>
-    <t>3.2.7. Veiligheidsmanagement (waaronder risicomanagement) specifiek per Klinisch en Ambulant</t>
+    <t>&lt;p&gt;3.2.7. Veiligheidsmanagement (waaronder risicomanagement) specifiek per Klinisch.&lt;/p&gt;</t>
   </si>
   <si>
     <t>3.2.7. A. Binnen de Klinische Forensische zorg wordt het veiligheidsmanagement afgestemd op en (waar sprake is van beveiligingsniveaus) ingepast binnen het geldende beveiligingsniveau.</t>
   </si>
   <si>
-    <t>3.2.7. B. Binnen de Ambulante setting is het nodig om met een veiligheidsplan te werken als er sprake is van een hoge kans op recidive (eventueel veroorzaakt door acute risicofactoren), indien mogelijk met betrokkenheid van systeemleden.</t>
-[...1 lines deleted...]
-  <si>
     <t>&lt;p&gt;3.1.3. C. De eerste definitieve versie van het behandelplan/begeleidingsplan wordt opgesteld op basis van delictanalyse (indien beschikbaar), de risicotaxatie (indien beschikbaar), de beschermende factoren, de eisen van de rechter/reclassering en stoornis-specifieke diagnostiek. Daarnaast is het behandelplan/begeleidingsplan afgestemd op iemands persoonlijke behoeften, krachten, kwetsbaarheden, wensen en voorkeuren.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Handreiking ondersteuningplannen hoofdstuk 5. Het ondersteuningsplan in het ondersteuningsproces, pagina 31: Onderdeel van de beeldvorming over ondersteuningsbehoeften is ook de veiligheid van mensen met een beperking: wat zijn aanwezige risico&amp;rsquo;s waarmee in de ondersteuning rekening moet worden gehouden? Denk aan gezondheid, kwetsbaarheid of grensoverschrijdend gedrag.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.1. B. Bij incidenten gericht op de professional voelt deze zich ondersteund door de organisatie.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Hoofdstuk 1: kwaliteitskompas - visie op kwaliteit - Professionals ondersteunen mensen met een beperking bij het invullen van hun leven, in het rekening houden met de vrijheid en veiligheid van zichzelf en de anderen in de omgeving&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.1. A. ii) De behandeling/begeleiding is primair gericht op reductie van recidiverisico. ii) Voor alle ambulante begeleiding en alle verblijfszorg (begeleid wonen) wordt in ieder geval gebruik gemaakt van principes van kracht- en herstelgerichte zorg, waarbij begeleiders de risicofactoren betrekken in hun begeleiding.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.1. B. Wanneer veiligheid en persoonsgerichte zorg in tegenspraak zijn met elkaar, weegt veiligheid zwaarder in de afweging.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.2. Veiligheidsmanagement(waaronder risicomanagement) is een integraal onderdeel van de Forensische Zorg.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;3.1.2. A. Voor iedere pati&amp;euml;nt/cli&amp;euml;nt wordt een risicotaxatie uitgevoerd middels een erkend instrument. Op basis van de uitkomsten wordt, waar ge&amp;iuml;ndiceerd of waar nodig, een (vroeg) signaleringsplan opgesteld. Risicotaxatie en een signaleringsplan (en waar van toepassing een terugvalpreventieplan) vormen een integraal onderdeel van het behandelplan/begeleidingsplan. Voor de ambulante setting wordt voorafgaand aan het werken met een signaleringsplan/terugvalpreventieplan een veiligheidsplan opgesteld, waarin aandacht is voor acute risicofactoren, indien mogelijk met betrokkenheid van persoonlijk netwerk.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.2. B. De delictanalyse wordt voor alle pati&amp;euml;nten/cli&amp;euml;nten binnen de Forensisch Psychiatrische Centra (FPC&amp;rsquo;s) ingezet. Voor de Overige Forensische Zorg (OFZ) geldt dat de organisatie beleid heeft bij welke pati&amp;euml;nten/cli&amp;euml;nten men wel of geen en wanneer een delictanalyse inzet. Het behandelplan/begeleidingsplan wordt mede opgesteld naar aanleiding van de, indien afgenomen, delictanalyse. Voor de delictanalyse wordt gebruik gemaakt van de methode die onder het programma Kwaliteit Forensische Zorg (KFZ) is ontwikkeld.&lt;/p&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -449,60 +449,60 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C34"/>
+  <dimension ref="A1:C33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="22.28" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="655.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="752.531" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="454.032" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>3</v>
@@ -627,169 +627,161 @@
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
         <v>3</v>
       </c>
       <c r="B18" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
         <v>3</v>
       </c>
       <c r="B19" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
         <v>3</v>
       </c>
       <c r="B20" t="s">
         <v>21</v>
       </c>
+      <c r="C20" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
         <v>3</v>
       </c>
       <c r="B21" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>4</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
         <v>3</v>
       </c>
       <c r="B22" t="s">
-        <v>4</v>
+        <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
         <v>3</v>
       </c>
       <c r="B23" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
         <v>3</v>
       </c>
       <c r="B24" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
         <v>3</v>
       </c>
       <c r="B25" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
         <v>3</v>
       </c>
       <c r="B26" t="s">
-        <v>10</v>
+        <v>21</v>
+      </c>
+      <c r="C26" t="s">
+        <v>22</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
         <v>3</v>
       </c>
       <c r="B27" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="C27" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
         <v>3</v>
       </c>
       <c r="B28" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>13</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
         <v>3</v>
       </c>
       <c r="B29" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
         <v>3</v>
       </c>
       <c r="B30" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
         <v>3</v>
       </c>
       <c r="B31" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
         <v>3</v>
       </c>
       <c r="B32" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
         <v>3</v>
       </c>
       <c r="B33" t="s">
-        <v>17</v>
-[...6 lines deleted...]
-      <c r="B34" t="s">
         <v>29</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>