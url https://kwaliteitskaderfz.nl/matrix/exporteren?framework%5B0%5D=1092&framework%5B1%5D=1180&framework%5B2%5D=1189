--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -12,90 +12,86 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="252">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="249">
   <si>
     <t>Trefwoord</t>
   </si>
   <si>
     <t>Kwaliteitskader FZ</t>
   </si>
   <si>
     <t>Kwaliteitskompas Gehandicaptenzorg (KKGHZ)</t>
   </si>
   <si>
     <t>Toetsingskader WMO</t>
   </si>
   <si>
     <t>Netwerk</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.5. Het netwerk van de pati&amp;euml;nt/cli&amp;euml;nt wordt actief betrokken tijdens de behandeling en/of begeleiding.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Hoofdstuk 1: Visie op kwaliteit - De ervaringskennis van mensen met een beperking, hun verwanten en sociaal netwerk, wordt betrokken in de zorg en ondersteuning. - Het gaat bij ontwikkeling altijd om de mens in relatie tot zijn of haar (sociale) omgeving. Daarbij is de betrokkenheid van verwanten en het sociaal netwerk van belang.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;1.2 De cli&amp;euml;nt heeft zijn/haar ondersteuningsvraag kunnen formuleren, is betrokken bij het opstellen van het plan, wat zijn/haar instemming heeft. Het sociale netwerk van cli&amp;euml;nt is eveneens betrokken bij het opstellen van het plan.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Hoofdstuk 2: bouwsteen 1 Het zorgproces rond de individuele persoon - Om te weten wat iemands ondersteuningsbehoeften, wensen en voorkeuren zijn, is de dialoog tussen mensen met een beperking, hun verwanten en sociaal netwerk, en professionals het uitgangspunt.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;1.4 De op basis van de voorziening geboden ondersteuning sluit aan op de re&amp;euml;le behoefte en mogelijkheden van de cli&amp;euml;nt en zijn/haar sociale netwerk (waaronder evt. mantelzorgers).&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.5. A. De behandeling/begeleiding is erop gericht om samen met de pati&amp;euml;nt/cli&amp;euml;nt zijn/haar omgeving zo in te richten dat hij/zij zich staande kan houden in de maatschappij. Het kan gaan om het betrekken van een bestaand (prosociaal) netwerk, het cre&amp;euml;ren van een nieuw netwerk en leren om weerbaarder te worden tegen eventuele negatieve invloeden. Er wordt gestreefd naar het hoogst haalbare in het betrekken van naasten met respect voor de wensen van de pati&amp;euml;nt/cli&amp;euml;nt en de naasten.&lt;/p&gt;</t>
   </si>
   <si>
-    <t>3.1.5. B. Naasten, en andere relevante systeemleden, van de patiënt/cliënt krijgen (tenzij er geen
-[...3 lines deleted...]
-iii) De afspraken omtrent bezoek.</t>
+    <t>&lt;p&gt;3.1.5. B. Naasten, en/of ander persoonlijk netwerk, van de pati&amp;euml;nt/cli&amp;euml;nt krijgen (tenzij er geen toestemming is van de pati&amp;euml;nt/cli&amp;euml;nt) uitleg over: i) De problematiek. ii) De behandeling/begeleiding. iii) De afspraken omtrent bezoek.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.5. C. Naasten van de pati&amp;euml;nt/cli&amp;euml;nt krijgen (tenzij zij zelf anders beslissen) uitleg en informatie over: i) Het forensische zorgsysteem. ii) Algemene informatie over (de gevolgen van) licht verstandelijke beperkingen, psychiatrische - en verslavingsproblematiek iii) Adviezen om zelf ondersteuning te krijgen (familieverenigingen en (eventueel) familie-ervaringsdeskundigen). iv) De mogelijkheid om een familievertrouwenspersoon in te schakelen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.5. C iii) Naasten van de pati&amp;euml;nt/cli&amp;euml;nt krijgen (tenzij zij zelf anders beslissen) uitleg en informatie over: Adviezen om zelf ondersteuning te krijgen (familieverenigingen en (eventueel) &lt;br /&gt;familie-ervaringsdeskundigen).&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.5. D. Gezien het grote belang van de invloed van het netwerk, wordt de pati&amp;euml;nt/cli&amp;euml;nt actief gemotiveerd om toestemming te geven zijn naasten te betrekken.&lt;/p&gt;</t>
   </si>
   <si>
     <t>(mede) zeggenschap</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.2. D. De organisatie is een lerende organisatie, waarin ervaringen van pati&amp;euml;nten/cli&amp;euml;nten/naasten en professionals worden meegenomen in de analyse en het verbeteren van de uitvoering.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Hoofdstuk 3: bouwsteen 2 Onderzoek naar de ervaringen van mensen met een beperking -De gehandicaptenzorg heeft een waaier met erkende cli&amp;euml;ntervaringsinstrumenten. In samenspraak met de cli&amp;euml;ntenraad kiezen zorgaanbieders uit deze waaier &amp;eacute;&amp;eacute;n of meerdere cli&amp;euml;ntervaringsinstrumenten die zij willen gebruiken om de ervaringen van mensen met een beperking te onderzoeken: instrumenten die passen bij de mensen aan wie zij zorg en ondersteuning verlenen. In de wet is vastgelegd dat de cli&amp;euml;ntenraad meedenkt over de kwaliteit binnen zorgorganisaties &amp;eacute;n advies geeft bij het tot stand komen van verbeteringen -De resultaten van het cli&amp;euml;ntervaringsonderzoek dragen bij aan het verbeteren van de kwaliteit van zorg en daarmee de kwaliteit van bestaan. Zorgaanbieders gaan actief aan de slag met de verbeterpunten die naar voren komen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Hoofdstuk 3: bouwsteen 2 Onderzoek naar de ervaringen van mensen met een beperking -Mensen met een beperking die professionele zorg en ondersteuning ontvangen, krijgen minimaal eens per drie jaar de mogelijkheid om middels een cli&amp;euml;ntervaringsonderzoek officieel aan te geven wat zij van de geboden zorg vinden. Zorgaanbieders zijn vrij om dit frequenter uit te voeren, dit is ook afhankelijk van het instrument dat zij gebruiken&lt;/p&gt;</t>
   </si>
   <si>
     <t>Hoofdstuk 3: bouwsteen 2 Onderzoek naar de ervaringen van mensen met een beperking
 - Uiteraard is het onderzoeken van de tevredenheid en de ervaringen van mensen met een beperking en hun verwanten over de geboden zorg en ondersteuning, een dagelijkse taak van professionals</t>
@@ -218,100 +214,97 @@
   <si>
     <t>&lt;p&gt;6.1.1. De organisatie werkt samen met andere organisaties binnen en buiten de Forensische Zorg om continu&amp;iuml;teit van zorg te realiseren.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Hoofdstuk 4: Bouwsteen 3 Professionele ontwikkeling -Organisaties werken samen met beroepsorganisaties, academische werkplaatsen en andere partijen. Het leren van elkaar, ook over de grenzen van de beroepsgroepen heen, is hierin heel belangrijk: elkaar leren begrijpen, samen ontdekken en samen ontwikkelen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;6.1.1. E. De organisatie werkt actief toe naar samenwerkingsverbanden met organisaties buiten de Forensische Zorg.&lt;/p&gt;</t>
   </si>
   <si>
     <t>6.1.1. B Overdracht is gericht op continuïteit van zorg met een optimale overdracht van informatie. De patiënt/cliënt is zoveel mogelijk betrokken bij zijn/haar overdracht. Tijdens het proces van overdracht wordt met elkaar afgesproken welke informatie (binnen de wettelijke kaders) wordt uitgewisseld bij de overdracht. Doel is om zorg te dragen voor een doelmatige en veilige zorg en de continuïteit van zorg.</t>
   </si>
   <si>
     <t>&lt;p&gt;6.1.1. C. De organisatie organiseert een &amp;ldquo;warme&amp;rdquo; overdracht. Indien mogelijk vindt kennismaking met de vervolgorganisatie plaats binnen de overdragende organisatie.&lt;/p&gt;</t>
   </si>
   <si>
     <t>6.1.1. D. Professionals stemmen inhoud en taal van de overdracht af om behandeling en begeleiding goed op elkaar te laten aansluiten. Waar mogelijk delen de organisaties informatie om dubbel werk te voorkomen (bijvoorbeeld dat de ene organisatie gebruik maakt van de delictanalyse van de andere organisatie en niet opnieuw zelf bij de patiënt/cliënt de delictanalyse gaat uitvoeren).</t>
   </si>
   <si>
     <t>&lt;p&gt;6.1.1. A. In het geval van stapelzorg wordt door betrokken partijen de co&amp;ouml;rdinerende rol afgesproken en professionals zorgen voor regelmatige afstemming van het behandel- en begeleidingsplan, waarbij men een gezamenlijk signaleringsplan opstelt.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.2 In geval van meervoudige, complexe problematiek is &amp;eacute;&amp;eacute;n regisseur of co&amp;ouml;rdinator aangewezen die de nodige samenhang en continu&amp;iuml;teit bewaakt.&lt;/p&gt;</t>
   </si>
   <si>
-    <t>6.1.1. F. Wanneer partijen er samen niet uit komen en problemen ontstaan in de kwaliteit, veiligheid en/of continuïteit van zorg, neemt de organisatie contact op met de inkoper binnen DJI om als opdrachtgever mee te denken.</t>
-[...2 lines deleted...]
-    <t>6.1.1. G. Indien reclassering betrokken is: Bij de uitvoering van de zorg wordt de driehoeksverhouding gehanteerd tussen de reclassering, patiënt/cliënt en behandelaren en/of begeleiders, waarbij alle partijen elkaar informeren (binnen de wettelijke kaders). De drie-partijenovereenkomst kan als middel worden gebruikt om de samenwerking te formaliseren.</t>
+    <t>&lt;p&gt;6.1.1. F. Wanneer partijen er samen niet uit komen en problemen ontstaan in de kwaliteit, veiligheid en/of continu&amp;iuml;teit van zorg, neemt de organisatie contact op met de aanbesteder binnen Forzo/JJI om als opdrachtgever mee te denken.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;6.1.1. G. Indien reclassering betrokken is: Bij de uitvoering van de zorg wordt de driehoeksverhouding gehanteerd tussen de reclassering, pati&amp;euml;nt/cli&amp;euml;nt en behandelaren en/of begeleiders, waarbij alle partijen elkaar informeren (binnen de wettelijke kaders). Een driepartijenovereenkomst kan als middel worden gebruikt om de samenwerking te formaliseren.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;6.1.1. H. De organisatie heeft aandacht voor de doelen gericht op uitstroom en nazorg (zoals dagbesteding, financi&amp;euml;n, wonen, sociaal netwerk, relatie) en er wordt actie ondernomen om deze doelen na te streven.&lt;/p&gt;</t>
   </si>
   <si>
     <t>6.1.1. I. Indien van toepassing heeft de organisatie (met het oog op de continuïteit van zorg) contact met de geëigende partijen zoals reguliere GGZ, zorg, veiligheidshuis en gemeente (bijvoorbeeld over voortzetting van het traject binnen de Wmo) over de voortzetting van trajecten binnen de reguliere zorg bij aflopen van de strafrechtelijke titel.</t>
   </si>
   <si>
     <t>6.1.2. De organisatie is onderdeel van een lerend netwerk met andere organisaties, die onderdeel zijn van de forensische keten.</t>
   </si>
   <si>
-    <t>&lt;p&gt;6.1.2. A. De organisatie sluit aan op reeds binnen de sector ontwikkelde (lerende) netwerken en expertisenetwerken (peer reviews) en/of werken actief en aantoonbaar toe naar deelname en/ of cre&amp;euml;ren zelf een lerend netwerk met andere organisaties binnen de forensische keten. De definities en eisen aan de kwaliteitsnetwerken zijn gedefinieerd in de methodiekomschrijving, zie &lt;a href="http://www.kwaliteitsnetwerken.nl."&gt;www.kwaliteitsnetwerken.nl. &lt;/a&gt;&lt;/p&gt;
+    <t>&lt;p&gt;6.1.2. A. De organisatie sluit aan op reeds binnen de sector ontwikkelde (lerende) netwerken en expertisenetwerken (peer reviews) en/of werken actief en aantoonbaar toe naar deelname en/ of cre&amp;euml;ren zelf een lerend netwerk met andere organisaties binnen de forensische keten.&amp;nbsp;&lt;/p&gt;
 &lt;p&gt;7.1.2. B. De organisatie bespreekt het kwaliteitsverslag breed binnen de organisatie en buitende de organisatie in het lerend netwerk. Doel hiervan is dat organisaties een cyclus in gaan waarin continu reflecteren, leren en verbeteren centraal staat. Op deze wijze wordt de lerende dialoog tussen de verschillende belanghebbenden binnen de organisatie en tussen de organisaties gevoed.&lt;/p&gt;</t>
   </si>
   <si>
     <t>6.1.2. B. De organisatie wisselt periodiek ervaringen uit met de netwerkpartners met als doel om te leren en te ontwikkelen. Transparantie, het delen van informatie, en het elkaar ondersteunen bij moeilijke casussen, stimuleert in gezamenlijkheid leren om zo de gehele sector naar een hoger kwaliteitsniveau te brengen.</t>
   </si>
   <si>
     <t>Omgeving</t>
   </si>
   <si>
     <t>&lt;p&gt;6.1.3. De organisatie heeft beleid en voert dat uit over hoe zij de maatschappij en de omgeving van de organisatie betrekt.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;6.1.3. A. De organisatie voert een actief beleid om de directe omgeving te informeren over haar werkzaamheden en het doel ervan. Voorlichting via website en aan de media hebben als doel om de publieke beeldvorming over de Forensische Zorg te verbeteren en stigmatisering te reduceren. Hierbij wordt zo veel mogelijk in begrijpelijke taal gecommuniceerd en wordt jargon voorkomen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;6.1.3. B. De organisatie heeft beleid over samenwerking met maatschappelijke organisaties, zoals: gemeente(n), politie, woningbouwverenigingen, schuldhulpverlening, werkgevers, maatschappelijke opvang organisaties, sportverenigingen, buurtverenigingen, geloofsgemeenschappen, et cetera.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;6.1.3. C. Binnen de organisatie zijn de verantwoordelijkheden duidelijk beschreven ten aanzien van de communicatie met de wijk, instanties, gemeente(n), de samenleving, de media, et cetera.&lt;/p&gt;</t>
   </si>
   <si>
     <t>Professionele verplichtingen</t>
   </si>
   <si>
     <t>&lt;p&gt;4.1.5. D. Professionals bewaken de grenzen van hun vakbekwaamheid. Wanneer die grens bereikt is, zorgen ze dat ze nauw samenwerken met een voor de handeling/taak bekwame collega/partner.&lt;/p&gt;</t>
   </si>
   <si>
     <t>Leerklimaat</t>
   </si>
   <si>
     <t>&lt;p&gt;4.1.7. B. De organisatie cre&amp;euml;ert en behoudt opleidingsplaatsen, stageplaatsen, leerwerkplaatsen, plaatsen voor (zij-)instromers, en samenwerking met ROC&amp;rsquo;s, hogescholen en universiteiten.&lt;/p&gt;</t>
-  </si>
-[...1 lines deleted...]
-    <t>&lt;p&gt;4.1.7. D. De organisatie draagt bij aan de gezamenlijke arbeidsmarktaanpak zoals ontwikkeld door de Taskforce Forensische Zorg.&lt;/p&gt;</t>
   </si>
   <si>
     <t>Innovatie</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.4. A. Landelijke ontwikkelingen en wetenschappelijk onderzoek worden gevolgd en, na afweging en waar mogelijk, ge&amp;iuml;mplementeerd. Hierbij wordt aansluiting gezocht met bijvoorbeeld collega-instellingen, het Wetenschappelijk Onderzoek- en Documentatiecentrum (WODC), universiteiten, lectoraten, Hbo-instellingen, het Expertisecentrum Forensische Psychiatrie (EFP) en KFZ, om onder andere het delen van kennis en informatie te bewerkstelligen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>Kwaliteitsmanagement</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.2. G. De organisatie toetst jaarlijks de werking van het kwaliteit- en veiligheidsmanagementsysteem. Voorbeelden van instrumenten hiervoor zijn: directie- of systeembeoordeling, kwaliteitsvisitaties en/of een kwaliteitscertificering.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Hoofdstuk 5: Bouwsteen 4 Inzicht in kwaliteit - Visitatie voor de kritische blik van buiten, organisaties laten zich toetsten en inspireren door anderen. Het uitnodigen van organisaties buiten de gehandicaptensector en belangrijke ketenpartners zoals huisartsengroepen waarmee wordt samengewerkt, de gemeente of het ziekenhuis, kan frisse, nieuwe invalshoeken op leveren&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Hoofdstuk 5: Bouwsteen 4 Inzicht in kwaliteit - Visitatie: De kritische blik van buiten, je laten toetsen en inspireren door anderen, is de kern van werken aan kwaliteit. - De vorm hiervan kan vari&amp;euml;ren. Ook zijn er geen eisen aan de samenstelling van het visitatieteam, maar het is voor de hand liggend om hier in ieder geval mensen met een beperking en verwanten of personen uit hun sociaal netwerk bij te betrekken. Net als professionals met verschillende disciplines - Het visitatieteam bekijkt hoe de organisatie de kwaliteit van zorg en de kwaliteit van bestaan duidt en onderbouwt in het kwaliteitsbeeld. Dat doen ze ook voor de verbeteracties, maar ze geven geen oordeel. Het visitatieteam schrijft een beknopt verslag dat wordt toegevoegd aan het kwaliteitsbeeld of het voortgangsbericht.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.1. De organisatie zorgt voor een veilig werk- en leefklimaat.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Hoofdstuk 6: De rol van de zorgaanbieder - Zorgaanbieders zijn verantwoordelijk voor het cre&amp;euml;ren van randvoorwaarden, zodat professionals hun werk goed kunnen doen en zij de mensen aan wie zij zorg en ondersteuning verlenen, centraal kunnen stellen.&lt;/p&gt;
 &lt;p&gt;- Formele randvoorwaarden: a. Cli&amp;euml;ntenraden, verwantenraden, ondernemingraden en ervaringsdeskundigen b. Richting professionals: Beschikbaarstellen van ruimte, tijd en geld voor de ontwikkeling van de professionals, en voor de ontwikkeling van passende leermiddelen en kennistrategie&amp;euml;n. Stimulans aan te sluiten bij een beroepsvereniging. c. De zorgorganisatie heeft een verantwoordelijkheid bij de implementatie van deze standaarden. d. Ondersteunende diensten zijn goed gefaciliteerd, zowel de personele bezetting al materiele omgeving&lt;/p&gt;
@@ -383,84 +376,84 @@
   <si>
     <t>5.1.3. C. De organisatie draagt samen met de professionals bij aan het verminderen van administratieve lasten.</t>
   </si>
   <si>
     <t>5.1.3. D. De organisatie heeft een visie op hoe zij invulling willen geven aan duurzaamheid binnen de organisatie.</t>
   </si>
   <si>
     <t>5.1.3. E. De organisatie heeft een professioneel statuut.</t>
   </si>
   <si>
     <t>5.1.3. F. De organisatie werkt volgens de afspraken van de geldende Governancecode Zorg.</t>
   </si>
   <si>
     <t>5.1.3. G. De organisatie heeft, indien de organisatie ook andere typen dienstverlening heeft, binnen a t/m e binnen dit kwaliteitsaspect specifiek aandacht voor de Forensische Zorg.</t>
   </si>
   <si>
     <t>5.1.4. De organisatie draagt (waar mogelijk) bij aan wetenschappelijk onderzoek, innovatie en implementatie.</t>
   </si>
   <si>
     <t>5.1.4. A. Landelijke ontwikkelingen en wetenschappelijk onderzoek worden gevolgd en, na afweging en waar mogelijk, geïmplementeerd. Hierbij wordt aansluiting gezocht met bijvoorbeeld collega-instellingen, het Wetenschappelijk Onderzoek- en Documentatiecentrum (WODC), universiteiten, lectoraten, Hbo-instellingen, het Expertisecentrum Forensische Psychiatrie (EFP) en KFZ, om onder andere het delen van kennis en informatie te bewerkstelligen.</t>
   </si>
   <si>
     <t>5.1.4. B. Waar mogelijk voert de organisatie zelf wetenschappelijk onderzoek uit op het gebied van de Forensische Zorg.</t>
   </si>
   <si>
-    <t>5.1.4. C. De organisatie zoekt actief naar mogelijkheden om te innoveren, bijvoorbeeld door middel van leren van data, eHealth en technologie.</t>
+    <t>&lt;p&gt;5.1.4. C. De organisatie zoekt actief naar mogelijkheden om te innoveren.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.5. A. Iedere organisatie heeft conform de geldende wet- en regelgeving de medezeggenschap geregeld voor medewerkers (Ondernemingsraad), medische en professionele staf (bijvoorbeeld verpleegkundige-agogische adviesraad) en pati&amp;euml;nten/cli&amp;euml;nten (pati&amp;euml;nten/cli&amp;euml;ntenraad en voor de LVB-doelgroep aangevuld met een verwantenraad).&lt;/p&gt;</t>
   </si>
   <si>
     <t>5.1.5. B. Organisaties die naast Forensische Zorg ook andere typen dienstverlening hebben, dragen zorg voor evenredige vertegenwoordiging van betrokkenen vanuit de Forensische Zorg.</t>
   </si>
   <si>
     <t>&lt;p&gt;Hoofdstuk 3: bouwsteen 2 Onderzoek naar de ervaringen van mensen met een beperking&lt;br /&gt;-De gehandicaptenzorg heeft een waaier met erkende cli&amp;euml;ntervaringsinstrumenten. In samenspraak met de cli&amp;euml;ntenraad kiezen zorgaanbieders uit deze waaier &amp;eacute;&amp;eacute;n of meerdere cli&amp;euml;ntervaringsinstrumenten die zij willen gebruiken om de ervaringen van mensen met een beperking te onderzoeken: instrumenten die passen bij de mensen aan wie zij zorg en ondersteuning verlenen. In de wet is vastgelegd dat de cli&amp;euml;ntenraad meedenkt over de kwaliteit binnen zorgorganisaties &amp;eacute;n advies geeft bij het tot stand komen van verbeteringen&lt;br /&gt;-De resultaten van het cli&amp;euml;ntervaringsonderzoek dragen bij aan het verbeteren van de kwaliteit van zorg en daarmee de kwaliteit van bestaan. Zorgaanbieders gaan actief aan de slag met de verbeterpunten die naar voren komen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Hoofdstuk 3: bouwsteen 2 Onderzoek naar de ervaringen van mensen met een beperking -Mensen met een beperking die professionele zorg en ondersteuning ontvangen, krijgen minimaal eens per drie jaar de mogelijkheid om middels een cli&amp;euml;ntervaringsonderzoek officieel aan te geven wat zij van de geboden zorg vinden. Zorgaanbieders zijn vrij om dit frequenter uit te voeren, dit is ook afhankelijk van het instrument dat zij gebruiken.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Hoofdstuk 3: bouwsteen 2 Onderzoek naar de ervaringen van mensen met een beperking - Uiteraard is het onderzoeken van de tevredenheid en de ervaringen van mensen met een beperking en hun verwanten over de geboden zorg en ondersteuning, een dagelijkse taak van professionals.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Hoofdstuk 3: Bouwsteen 2 Onderzoek naar de ervaringen van mensen met een beperking - De erkende cli&amp;euml;ntervaringsinstrumenten zijn door een onafhankelijke Commissie van Deskundigen beoordeeld aan de hand van acht criteria, waaronder dataverzameling op niveau van de individuele cli&amp;euml;nt, validiteit, betrouwbaarheid en voorwaarden voor gebruik.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Hoofdstuk 5: Bouwsteen 4 inzicht in kwaliteit - Zorgaanbieders bundelen alle verkregen informatie uit de eerste drie bouwstenen in een tweejaarlijks kwaliteitsbeeld, samen met informatie uit andere relevante bronnen en met ervaringsverhalen van mensen met een beperking en hun verwanten, en professionals.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Hoofdstuk 3: bouwsteen 2 Onderzoek naar de ervaringen van mensen met een beperking -In de wet is vastgelegd dat de cli&amp;euml;ntenraad meedenkt over de kwaliteit binnen zorgorganisaties &amp;eacute;n advies geeft bij het tot stand komen van verbeteringen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;5.3 De aanbieder neemt eventuele klachten in behandeling en handelt die tijdig en passend af.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Hoofdstuk 6: De rol van de zorgaanbieder - Cli&amp;euml;ntenraden, verwantenraden, ondernemingsraden en ervaringsdeskundigen spelen een heel belangrijke rol in het verbeteren van de kwaliteit van zorg en ondersteuning. Het is daarom belangrijk dat zorgorganisaties deze raden ondersteunen en met hen op structurele basis in gesprek gaan.&lt;/p&gt;</t>
   </si>
   <si>
-    <t>&lt;p&gt;4.1.3. C. De organisatie heeft een visie en beleid over hoe geschoolde ervaringsdeskundigen ingezet worden binnen de Forensische Zorg, waarin antwoord wordt gegeven op vraagstukken zoals opleiding, positionering, verklaring omtrent gedrag (VOG) problematiek, rechten en plichten. Wanneer ervaringsdeskundigen worden ingezet zijn zij onderdeel van het multidisciplinair behandel-/begeleidingsteam.&lt;/p&gt;</t>
+    <t>&lt;p&gt;4.1.3. C. De organisatie heeft een visie en beleid over de inzet van ervaringsdeskundigheid binnen de organisatie.&lt;/p&gt;</t>
   </si>
   <si>
     <t>Vakbekwaamheid</t>
   </si>
   <si>
     <t>&lt;p&gt;4.1.1. De professionals in de Forensische Zorg hebben een professionele grondhouding.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Hoofdstuk 4: Bouwsteen 3 Professionele ontwikkeling. Kwaliteit steunt op vakbekwame professionals die hun werk doen in dialoog met mensen met een beperking en hun verwanten.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;4.1 De door de aanbieder in het kader van de geboden voorziening aangewezen beroepskracht is vakbekwaam.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;4.1.1. A. Professionals gaan respectvol om met pati&amp;euml;nten/cli&amp;euml;nten, zowel in verbale als non-verbale communicatie.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1 De bejegening door de beroepskracht van de cli&amp;euml;nt is passend en correct.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;4.1.1. D. Professionals zijn zich bewust van hun eigen normen en waarden en zij kunnen deze professioneel hanteren. Professionals kunnen reflecteren op eigen gedrag en ervaringen en zij zijn in staat om dit bespreekbaar maken.&lt;/p&gt;
 &lt;p&gt;4.1.6. Binnen de organisatie is tijd, ruimte en openheid om continu te leren, te reflecteren en te ontwikkelen.&lt;/p&gt;
 &lt;p&gt;4.1.6. A. De organisatie zorgt dat voor iedere professional voldoende tijd en ruimte is om te leren en zich te ontwikkelen. De organisatie cre&amp;euml;ert hiervoor een cultuur die leren en reflecteren stimuleert en waar professionals zich ten opzichte van elkaar kwetsbaar kunnen opstellen.&lt;/p&gt;</t>
   </si>
   <si>
@@ -494,229 +487,218 @@
   </si>
   <si>
     <t>4.1.2. B. De professional handelt in lijn met de voor de sector beschikbare (zorg)standaarden en multidisciplinaire richtlijnen. Wanneer de professional daarvan afwijkt, motiveert hij/zij dit zorgvuldig met behulp van door de sector en/of professie erkende argumenten.</t>
   </si>
   <si>
     <t>&lt;p&gt;4.1.3. De professional werkt in een multidisciplinair team en draagt daar vanuit eigen expertise aan bij.&lt;/p&gt;
 &lt;p&gt;4.1.3. A. Binnen de Forensische Zorg wordt bij voorkeur gewerkt in een multidisciplinair team, waarbij iedereen, vanuit zijn/haar eigen professie, een bijdrage levert aan het eindresultaat.&lt;/p&gt;
 &lt;p&gt;4.1.3. B. Afstemming en samenwerking is de regel, en men kan in vertrouwen elkaar aanspreken op gemaakte afspraken.&lt;/p&gt;</t>
   </si>
   <si>
     <t>4.1.4. De professional houdt zich aan de professionele standaard, die bestaat uit vakinhoudelijke standaarden, beroepsethische normen en veldnormen.</t>
   </si>
   <si>
     <t>&lt;p&gt;4.1.4. A. De professional houdt zich aan vakinhoudelijke standaarden, zoals methodieken, gevalideerde instrumenten en richtlijnen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;4.1.4. B. De professional houdt zich aan de voor zijn/haar beroep geldende beroepsethische normen, onder andere vastgelegd in de beroepscodes (o.a. NIP, BPSW, V&amp;amp;VN, NVvP) en verfijnd/ aangevuld in jurisprudentie vanuit het tuchtrecht.&lt;/p&gt;</t>
   </si>
   <si>
     <t>4.1.4. C. De professional houdt zich aan de binnen de organisatie geldende gedragscodes en kwaliteitsdocumenten (zoals zorgprogrammering) die in de sector of branche ontwikkeld zijn.</t>
   </si>
   <si>
     <t>4.1.5. De professionals die werkzaam zijn binnen de Forensische Zorg zijn bevoegd en vakbekwaam.</t>
   </si>
   <si>
-    <t>4.1.5. A. Professionals onderhouden hun vakkennis op basis van de vastgestelde competenties en leerdoelen, zoals ontwikkeld binnen het Programma Forensisch Vakmanschap.</t>
+    <t>&lt;p&gt;4.1.5. A. Professionals onderhouden hun vakkennis (bijvoorbeeld met behulp van het Forensisch Vakmanschap) passend bij hun functie, competenties en leerdoelen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>4.1.5. B. De professionals, voor wie dat van toepassing is, staan ingeschreven in het kwaliteitsregister van hun beroepsgroep, houden accreditatiepunten bij indien vereist vanuit hun titel en hebben indien van toepassing een geldige BIG-registratie.</t>
   </si>
   <si>
     <t>4.1.5. C. Professionals leren en ontwikkelen van en met elkaar. Bijvoorbeeld door middel van feedback, casuïstiekbespreking, supervisie, intervisie, (team-)reflectie, werkbegeleiding en scholing.</t>
   </si>
   <si>
     <t>4.1.5. D. Professionals bewaken de grenzen van hun vakbekwaamheid. Wanneer die grens bereikt is, zorgen ze dat ze nauw samenwerken met een voor de handeling/taak bekwame collega/partner.</t>
   </si>
   <si>
     <t>4.1.5. E. Professionals zijn in beginsel verantwoordelijk voor hun eigen handelen.</t>
   </si>
   <si>
     <t>4.1.5. F. Professionals die nog in opleiding en/of niet volledig vakbekwaam zijn, worden begeleid door een bevoegde en bekwame professional.</t>
   </si>
   <si>
     <t>4.1.6. C. Voor organisaties die naast Forensische Zorg ook andere typen dienstverlening hebben, is het van belang dat zij op het gebied van forensische aspecten hun professionals ontwikkelen.</t>
   </si>
   <si>
     <t>4.1.7. De organisatie draagt bij (in verhouding tot haar volume) aan het aantrekkelijk zijn en blijven van de sector op de arbeidsmarkt.</t>
   </si>
   <si>
     <t>4.1.7. A. Nieuwe medewerkers krijgen bij indiensttreding een inwerkprogramma, zodat zij bekwaamheid in de Forensische Zorg kunnen opbouwen.</t>
   </si>
   <si>
     <t>4.1.7. B. De organisatie creëert en behoudt opleidingsplaatsen, stageplaatsen, leerwerkplaatsen, plaatsen voor (zij-)instromers, en samenwerking met ROC’s, hogescholen en universiteiten.</t>
   </si>
   <si>
     <t>4.1.7. C. De organisatie heeft voldoende ontwikkelingsmogelijkheden voor forensische professionals.</t>
-  </si>
-[...1 lines deleted...]
-    <t>4.1.7. D. De organisatie draagt bij aan de gezamenlijke arbeidsmarktaanpak zoals ontwikkeld door de Taskforce Forensische Zorg.</t>
   </si>
   <si>
     <t>4.1.5. G. Het is de verantwoordelijkheid van de bekwame professional om de nog niet volledig bekwame professional adequaat te begeleiden en te ondersteunen.</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.4. De organisatie draagt (waar mogelijk) bij aan wetenschappelijk onderzoek, innovatie en implementatie.&lt;/p&gt;</t>
   </si>
   <si>
     <t>Hoofdstuk 6: De rol van de zorgaanbieder 
 - Cliëntenraden, verwantenraden, ondernemingsraden en ervaringsdeskundigen
 spelen een heel belangrijke rol in het verbeteren van de kwaliteit van zorg en ondersteuning. Het is daarom belangrijk dat zorgorganisaties deze raden ondersteunen en met hen op structurele basis in gesprek gaan.</t>
   </si>
   <si>
+    <t>&lt;p&gt;4.1.3. C. De organisatie heeft een visie en beleid over de inzet van ervaringsdeskundigheid binnen de organisatie.&amp;nbsp;&lt;/p&gt;</t>
+  </si>
+  <si>
     <t>&lt;p&gt;3.2.8. D. Sensitiviteit en transparantie van behandelaren/begeleiders zorgt voor aansluiting bij de pati&amp;euml;nt/ cli&amp;euml;nt en draagt daarmee bij aan het cre&amp;euml;ren van een leefklimaat dat ondersteunend is aan de behandel-/begeleidingsdoelen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.2.8. A. In de klinische- en verblijfssetting is de pati&amp;euml;nt/cli&amp;euml;nt voor het grootste deel van de week in zijn/ haar eigen verblijf of op de groep. Professionals op de groep leveren vanuit hun handelen een bijdrage aan de behandeling en begeleiding van de pati&amp;euml;nt/cli&amp;euml;nt.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.2.8. B. Binnen de klinische setting zijn sociotherapeuten op de afdeling en behandelaren op de hoogte van gezamenlijke leerdoelen van pati&amp;euml;nten/cli&amp;euml;nten en afspraken. Richting de pati&amp;euml;nt/cli&amp;euml;nt gebruiken zij zo veel mogelijk dezelfde taal en dezelfde boodschap. Verslaglegging is gericht op de beschreven doelen en risicofactoren, zoals benoemd in het behandelplan.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.2.8. C. Binnen de verblijfssetting is het voor begeleiders op de afdeling noodzakelijk dat zij allen op de hoogte zijn van de begeleidingsdoelen en dat zij de behandeldoelen kennen zoals die in het behandelplan van de behandelaar (vaak vanuit een andere organisatie) geformuleerd zijn. Deze zijn zo goed mogelijk op elkaar afgestemd.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.2.9. A. De organisatie heeft voor de beveiligingsniveaus die zij aanbiedt een beleid voor het toekennen van vrijheden en verloven vertaald naar praktische handvatten voor professionals en in begrijpelijke taal voor de pati&amp;euml;nt/cli&amp;euml;nt. Bijvoorbeeld afspraken over wat al dan niet multidisciplinair besloten moet worden alsmede het al dan niet inzetten van een onafhankelijke commissie voor het toekennen van vrijheden en verloven.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Hoofdstuk 6: De rol van de zorgaanbieder - Zorgaanbieders zijn verantwoordelijk voor het cre&amp;euml;ren van randvoorwaarden, zodat professionals hun werk goed kunnen doen en zij de mensen aan wie zij zorg en ondersteuning verlenen, centraal kunnen stellen. - Formele randvoorwaarden: a. Cli&amp;euml;ntenraden, verwantenraden, ondernemingraden en ervaringsdeskundigen b. Richting professionals: Beschikbaarstellen van ruimte, tijd en geld voor de ontwikkeling van de professionals, en voor de ontwikkeling van passende leermiddelen en kennistrategie&amp;euml;n. Stimulans aan te sluiten bij een beroepsvereniging. c. De zorgorganisatie heeft een verantwoordelijkheid bij de implementatie van deze standaarden. d. Ondersteunende diensten zijn goed gefaciliteerd, zowel de personele bezetting al materiele omgeving - Cultuur en gedrag a. Zorganbieders zijn verantwoordelijk voor een fysiek en sociaal veilige omgeving. Daarnaast ook een veilige en gezonde omgeving.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.1. C. De veiligheidsprotocollen zijn bekend bij de professionals, worden toegepast en worden open en kritisch besproken.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.2. De organisatie heeft een werkend kwaliteit- en veiligheidsmanagementsysteem.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;7.1. De organisatie heeft een meerjarenplan waarin beschreven wordt hoe de organisatie de kwaliteitsaspecten genoemd in dit Kwaliteitskader beoogt te implementeren. De organisatie actualiseert het meerjarenplan minimaal jaarlijks. Het meerjarenplan is vormvrij en mag desgewenst ge&amp;iuml;ntegreerd worden met andere meerjarenplannen van de organisatie.&lt;/p&gt;</t>
   </si>
   <si>
-    <t>&lt;p&gt;7.1.1. A. De organisatie stelt het meerjarenplan op in afstemming met een vertegenwoordiging van pati&amp;euml;nten/cli&amp;euml;nten (eventueel in een pati&amp;euml;nten/cli&amp;euml;nten- of verwantenraad), en medische en professionele staf (bijvoorbeeld vertegenwoordiging in een verpleegkundig-agogische adviesraad). Daarnaast bespreekt de organisatie het meerjarenplan binnen het lerend netwerkt. Doel hiervan is om samen doelen te stellen en te leren.&lt;/p&gt;</t>
-[...2 lines deleted...]
-    <t>&lt;p&gt;7.1.1. B. Het eerste meerjarenplan is uiterlijk 31-05-2023 gereed.&lt;/p&gt;</t>
+    <t>&lt;p&gt;7.1.1. A. De organisatie stelt het meerjarenplan op in afstemming met een vertegenwoordiging van pati&amp;euml;nten/cli&amp;euml;nten (eventueel in een pati&amp;euml;nten/cli&amp;euml;nten- of verwantenraad), en medische en professionele staf (bijvoorbeeld vertegenwoordiging in een verpleegkundig-agogische adviesraad). Daarnaast bespreekt de organisatie het meerjarenplan binnen het lerend netwerk. Doel hiervan is om samen doelen te stellen en te leren.&lt;/p&gt;</t>
   </si>
   <si>
     <t>Rapportage</t>
   </si>
   <si>
     <t>&lt;p&gt;7.1.2. De organisatie stelt per kalenderjaar een kwaliteitsverslag op of integreert de verslaglegging over kwaliteit in een ander (reeds bestaand) kwaliteits- of jaarverslag.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Hoofdstuk 5: Bouwsteen 4 Inzicht in kwaliteit&lt;/p&gt;
 &lt;p&gt;- Tweejaarlijks kwaliteitsbeeld: Met dit kwaliteitsbeeld laat de zorgorganisatie zien hoe zij werkt aan de kwaliteit van zorg, de dienstverlening en de verbeterdoelen, en waar zij de komende jaren aan zal werken. Het kwaliteitsbeeld is een terugblik en vooruitblik. Juist omdat het kwaliteitsbeeld ingaat op de kwaliteit van het zorgproces rond individuele personen, is het de bedoeling dat alle betrokkenen er een actieve bijdrage aan leveren. Ook worden de verbeterdoelen uit een cli&amp;euml;ntervaringsonderzoek (bouwsteen 2) meegenomen in het kwaliteitsbeeld.&lt;/p&gt;
 &lt;p&gt;- De vorm van het kwaliteitsbeeld is vrij. Er moet wel duidelijk naar voren komen wat de speerpunten waren, hoe het proces van leren en verbeteren is geweest, wat werd behaald en wat niet, waarom dan, wat wordt doorgezet en wat eventuele nieuwe speerpunten zijn. - Drie kwaliteitsbeelden aanleveren bij zorginstituut:Op 1 juni 2024 over het jaar 2023; Op 1 juni 2026 over het jaar 2025; en Op 1 juni 2028 over 2027&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;7.1.2. A. Door middel van het kwaliteitsverslag maken organisaties transparant waar ze staan met betrekking tot de implementatie van de kwaliteitsaspecten. Vanuit eigen reflectie, en in afstemming met pati&amp;euml;nten/ cli&amp;euml;nten (al dan niet via een pati&amp;euml;nten-/cli&amp;euml;nten-/verwantenraad) en medische en professionele staf (bijvoorbeeld via een verpleegkundig- agogische adviesraad), wordt beschreven wat is gerealiseerd en waar de organisatie nog op zal ontwikkelen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Hoofdstuk 5: Bouwsteen 4 inzicht in kwaliteit - Zorgaanbieders bundelen alle verkregen informatie uit de eerste drie bouwstenen in een tweejaarlijks kwaliteitsbeeld, samen met informatie uit andere relevante bronnen en met ervaringsverhalen van mensen met een beperkingen hun verwanten, en professionals.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;7.1.2. C. In het kwaliteitsverslag komen minimaal onderstaande onderdelen terug. Wanneer het kwaliteitsverslag integraal onderdeel is van een ander kwaliteits- of jaarverslag, moeten onderstaande onderdelen, voor de geleverde Forensische Zorg herkenbaar en expliciet benoemd worden: i) Visie van de organisatie op het gebied van de Forensische Zorg. ii) Algemene informatie over de geleverde Forensische Zorg: (1) Type Forensische Zorg die de organisatie levert (settings, beveiligingsniveaus). (2) Aantal pati&amp;euml;nten/cli&amp;euml;nten op peildatum 31 december van het betreffende kalenderjaar. (3) Percentage Forensische Zorg (gefinancierd door DJI) ten opzichte van anders gefinancierde zorg (inclusief vrijwillige Forensische Zorg vallend onder de Zvw) in aantal pati&amp;euml;nten/cli&amp;euml;nten op 31 december van het betreffende kalenderjaar. iii) Voor de pijlers 1 t/m 4 geeft de organisatie in het kwaliteitsverslag een samenvatting van de behaalde resultaten en de huidige stand van zaken. Het beschrijft per pijler minimaal: (1) Een algemeen beeld van de mate waarin de organisatie wel of niet voldoet aan de kwaliteitsaspecten die onder deze pijler in dit Kwaliteitskader genoemd staan. (2) Een reflectie op de behaalde resultaten binnen deze pijler in het kalenderjaar waarover verslaglegging plaatsvindt. Hierbij is aandacht voor de successen en de aandachtspunten. De organisatie reflecteert aan de gestelde doelen in het eigen meerjarenplan (zie kwaliteitsaspect 1 in pijler 5). (3) De ontwikkelpunten voor het komend kalenderjaar binnen de pijler. iv) De binnen de setting afgesproken prestatie-indicatoren krijgen een plek in het jaarverslag. Naast de &amp;lsquo;cijfers&amp;rsquo; geeft de organisatie een kwalitatieve toelichting op de cijfers.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Hoofdstuk 5: Bouwsteen 4 Inzicht in kwaliteit&lt;/p&gt;
 &lt;p&gt;- Tweejaarlijks kwaliteitsbeeld: Met dit kwaliteitsbeeld laat de zorgorganisatie zien hoe zij werkt aan de kwaliteit van zorg, de dienstverlening en de verbeterdoelen, en waar zij de komende jaren aan zal werken. Het kwaliteitsbeeld is een terugblik en vooruitblik. Juist omdat het kwaliteitsbeeld ingaat op de kwaliteit van het zorgproces rond individuele personen, is het de bedoeling dat alle betrokkenen er een actieve bijdrage aan leveren. Ook worden de verbeterdoelen uit een cli&amp;euml;ntervaringsonderzoek (bouwsteen 2) meegenomen in het kwaliteitsbeeld.&lt;/p&gt;
 &lt;p&gt;- De vorm van het kwaliteitsbeeld is vrij. Er moet wel duidelijk naar voren komen wat de speerpunten waren, hoe het proces van leren en verbeteren is geweest, wat werd behaald en wat niet, waarom dan, wat wordt doorgezet en wat eventuele nieuwe speerpunten zijn. - Drie kwaliteitsbeelden aanleveren bij zorginstituut: Op 1 juni 2024 over het jaar 2023; Op 1 juni 2026 over het jaar 2025; en Op 1 juni 2028 over 2027&lt;/p&gt;</t>
   </si>
   <si>
     <t>7.1.2. B. De organisatie bespreekt het kwaliteitsverslag breed binnen de organisatie en buitende de organisatie in het lerend netwerk. Doel hiervan is dat organisaties een cyclus in gaan waarin continu reflecteren, leren en verbeteren centraal staat. Op deze wijze wordt de lerende dialoog tussen de verschillende belanghebbenden binnen de organisatie en tussen de organisaties gevoed.</t>
   </si>
   <si>
     <t>Hoofdstuk 5: Bouwsteen 4 Inzicht in kwaliteit
 - Voortgangsbericht: Het voortgangsbericht geeft inzicht in de voortgang van verbeter- en ontwikkeldoelen, bij voorkeur vanuit het perspectief van professionals en vanuit het perspectief van mensen met een beperking (waar desgewenst ook de cliëntenraad en de verwanten bij betrokken zijn). Het voortgangsbericht biedt alle betrokkenen de mogelijkheid om te kijken naar de voortgang van ontwikkelingen, verbeterpunten en naar de onderwerpen die zij belangrijk vinden. Ook geeft het gelegenheid tot verdieping van één of enkele onderdelen die benoemd zijn in het kwaliteitsbeeld.
 - Het voortgangsbericht is vormvrij.</t>
   </si>
   <si>
-    <t>7.1.2. D. Het kwaliteitsverslag is uiterlijk 31 mei van het volgende kalenderjaar gereed. Het eerste kwaliteitsverslag dient gemaakt te worden over het kalenderjaar 2022. Omdat het eerste verslagjaar een looptijd heeft van enkele maanden wordt in het eerste kwaliteitsverslag
-[...7 lines deleted...]
-- Drie kwaliteitsbeelden aanleveren bij zorginstituut: Op 1 juni 2024 over het jaar 2023; Op 1 juni 2026 over het jaar 2025; en Op 1 juni 2028 over 2027</t>
+    <t>&lt;p&gt;7.1.2. D. Het kwaliteitsverslag is uiterlijk 31 mei van het volgende kalenderjaar gereed.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;Hoofdstuk 5: Bouwsteen 4 Inzicht in kwaliteit - Tweejaarlijks kwaliteitsbeeld: Met dit kwaliteitsbeeld laat de zorgorganisatie zien hoe zij werkt aan de kwaliteit van zorg, de dienstverlening en de verbeterdoelen, en waar zij de komende jaren aan zal werken. Het kwaliteitsbeeld is een terugblik en vooruitblik. Juist omdat het kwaliteitsbeeld ingaat op de kwaliteit van het zorgproces rond individuele personen, is het de bedoeling dat alle betrokkenen er een actieve bijdrage aan leveren. Ook worden de verbeterdoelen uit een cli&amp;euml;ntervaringsonderzoek (bouwsteen 2) meegenomen in het kwaliteitsbeeld. - De vorm van het kwaliteitsbeeld is vrij. Er moet wel duidelijk naar voren komen wat de speerpunten waren, hoe het proces van leren en verbeteren is geweest, wat werd behaald en wat niet, waarom dan, wat wordt doorgezet en wat eventuele nieuwe speerpunten zijn. - Drie kwaliteitsbeelden aanleveren bij zorginstituut: Op 1 juni 2024 over het jaar 2023; Op 1 juni 2026 over het jaar 2025; en Op 1 juni 2028 over 2027&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;7.1.2. E. Het kwaliteitsverslag wordt gepubliceerd, in ieder geval op de website van de organisatie. Hiermee is het kwaliteitsverslag toegankelijk voor iedereen en daarmee wordt in een transparante informatieverstrekking aan de maatschappij en andere stakeholders voorzien. Het kwaliteitsverslag blijft minimaal 5 jaar openbaar toegankelijk.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Handreiking Inzicht in kwaliteit, H7 (Frequentie, indiening en publicatie) Kwaliteitsbeeld: Zorgaanbieders leveren om het jaar op 1 juni een kwaliteitsbeeld op. Het kwaliteitsbeeld is bedoeld om openbare informatie op te leveren over de kwaliteit van zorg. Op 1 juni 2024 leveren zorgaanbieders het eerste kwaliteitsbeeld op volgens deze nieuwe werkwijze. In totaal worden er in de vijfjarige looptijd van het Kwaliteitskompas Gehandicaptenzorg 2023 - 2028, drie kwaliteitsbeelden aangeleverd bij het Zorginstituut.&lt;/p&gt;
 &lt;p&gt;&amp;bull; Op 1 juni 2024 over het jaar 2023;&lt;br /&gt;&amp;bull; Op 1 juni 2026 over het jaar 2025;&lt;br /&gt;&amp;bull; Op 1 juni 2028 over het jaar 2027. Daarnaast publiceren zorgaanbieders het kwaliteitsbeeld per 1 juni op hun eigen website.&lt;/p&gt;</t>
   </si>
   <si>
     <t>7.1.3. De organisatie levert indicatoren en gegevens aan volgens de geldende aanleververplichtingen. Het betreft onder andere (en alleen indien voor de setting van toepassing) de prestatieindicatoren zoals beschreven in de Gids prestatie-indicatoren forensische psychiatrie en de doelmatigheidsindicatoren voor de FPC’s zoals beschreven in de Handleiding bekostiging en verantwoording van DJI.</t>
   </si>
   <si>
     <t>Hoofdstuk 5: Bouwsteen 4 Inzicht in kwaliteit
 - Visitatie: De kritische blik van buiten, je laten toetsen en inspireren door anderen, is de kern van werken aan kwaliteit.
 - De vorm hiervan kan variëren. Ook zijn er geen eisen aan de samenstelling van het visitatieteam, maar het is voor de hand liggend om hier in ieder geval mensen met een beperking en verwanten of personen uit hun sociaal netwerk bij te betrekken. Net als professionals met verschillende disciplines
 - Het visitatieteam bekijkt hoe de organisatie de kwaliteit van zorg en de kwaliteit
 van bestaan duidt en onderbouwt in het kwaliteitsbeeld. Dat doen ze ook voor
 de verbeteracties, maar ze geven geen oordeel. Het visitatieteam schrijft een beknopt verslag dat wordt toegevoegd aan het kwaliteitsbeeld of het voortgangsbericht.</t>
   </si>
   <si>
     <t>&lt;p&gt;Hoofdstuk 4: Bouwsteen 3 Professionele ontwikkeling&lt;br /&gt;-Het is van belang om ook een terugkoppeling te geven aan betrokken mensen met een beperking, hun verwanten en sociaal netwerk. Wat gebeurt er met de opmerkingen die zij hebben gemaakt?&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.1 Bij de behandeling/begeleiding van de pati&amp;euml;nt/cli&amp;euml;nt staat de balans tussen veiligheid en persoonsgerichte zorg centraal.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Hoofdstuk 1: Visie op kwaliteit Professionals ondersteunen mensen met een beperking bij het invullen van hun leven, in het rekening houden met de vrijheid en veiligheid van zichzelf en de anderen in de omgeving&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;2.1 In het kader van de geboden voorziening wordt de veiligheid van de cli&amp;euml;nt gewaarborgd.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.1. A. i)De behandeling/begeleiding is primair gericht op reductie van recidiverisico. i) Binnen de klinische en ambulante behandel setting wordt gewerkt met een model gericht op recidivereductie, zoals bijvoorbeeld het Risk-Need-Responsivity (RNR) principe21. Daarnaast wordt hierbij gebruik gemaakt van principes van kracht- en herstelgerichte zorg.&lt;/p&gt;</t>
   </si>
   <si>
     <t>3.1.1. A. ii) De behandeling/begeleiding is primair gericht op reductie van recidiverisico. ii) Voor alle ambulante begeleiding en alle verblijfszorg (begeleid wonen) wordt in ieder geval gebruik gemaakt van principes van kracht- en herstelgerichte zorg, waarbij begeleiders de risicofactoren betrekken in hun begeleiding.</t>
   </si>
   <si>
     <t>3.1.1. B. Wanneer veiligheid en persoonsgerichte zorg in tegenspraak zijn met elkaar, weegt veiligheid zwaarder in de afweging.</t>
   </si>
   <si>
     <t>3.1.2. Veiligheidsmanagement(waaronder risicomanagement) is een integraal onderdeel van de Forensische Zorg.</t>
   </si>
   <si>
-    <t>&lt;p&gt;3.1.2. A. Voor iedere pati&amp;euml;nt/cli&amp;euml;nt wordt een risicotaxatie uitgevoerd middels een erkend instrument. Op basis van de uitkomsten wordt, waar ge&amp;iuml;ndiceerd of waar nodig, een (vroeg) signaleringsplan opgesteld. Risicotaxatie en een signaleringsplan (en waar van toepassing een terugvalpreventieplan) vormen een integraal onderdeel van het behandelplan/begeleidingsplan.&lt;/p&gt;</t>
+    <t>&lt;p&gt;3.1.2. A. Voor iedere pati&amp;euml;nt/cli&amp;euml;nt wordt een risicotaxatie uitgevoerd middels een erkend instrument. Op basis van de uitkomsten wordt, waar ge&amp;iuml;ndiceerd of waar nodig, een (vroeg) signaleringsplan opgesteld. Risicotaxatie en een signaleringsplan (en waar van toepassing een terugvalpreventieplan) vormen een integraal onderdeel van het behandelplan/begeleidingsplan. Voor de ambulante setting wordt voorafgaand aan het werken met een signaleringsplan/terugvalpreventieplan een veiligheidsplan opgesteld, waarin aandacht is voor acute risicofactoren, indien mogelijk met betrokkenheid van persoonlijk netwerk.&amp;nbsp;&lt;/p&gt;</t>
   </si>
   <si>
     <t>3.1.2. B. De delictanalyse wordt voor alle patiënten/cliënten binnen de Forensisch Psychiatrische Centra (FPC’s) ingezet. Voor de Overige Forensische Zorg (OFZ) geldt dat de organisatie beleid heeft bij welke patiënten/cliënten men wel of geen en wanneer een delictanalyse inzet. Het behandelplan/begeleidingsplan wordt mede opgesteld naar aanleiding van de, indien afgenomen, delictanalyse. Voor de delictanalyse wordt gebruik gemaakt van de methode die onder het programma Kwaliteit Forensische Zorg (KFZ) is ontwikkeld.</t>
   </si>
   <si>
-    <t>3.2.7. Veiligheidsmanagement (waaronder risicomanagement) specifiek per Klinisch en Ambulant</t>
+    <t>&lt;p&gt;3.2.7. Veiligheidsmanagement (waaronder risicomanagement) specifiek per Klinisch.&lt;/p&gt;</t>
   </si>
   <si>
     <t>3.2.7. A. Binnen de Klinische Forensische zorg wordt het veiligheidsmanagement afgestemd op en (waar sprake is van beveiligingsniveaus) ingepast binnen het geldende beveiligingsniveau.</t>
-  </si>
-[...1 lines deleted...]
-    <t>3.2.7. B. Binnen de Ambulante setting is het nodig om met een veiligheidsplan te werken als er sprake is van een hoge kans op recidive (eventueel veroorzaakt door acute risicofactoren), indien mogelijk met betrokkenheid van systeemleden.</t>
   </si>
   <si>
     <t>3.1.1. D. Professionals werken aan een veilige en betrouwbare professionele relatie met de patiënt/cliënt. Dit draagt bij aan de motivatie van patiënt/cliënt en de professional creëert binnen het contact voldoende veiligheid waarin de patiënt/cliënt kritisch naar zichzelf kan kijken en nieuw gedrag kan aanleren. Dit is essentieel om tot een geslaagde behandeling/begeleiding te kunnen komen.</t>
   </si>
   <si>
     <t>3.1.1. C. De patiënt/cliënt heeft (naar vermogen en rekening houdend met eventuele (verstandelijke) beperkingen) een actieve inbreng en eigen verantwoordelijkheid bij het opstellen en uitvoeren van het behandelplan/begeleidingsplan en het behalen van afgesproken doelen. De organisatie stimuleert dit, onder andere door patiënt/cliënt goed te informeren.</t>
   </si>
   <si>
     <t>3.1.1. E. De autonomie van de patiënt/cliënt wordt zo lang mogelijk en zo goed mogelijk gewaarborgd. Onvrijwillige zorg wordt zo min mogelijk ingezet. Wanneer wel nodig, dan wordt inzet van onvrijwillige zorg multidisciplinair afgewogen op doelmatigheid, proportionaliteit, subsidiariteit en veiligheid.</t>
   </si>
   <si>
     <t>&lt;p&gt;3.2.8. Het leefklimaat vormt een belangrijk onderdeel van de behandeling/begeleiding binnen de klinische- en verblijfssetting.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Hoofdstuk 1: Visie op kwaliteit&lt;/p&gt;
 &lt;p&gt;Voorwaarde voor kwaliteit (bij de visie): Een omgeving die veiligheid voor mensen met een beperking bevordert op fysiek, sociaal en emotioneel vlak.&lt;/p&gt;</t>
   </si>
   <si>
     <t>3.2.8. A. In de klinische- en verblijfssetting is de patiënt/cliënt voor het grootste deel van de week in zijn/ haar eigen verblijf of op de groep. Professionals op de groep leveren vanuit hun handelen een bijdrage aan de behandeling en begeleiding van de patiënt/cliënt.</t>
   </si>
   <si>
     <t>3.2.8. D. Sensitiviteit en transparantie van behandelaren/begeleiders zorgt voor aansluiting bij de patiënt/ cliënt en draagt daarmee bij aan het creëren van een leefklimaat dat ondersteunend is aan de behandel-/begeleidingsdoelen.</t>
   </si>
   <si>
     <t>3.2.8. E. Het leefklimaat biedt ruimte aan een zinvolle dagbesteding en aandacht voor fysiek en psychisch welbevinden.</t>
@@ -769,109 +751,109 @@
   </si>
   <si>
     <t>&lt;p&gt;Handreiking ondersteuningplannen: Hoofdstuk 2 (Visie Handreiking Ondersteuningsplannen), paragraaf 2.1 (De persoon centraal): In een levend plan past het niet om kunstmatig doelen op te nemen uit een verplichting. Juist omdat de mens in het plan centraal staat, is het passend de doelen en de termijnen die daaraan hangen te laten aansluiten bij de beleving van mensen met een beperking. Doelen worden opgenomen als er een ontwikkeling wordt nagestreefd op een bepaald gebied. Doelen hoeven niet allemaal groot of v&amp;eacute;rrijkend te zijn en er hoeven ook niet voor een heel jaar nieuwe doelen geformuleerd te worden. Doelen in kleine stappen kunnen meer houvast geven dan een groter doel voor de lange termijn. Ook kan de terugkerende ondersteuning als doel worden gedefinieerd. Hoofdstuk 2 (Visie Handreiking Ondersteuningsplannen), paragraaf 2.2 (Samen verantwoordelijk): De doelen en afspraken tussen mensen met een beperking, hun verwanten, vertegenwoordiger, sociaal netwerk en professionals vormen de kern van het ondersteuningsplan.&lt;/p&gt;</t>
   </si>
   <si>
     <t>3.1.3. E. Professionals sluiten in het behandelplan/begeleidingsplan aan bij de belevingswereld binnen de sociale context en vaardigheden van de patiënt/cliënt. Van belang is dat de patiënt/cliënt zo veel mogelijk geïnformeerd is over waar hij/zij aan toe is, ook als het plan nog opgesteld wordt of nog niet volledig is. De betrokken professionals en de patiënt/cliënt spreken af welke professional het eerste aanspreekpunt is voor de patiënt/cliënt en wie de patiënt/cliënt dus ook informeert.</t>
   </si>
   <si>
     <t>Handreiking ondersteuningplannen: 
 Hoofdstuk 3. (Wat is het ondersteuningsplan?), paragraaf 3.1 (Wat is het ondersteuningsplan?): De afspraken in het ondersteuningsplan zijn gebaseerd op de wensen en behoeften van mensen met een beperking.
 Zie ook Hoofdstuk 12 Wet- regelgeving, paragraaf 12.1. Rechten van de cliënt en plichten van de zorgverlener, kop 12.1.d Geïnformeerde toestemming (Informed consent), pagina 67 t/m 69.</t>
   </si>
   <si>
     <t>3.1.3. F. De organisatie heeft beleid ten aanzien van anderstaligen.</t>
   </si>
   <si>
     <t>Handreiking ondersteuningplannen: hoofdstuk 10. (Het ondersteuningsplan in begrijpelijke taal): Goede zorg zet de mens centraal. Iedereen heeft daarom recht op een ondersteuningsplan dat begrijpelijk en toegankelijk is.</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.4. Rapportage en dossiervoering worden uitgevoerd conform de professionele standaard.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Handreiking ondersteuningsplannen: hoofdstuk 3 (Wat is het ondersteuningsplan?), paragraaf 3.3 (Verschil ondersteuningsplan en behandelplan) Het dossier is de verzameling van alle informatie die noodzakelijk is voor goede zorg en ondersteuning, inclusief alle informatie voor professionele verantwoording. Het dossier omvat dus klinische en administratieve basisinformatie, behandel- en werkplannen en het ondersteuningsplan. Zie ook Hoofdstuk 12 Wet- regelgeving, paragraaf 12.1. Rechten van de cli&amp;euml;nt en plichten van de zorgverlener, kop 12.1.a (Dossierplicht en de inhoud van het cli&amp;euml;ntdossier), pagina 63-64&lt;/p&gt;</t>
   </si>
   <si>
-    <t>3.1.4. A. De behandelaren/begeleiders verzamelen in de eerste 24 uur (gerekend vanaf het eerste contact met de patiënt/cliënt) de meest cruciale informatie over de patiënt/cliënt (o.a. kritische informatie over bijvoorbeeld medicatiegebruik). De behandelaren/begeleiders zorgen ervoor dat deze informatie toegankelijk is voor alle andere betrokken behandelaren/begeleiders binnen de eigen organisatie. Dat mag in een voorlopig behandelplan/begeleidingsplan, of op een andere manier in het dossier.</t>
+    <t>&lt;p&gt;3.1.4. A. De behandelaren/begeleiders verzamelen in de eerste 24 uur (gerekend vanaf het eerste contact met de pati&amp;euml;nt/cli&amp;euml;nt) de meest cruciale informatie over de pati&amp;euml;nt/cli&amp;euml;nt (o.a. kritische informatie over bijvoorbeeld medicatiegebruik). Voor de ambulante zorg geldt dat deze informatie zo snel als mogelijk na de eerste 24 uur is verzameld. De behandelaren/begeleiders zorgen ervoor dat deze informatie toegankelijk is voor alle andere betrokken behandelaren/begeleiders binnen de eigen organisatie. Dat mag in een voorlopig behandelplan/begeleidingsplan, of op een andere manier in het dossier.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.4. B. De behandelaren/begeleiders rapporteren in het dossier van de pati&amp;euml;nt/cli&amp;euml;nt op de gestelde doelen in het behandelplan/begeleidingsplan.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Handreiking ondersteuningsplannen: hoofdstuk 5 (Het ondersteuningsplan in het ondersteuningsproces), paragraaf 4 (Rapporteren en evalueren): Om de voortgang van het ondersteuningsplan te monitoren, rapporteren betrokkenen over de gemaakte doelen en afspraken. Organisaties kunnen de rapportages naar eigen inzicht vormgeven. Wel is het zo dat de rapportages voor alle betrokkenen begrijpelijk en toegankelijk moeten zijn omdat de rapportages de bron zijn voor evaluatie. Bij het maken van de afspraken is het zinvol om per doel of afspraak vast te leggen hoe gerapporteerd wordt; waar moet de rapporteur op letten, wat moet zeker in de rapportage terugkomen?&lt;/p&gt;</t>
   </si>
   <si>
     <t>3.1.4. C. De organisatie heeft afspraken vastgelegd over wie onder welke voorwaarden inzage heeft in het dossier van de patiënt/cliënt en onder welke voorwaarden het dossier gedeeld mag worden (zowel intern als extern).</t>
   </si>
   <si>
     <t>Handreiking ondersteuningsplannen: Zie  Hoofdstuk 12 Wet- regelgeving, paragraaf 12.1. Rechten van de cliënt en plichten van de zorgverlener, kop 12.1.b (Rechten van de cliënt met betrekking tot het cliëntdossier), pagina 64 - 65</t>
   </si>
   <si>
     <t>3.1.4. E. De patiënt/cliënt heeft recht op inzage in zijn/haar eigen dossier. De hiervoor opgestelde procedures zijn vastgesteld.</t>
   </si>
   <si>
     <t>3.1.4. D. De patiënt/cliënt wordt zo veel mogelijk betrokken bij het opstellen van periodieke (voortgangs-) rapportages over de behandeling/begeleiding.</t>
   </si>
   <si>
     <t>Handreiking ondersteuningsplannen: zit verweven in de hele handreiking. Onder andere hoofdstuk 3 (Wat is het ondersteuningsplan?), paragraaf 3.2 (De totstandkoming van een ondersteuningsplan):
 Het ondersteuningsplan komt tot stand vanuit dialoog met mensen met een beperking, verwanten, vertegenwoordigers, sociaal netwerk en professionals. De wensen en de behoeften van mensen met een beperking (en eventueel hun verwanten, vertegenwoordiger en sociaal netwerk) vormen hiervoor de basis. Dat maakt een plan persoonlijk en daarmee wordt de eigen invloed van mensen met een beperking op de zorg en ondersteuning vergroot.</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.6. De behandeling/begeleiding wordt waar mogelijk afgeschaald en waar nodig opgeschaald, zodat de zorg doelmatig en effectief wordt ingezet. Dit geldt zowel voor op- en afschalen binnen de eigen organisatie als binnen de keten(zie hoofdstuk 6 en bijlage 4).&lt;/p&gt;</t>
   </si>
   <si>
     <t>3.1.6. A. Risicomanagement is leidend bij het op- en afschalen.</t>
   </si>
   <si>
     <t>Handreiking ondersteuningsplannen: hoofdstuk 9 (Rollen en verantwoordelijkheden):  Meer dan voorheen is het nodig om zorg- en ondersteuningsvragen niet alleen vanuit de zorgaanbieder (beroepsmatige zorgverleners) te beantwoorden, maar ook vanuit het natuurlijke netwerk om mensen met een beperking heen: familie, vrienden, buren, collega’s en vrijwilligers (nietberoepsmatige zorgverleners). Een gelijkwaardig samenspel tussen beroepsmatige zorgverleners en nietberoepsmatige zorgverleners is essentieel voor de best mogelijke zorg en ondersteuning en daarmee voor kwaliteit van bestaan van mensen met een beperking. Het ondersteuningsplan komt ook in in dat samenspel tot stand. Ieder heeft hierin een eigen rol en verantwoordelijkheid.</t>
   </si>
   <si>
     <t>&lt;p&gt;Hoofdstuk 1: kwaliteitskompas - visie op kwaliteit - Professionals ondersteunen mensen met een beperking bij het invullen van hun leven, in het rekening houden met de vrijheid en veiligheid van zichzelf en de anderen in de omgeving&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.1. A. ii) De behandeling/begeleiding is primair gericht op reductie van recidiverisico. ii) Voor alle ambulante begeleiding en alle verblijfszorg (begeleid wonen) wordt in ieder geval gebruik gemaakt van principes van kracht- en herstelgerichte zorg, waarbij begeleiders de risicofactoren betrekken in hun begeleiding.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.1. B. Wanneer veiligheid en persoonsgerichte zorg in tegenspraak zijn met elkaar, weegt veiligheid zwaarder in de afweging.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.2. Veiligheidsmanagement(waaronder risicomanagement) is een integraal onderdeel van de Forensische Zorg.&lt;/p&gt;</t>
   </si>
   <si>
+    <t>&lt;p&gt;3.1.2. A. Voor iedere pati&amp;euml;nt/cli&amp;euml;nt wordt een risicotaxatie uitgevoerd middels een erkend instrument. Op basis van de uitkomsten wordt, waar ge&amp;iuml;ndiceerd of waar nodig, een (vroeg) signaleringsplan opgesteld. Risicotaxatie en een signaleringsplan (en waar van toepassing een terugvalpreventieplan) vormen een integraal onderdeel van het behandelplan/begeleidingsplan. Voor de ambulante setting wordt voorafgaand aan het werken met een signaleringsplan/terugvalpreventieplan een veiligheidsplan opgesteld, waarin aandacht is voor acute risicofactoren, indien mogelijk met betrokkenheid van persoonlijk netwerk.&lt;/p&gt;</t>
+  </si>
+  <si>
     <t>&lt;p&gt;3.1.2. B. De delictanalyse wordt voor alle pati&amp;euml;nten/cli&amp;euml;nten binnen de Forensisch Psychiatrische Centra (FPC&amp;rsquo;s) ingezet. Voor de Overige Forensische Zorg (OFZ) geldt dat de organisatie beleid heeft bij welke pati&amp;euml;nten/cli&amp;euml;nten men wel of geen en wanneer een delictanalyse inzet. Het behandelplan/begeleidingsplan wordt mede opgesteld naar aanleiding van de, indien afgenomen, delictanalyse. Voor de delictanalyse wordt gebruik gemaakt van de methode die onder het programma Kwaliteit Forensische Zorg (KFZ) is ontwikkeld.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.1. D. Professionals werken aan een veilige en betrouwbare professionele relatie met de pati&amp;euml;nt/cli&amp;euml;nt. Dit draagt bij aan de motivatie van pati&amp;euml;nt/cli&amp;euml;nt en de professional cre&amp;euml;ert binnen het contact voldoende veiligheid waarin de pati&amp;euml;nt/cli&amp;euml;nt kritisch naar zichzelf kan kijken en nieuw gedrag kan aanleren. Dit is essentieel om tot een geslaagde behandeling/begeleiding te kunnen komen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Hoofdstuk 1: kwaliteitskompas - visie op kwaliteit - De ervaringskennis van mensen met een beperking, hun verwanten en sociaal netwerk, wordt betrokken in de zorg en ondersteuning. - Het gaat bij ontwikkeling altijd om de mens in relatie tot zijn of haar (sociale) omgeving. Daarbij is de betrokkenheid van verwanten en het sociaal netwerk van belang.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;1.4 De op basis van de voorziening geboden ondersteuning sluit aan op de re&amp;euml;le behoefte en mogelijkheden van de cli&amp;euml;nt en zijn/haar sociale netwerk (waaronder evt mantelzorgers).&lt;/p&gt;</t>
-  </si>
-[...1 lines deleted...]
-    <t>&lt;p&gt;3.1.5. B. Naasten, en andere relevante systeemleden, van de pati&amp;euml;nt/cli&amp;euml;nt krijgen (tenzij er geen toestemming is van de pati&amp;euml;nt/cli&amp;euml;nt) uitleg over: i) De problematiek. ii) De behandeling/begeleiding. iii) De afspraken omtrent bezoek.&lt;/p&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1175,51 +1157,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D230"/>
+  <dimension ref="A1:D226"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="2072.637" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="1237.412" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="292.5" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1642,560 +1624,560 @@
       <c r="A48" t="s">
         <v>71</v>
       </c>
       <c r="B48" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>76</v>
       </c>
       <c r="B49" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>78</v>
       </c>
       <c r="B50" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>55</v>
+        <v>80</v>
       </c>
       <c r="B51" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B52" t="s">
-        <v>82</v>
+        <v>83</v>
+      </c>
+      <c r="C52" t="s">
+        <v>84</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>84</v>
+        <v>55</v>
       </c>
       <c r="C53" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>55</v>
+        <v>71</v>
+      </c>
+      <c r="B54" t="s">
+        <v>86</v>
       </c>
       <c r="C54" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="B55" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B56" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B57" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B58" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B59" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>89</v>
+        <v>82</v>
       </c>
       <c r="B60" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B61" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B62" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>83</v>
+        <v>15</v>
       </c>
       <c r="B63" t="s">
         <v>97</v>
       </c>
+      <c r="C63" t="s">
+        <v>98</v>
+      </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>15</v>
+        <v>82</v>
       </c>
       <c r="B64" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-        <v>99</v>
+        <v>21</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
+        <v>82</v>
+      </c>
+      <c r="B65" t="s">
         <v>83</v>
       </c>
-      <c r="B65" t="s">
-        <v>21</v>
+      <c r="C65" t="s">
+        <v>99</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="B66" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-        <v>100</v>
+        <v>101</v>
+      </c>
+      <c r="D66" t="s">
+        <v>102</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B67" t="s">
-        <v>102</v>
-[...1 lines deleted...]
-      <c r="D67" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B68" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B69" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B70" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B71" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B72" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B73" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>101</v>
+        <v>80</v>
       </c>
       <c r="B74" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="B75" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="B76" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="B77" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
       <c r="B78" t="s">
-        <v>114</v>
+        <v>27</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>15</v>
       </c>
       <c r="B79" t="s">
-        <v>27</v>
+        <v>114</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>15</v>
       </c>
       <c r="B80" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>15</v>
       </c>
       <c r="B81" t="s">
+        <v>16</v>
+      </c>
+      <c r="C81" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>15</v>
       </c>
-      <c r="B82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C82" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>15</v>
       </c>
       <c r="C83" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>15</v>
       </c>
       <c r="C84" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>15</v>
       </c>
       <c r="C85" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>15</v>
       </c>
       <c r="C86" t="s">
         <v>121</v>
       </c>
+      <c r="D86" t="s">
+        <v>122</v>
+      </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>15</v>
       </c>
       <c r="C87" t="s">
-        <v>122</v>
-[...1 lines deleted...]
-      <c r="D87" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="C88" t="s">
+        <v>100</v>
+      </c>
+      <c r="B88" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>101</v>
+        <v>125</v>
       </c>
       <c r="B89" t="s">
-        <v>125</v>
+        <v>126</v>
+      </c>
+      <c r="C89" t="s">
+        <v>127</v>
+      </c>
+      <c r="D89" t="s">
+        <v>128</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>126</v>
+        <v>76</v>
       </c>
       <c r="B90" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D90" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>76</v>
       </c>
       <c r="B91" t="s">
-        <v>130</v>
-[...1 lines deleted...]
-      <c r="D91" t="s">
         <v>131</v>
+      </c>
+      <c r="C91" t="s">
+        <v>132</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>76</v>
+        <v>125</v>
       </c>
       <c r="B92" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C92" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>126</v>
+        <v>78</v>
       </c>
       <c r="B93" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C93" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>78</v>
       </c>
       <c r="B94" t="s">
         <v>136</v>
       </c>
       <c r="C94" t="s">
-        <v>133</v>
+        <v>134</v>
+      </c>
+      <c r="D94" t="s">
+        <v>137</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>78</v>
+        <v>52</v>
       </c>
       <c r="B95" t="s">
-        <v>137</v>
-[...4 lines deleted...]
-      <c r="D95" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>52</v>
       </c>
       <c r="B96" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>52</v>
+        <v>125</v>
       </c>
       <c r="B97" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>126</v>
+        <v>52</v>
       </c>
       <c r="B98" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>52</v>
+        <v>125</v>
       </c>
       <c r="B99" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="B100" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="B101" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="B102" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="B103" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>126</v>
+        <v>76</v>
       </c>
       <c r="B104" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
         <v>76</v>
       </c>
       <c r="B105" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B106" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="B107" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
         <v>76</v>
       </c>
       <c r="B108" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B109" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
         <v>78</v>
       </c>
       <c r="B110" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
         <v>78</v>
       </c>
       <c r="B111" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
         <v>78</v>
       </c>
@@ -2207,1064 +2189,1032 @@
       <c r="A113" t="s">
         <v>78</v>
       </c>
       <c r="B113" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
         <v>78</v>
       </c>
       <c r="B114" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
         <v>78</v>
       </c>
       <c r="B115" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>55</v>
+        <v>80</v>
       </c>
       <c r="B116" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="B117" t="s">
-        <v>160</v>
+        <v>111</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="B118" t="s">
-        <v>161</v>
+        <v>112</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="B119" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
       <c r="B120" t="s">
-        <v>113</v>
+        <v>27</v>
+      </c>
+      <c r="C120" t="s">
+        <v>160</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
       <c r="B121" t="s">
-        <v>114</v>
+        <v>28</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
         <v>15</v>
       </c>
       <c r="B122" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>162</v>
+        <v>115</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>15</v>
+        <v>100</v>
       </c>
       <c r="B123" t="s">
-        <v>28</v>
+        <v>161</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>15</v>
+        <v>71</v>
       </c>
       <c r="B124" t="s">
-        <v>116</v>
+        <v>162</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>101</v>
+        <v>71</v>
       </c>
       <c r="B125" t="s">
-        <v>125</v>
+        <v>163</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>71</v>
+        <v>30</v>
       </c>
       <c r="B126" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>71</v>
+        <v>30</v>
       </c>
       <c r="B127" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="B128" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>30</v>
+        <v>71</v>
       </c>
       <c r="B129" t="s">
-        <v>166</v>
+        <v>86</v>
+      </c>
+      <c r="C129" t="s">
+        <v>167</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>35</v>
+        <v>88</v>
       </c>
       <c r="B130" t="s">
-        <v>167</v>
+        <v>89</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="B131" t="s">
-        <v>87</v>
-[...1 lines deleted...]
-      <c r="C131" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B132" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B133" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>89</v>
+        <v>82</v>
       </c>
       <c r="B134" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>89</v>
+        <v>82</v>
       </c>
       <c r="B135" t="s">
-        <v>170</v>
+        <v>95</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B136" t="s">
-        <v>95</v>
+        <v>170</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B137" t="s">
-        <v>96</v>
+        <v>171</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>83</v>
+        <v>172</v>
       </c>
       <c r="B138" t="s">
-        <v>171</v>
+        <v>173</v>
+      </c>
+      <c r="C138" t="s">
+        <v>174</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>83</v>
+        <v>172</v>
       </c>
       <c r="B139" t="s">
-        <v>172</v>
+        <v>175</v>
+      </c>
+      <c r="C139" t="s">
+        <v>176</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>83</v>
+        <v>172</v>
       </c>
       <c r="B140" t="s">
-        <v>173</v>
+        <v>177</v>
+      </c>
+      <c r="C140" t="s">
+        <v>178</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="B141" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="C141" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="B142" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="C142" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="B143" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="C143" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="B144" t="s">
-        <v>181</v>
-[...2 lines deleted...]
-        <v>182</v>
+        <v>185</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>174</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>55</v>
       </c>
       <c r="C145" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>174</v>
-[...2 lines deleted...]
-        <v>185</v>
+        <v>15</v>
       </c>
       <c r="C146" t="s">
-        <v>186</v>
+        <v>120</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>174</v>
+        <v>82</v>
       </c>
       <c r="B147" t="s">
+        <v>21</v>
+      </c>
+      <c r="C147" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>55</v>
+        <v>88</v>
+      </c>
+      <c r="B148" t="s">
+        <v>188</v>
       </c>
       <c r="C148" t="s">
-        <v>188</v>
+        <v>189</v>
+      </c>
+      <c r="D148" t="s">
+        <v>190</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>121</v>
+        <v>88</v>
+      </c>
+      <c r="B149" t="s">
+        <v>191</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="B150" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>189</v>
+        <v>192</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B151" t="s">
-        <v>190</v>
-[...5 lines deleted...]
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B152" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B153" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B154" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B155" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B156" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>89</v>
+        <v>52</v>
       </c>
       <c r="B157" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>89</v>
+        <v>32</v>
       </c>
       <c r="B158" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>89</v>
+        <v>32</v>
       </c>
       <c r="B159" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>89</v>
+        <v>71</v>
       </c>
       <c r="B160" t="s">
-        <v>201</v>
+        <v>202</v>
+      </c>
+      <c r="C160" t="s">
+        <v>203</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>52</v>
+        <v>71</v>
       </c>
       <c r="B161" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>32</v>
+        <v>71</v>
       </c>
       <c r="B162" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>32</v>
+        <v>71</v>
       </c>
       <c r="B163" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>71</v>
+        <v>30</v>
       </c>
       <c r="B164" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-        <v>206</v>
+        <v>164</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>71</v>
+        <v>30</v>
       </c>
       <c r="B165" t="s">
-        <v>207</v>
+        <v>165</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>71</v>
+        <v>35</v>
       </c>
       <c r="B166" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>71</v>
+        <v>35</v>
       </c>
       <c r="B167" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="B168" t="s">
-        <v>165</v>
+        <v>209</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="B169" t="s">
-        <v>166</v>
+        <v>210</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
         <v>35</v>
       </c>
       <c r="B170" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
         <v>35</v>
       </c>
       <c r="B171" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="B172" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="B173" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="B174" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>35</v>
+        <v>88</v>
       </c>
       <c r="B175" t="s">
-        <v>215</v>
+        <v>216</v>
+      </c>
+      <c r="C175" t="s">
+        <v>217</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>50</v>
+        <v>88</v>
       </c>
       <c r="B176" t="s">
-        <v>216</v>
+        <v>89</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>50</v>
+        <v>88</v>
       </c>
       <c r="B177" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>50</v>
+        <v>88</v>
       </c>
       <c r="B178" t="s">
-        <v>218</v>
+        <v>168</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B179" t="s">
-        <v>219</v>
-[...2 lines deleted...]
-        <v>220</v>
+        <v>92</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B180" t="s">
-        <v>90</v>
+        <v>169</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>89</v>
+        <v>30</v>
       </c>
       <c r="B181" t="s">
-        <v>221</v>
+        <v>37</v>
+      </c>
+      <c r="C181" t="s">
+        <v>38</v>
+      </c>
+      <c r="D181" t="s">
+        <v>39</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>89</v>
+        <v>30</v>
       </c>
       <c r="B182" t="s">
-        <v>169</v>
+        <v>40</v>
+      </c>
+      <c r="C182" t="s">
+        <v>41</v>
+      </c>
+      <c r="D182" t="s">
+        <v>42</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>89</v>
+        <v>30</v>
       </c>
       <c r="B183" t="s">
-        <v>93</v>
+        <v>219</v>
+      </c>
+      <c r="C183" t="s">
+        <v>220</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B184" t="s">
-        <v>170</v>
+        <v>216</v>
+      </c>
+      <c r="C184" t="s">
+        <v>217</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
         <v>30</v>
       </c>
       <c r="B185" t="s">
-        <v>37</v>
+        <v>221</v>
       </c>
       <c r="C185" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>39</v>
+        <v>222</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
         <v>30</v>
       </c>
       <c r="B186" t="s">
-        <v>40</v>
+        <v>223</v>
       </c>
       <c r="C186" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>224</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
         <v>30</v>
       </c>
       <c r="B187" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="C187" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>89</v>
+        <v>172</v>
       </c>
       <c r="B188" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="C188" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
         <v>30</v>
       </c>
       <c r="B189" t="s">
-        <v>224</v>
-[...2 lines deleted...]
-        <v>225</v>
+        <v>229</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>30</v>
+        <v>172</v>
       </c>
       <c r="B190" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="C190" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B191" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="C191" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>174</v>
+        <v>32</v>
       </c>
       <c r="B192" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="C192" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="B193" t="s">
-        <v>232</v>
+        <v>235</v>
+      </c>
+      <c r="C193" t="s">
+        <v>236</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>174</v>
+        <v>50</v>
       </c>
       <c r="B194" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>234</v>
+        <v>237</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="B195" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-        <v>236</v>
+        <v>238</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="B196" t="s">
-        <v>237</v>
-[...2 lines deleted...]
-        <v>236</v>
+        <v>214</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B197" t="s">
-        <v>238</v>
-[...2 lines deleted...]
-        <v>239</v>
+        <v>215</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>50</v>
+        <v>35</v>
       </c>
       <c r="B198" t="s">
-        <v>240</v>
+        <v>207</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>50</v>
+        <v>35</v>
       </c>
       <c r="B199" t="s">
-        <v>241</v>
+        <v>208</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>50</v>
+        <v>35</v>
       </c>
       <c r="B200" t="s">
-        <v>217</v>
+        <v>209</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>50</v>
+        <v>35</v>
       </c>
       <c r="B201" t="s">
-        <v>218</v>
+        <v>210</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
         <v>35</v>
       </c>
       <c r="B202" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
         <v>35</v>
       </c>
       <c r="B203" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>212</v>
+        <v>52</v>
+      </c>
+      <c r="C204" t="s">
+        <v>239</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
-        <v>35</v>
+        <v>88</v>
       </c>
       <c r="B205" t="s">
-        <v>213</v>
+        <v>188</v>
+      </c>
+      <c r="C205" t="s">
+        <v>240</v>
+      </c>
+      <c r="D205" t="s">
+        <v>190</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
-        <v>35</v>
+        <v>88</v>
       </c>
       <c r="B206" t="s">
-        <v>214</v>
+        <v>191</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>35</v>
+        <v>88</v>
       </c>
       <c r="B207" t="s">
-        <v>215</v>
+        <v>241</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="C208" t="s">
+        <v>88</v>
+      </c>
+      <c r="B208" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B209" t="s">
-        <v>190</v>
-[...1 lines deleted...]
-      <c r="C209" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B210" t="s">
-        <v>193</v>
+        <v>244</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B211" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
-        <v>89</v>
+        <v>52</v>
       </c>
       <c r="B212" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
-        <v>89</v>
+        <v>32</v>
       </c>
       <c r="B213" t="s">
-        <v>246</v>
+        <v>33</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
-        <v>89</v>
+        <v>32</v>
       </c>
       <c r="B214" t="s">
-        <v>197</v>
+        <v>34</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
-        <v>89</v>
+        <v>71</v>
       </c>
       <c r="B215" t="s">
-        <v>247</v>
+        <v>163</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
-        <v>52</v>
+        <v>71</v>
       </c>
       <c r="B216" t="s">
-        <v>248</v>
+        <v>162</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="B217" t="s">
-        <v>33</v>
+        <v>164</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="B218" t="s">
-        <v>34</v>
+        <v>165</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
-        <v>71</v>
+        <v>4</v>
       </c>
       <c r="B219" t="s">
-        <v>164</v>
+        <v>5</v>
+      </c>
+      <c r="C219" t="s">
+        <v>247</v>
+      </c>
+      <c r="D219" t="s">
+        <v>7</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>163</v>
+        <v>4</v>
+      </c>
+      <c r="C220" t="s">
+        <v>8</v>
+      </c>
+      <c r="D220" t="s">
+        <v>248</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
-        <v>30</v>
+        <v>4</v>
       </c>
       <c r="B221" t="s">
-        <v>165</v>
+        <v>10</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
-        <v>30</v>
+        <v>4</v>
       </c>
       <c r="B222" t="s">
-        <v>166</v>
+        <v>11</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
         <v>4</v>
       </c>
       <c r="B223" t="s">
-        <v>5</v>
-[...5 lines deleted...]
-        <v>7</v>
+        <v>14</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="D224" t="s">
-        <v>250</v>
+        <v>31</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
-        <v>4</v>
+        <v>30</v>
       </c>
       <c r="B225" t="s">
-        <v>10</v>
+        <v>60</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
-        <v>4</v>
+        <v>55</v>
       </c>
       <c r="B226" t="s">
-        <v>251</v>
-[...30 lines deleted...]
-      <c r="B230" t="s">
         <v>62</v>
       </c>
-      <c r="D230" t="s">
+      <c r="D226" t="s">
         <v>63</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>