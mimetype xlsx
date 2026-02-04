--- v0 (2025-11-04)
+++ v1 (2026-02-04)
@@ -50,52 +50,51 @@
   <si>
     <t>&lt;p&gt;7.1.2. De organisatie stelt per kalenderjaar een kwaliteitsverslag op of integreert de verslaglegging over kwaliteit in een ander (reeds bestaand) kwaliteits- of jaarverslag.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;4.2 Implementatietools en lerende community &lt;br /&gt;Om organisaties de tijd te geven dit kwaliteitskader goed in hun zorgproces te&lt;br /&gt;laten landen, zal het eerste jaar (1 juli 2024 &amp;ndash; 30 juni 2025) gebruikt worden voor een &lt;br /&gt;0-meting en een daarop aansluitend plan van aanpak ter verbetering. Dit legt de &lt;br /&gt;basis voor het kwaliteitsverslag het daaropvolgende jaar.&lt;/p&gt;
 &lt;p&gt;Implementatietools&lt;br /&gt;De ondersteuning van de projectorganisatie zal in ieder geval bestaan uit het beschikbaar stellen van meerdere implementatietools die voor alle organisaties nuttig kunnen zijn. Zo worden organisaties ontzorgd en voorkomen we dubbel werk:&lt;br /&gt;&amp;bull; Format voor 0-meting: een matrix met alle gestelde normen dat overzicht geeft &lt;br /&gt;in wat goed gaat en waar ontwikkeling nodig is.&lt;br /&gt;&amp;bull; Een overzicht waarin de samenhang met bestaande wet- en regelgeving, &lt;br /&gt;richtlijnen, zorgstandaarden en methodes wordt weergegeven.&lt;br /&gt;&amp;bull; Verbijzonderingen van de normen voor Wlz-b en Wlz-w.&lt;br /&gt;&amp;bull; Een waaier van beschikbare meetinstrumenten.&lt;br /&gt;&amp;bull; Antwoorden op veelgestelde vragen&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;7.1.2. A. Door middel van het kwaliteitsverslag maken organisaties transparant waar ze staan met betrekking tot de implementatie van de kwaliteitsaspecten. Vanuit eigen reflectie, en in afstemming met pati&amp;euml;nten/ cli&amp;euml;nten (al dan niet via een pati&amp;euml;nten-/cli&amp;euml;nten-/verwantenraad) en medische en professionele staf (bijvoorbeeld via een verpleegkundig- agogische adviesraad), wordt beschreven wat is gerealiseerd en waar de organisatie nog op zal ontwikkelen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Hoofdstuk 3. Het kwaliteitsverslag (pagina 26)&lt;br /&gt;De organisatie stelt per kalenderjaar een kwaliteitsverslag op. De plannen en ambities zijn een integraal onderdeel van dit verslag. Het kwaliteitsverslag is een terugblik, een refectie op de resultaten en een vooruitblik. In lijn met het belang van gezamenlijk refecteren en leren, haalt de organisatie informatie bij cli&amp;euml;nten, professionals (waaronder ervaringsdeskundigen), naasten en samenwerkingspartners op en verwerkt deze input in het kwaliteitsverslag.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;7.1.2. C. In het kwaliteitsverslag komen minimaal onderstaande onderdelen terug. Wanneer het kwaliteitsverslag integraal onderdeel is van een ander kwaliteits- of jaarverslag, moeten onderstaande onderdelen, voor de geleverde Forensische Zorg herkenbaar en expliciet benoemd worden: i) Visie van de organisatie op het gebied van de Forensische Zorg. ii) Algemene informatie over de geleverde Forensische Zorg: (1) Type Forensische Zorg die de organisatie levert (settings, beveiligingsniveaus). (2) Aantal pati&amp;euml;nten/cli&amp;euml;nten op peildatum 31 december van het betreffende kalenderjaar. (3) Percentage Forensische Zorg (gefinancierd door DJI) ten opzichte van anders gefinancierde zorg (inclusief vrijwillige Forensische Zorg vallend onder de Zvw) in aantal pati&amp;euml;nten/cli&amp;euml;nten op 31 december van het betreffende kalenderjaar. iii) Voor de pijlers 1 t/m 4 geeft de organisatie in het kwaliteitsverslag een samenvatting van de behaalde resultaten en de huidige stand van zaken. Het beschrijft per pijler minimaal: (1) Een algemeen beeld van de mate waarin de organisatie wel of niet voldoet aan de kwaliteitsaspecten die onder deze pijler in dit Kwaliteitskader genoemd staan. (2) Een reflectie op de behaalde resultaten binnen deze pijler in het kalenderjaar waarover verslaglegging plaatsvindt. Hierbij is aandacht voor de successen en de aandachtspunten. De organisatie reflecteert aan de gestelde doelen in het eigen meerjarenplan (zie kwaliteitsaspect 1 in pijler 5). (3) De ontwikkelpunten voor het komend kalenderjaar binnen de pijler. iv) De binnen de setting afgesproken prestatie-indicatoren krijgen een plek in het jaarverslag. Naast de &amp;lsquo;cijfers&amp;rsquo; geeft de organisatie een kwalitatieve toelichting op de cijfers.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Het kwaliteitsverslag beschrijft (minimaal) de pijleroverstijgende thema&amp;rsquo;s en de refectie op de pijlers. Het kwaliteitsverslag is goed leesbaar en begrijpelijk voor cli&amp;euml;nten en hun naasten. De vorm en de manier waarop inzicht wordt gegeven is vrij te bepalen door de organisatie, tenzij hieronder anders is aangegeven in de vereisten. Het is ook mogelijk om het kwaliteitsverslag integraal te verwerken in een ander (reeds &lt;br /&gt;bestaand) kwaliteits- of jaarverslag van de organisatie. Op deze manier worden de administratieve lasten van het kwaliteitsverslag beperkt.&lt;/p&gt;
 &lt;p&gt;Overstijgende pijlers: &lt;br /&gt;1. Herstelondersteunende woonzorg &lt;br /&gt;2. Leren en ontwikkelen&lt;br /&gt;3. Innovaties&lt;/p&gt;
 &lt;p&gt;3.2 Refectie op de pijlers&lt;br /&gt;Het kwaliteitskader vraagt een refectie op de kwaliteit per pijler. Deze refectie bevat &lt;br /&gt;per pijler:&lt;br /&gt;&amp;bull; Een algemeen beeld&lt;br /&gt;&amp;bull; De behaalde resultaten en ontwikkelpunten. &lt;br /&gt;&amp;bull; Een vooruitblik op komend jaar met een concreet plan&lt;/p&gt;</t>
   </si>
   <si>
     <t>7.1.2. B. De organisatie bespreekt het kwaliteitsverslag breed binnen de organisatie en buitende de organisatie in het lerend netwerk. Doel hiervan is dat organisaties een cyclus in gaan waarin continu reflecteren, leren en verbeteren centraal staat. Op deze wijze wordt de lerende dialoog tussen de verschillende belanghebbenden binnen de organisatie en tussen de organisaties gevoed.</t>
   </si>
   <si>
-    <t>7.1.2. D. Het kwaliteitsverslag is uiterlijk 31 mei van het volgende kalenderjaar gereed. Het eerste kwaliteitsverslag dient gemaakt te worden over het kalenderjaar 2022. Omdat het eerste verslagjaar een looptijd heeft van enkele maanden wordt in het eerste kwaliteitsverslag
-verwacht van zorgaanbieders dat zij kunnen weergeven op welke wijze zij inhoud willen geven aan de implementatie op basis van het meerjarenplan.</t>
+    <t>&lt;p&gt;7.1.2. D. Het kwaliteitsverslag is uiterlijk 31 mei van het volgende kalenderjaar gereed.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;7.1.2. E. Het kwaliteitsverslag wordt gepubliceerd, in ieder geval op de website van de organisatie. Hiermee is het kwaliteitsverslag toegankelijk voor iedereen en daarmee wordt in een transparante informatieverstrekking aan de maatschappij en andere stakeholders voorzien. Het kwaliteitsverslag blijft minimaal 5 jaar openbaar toegankelijk.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;De vorm en de manier waarop inzicht wordt gegeven is vrij te bepalen door de &lt;br /&gt;organisatie, tenzij hieronder anders is aangegeven in de vereisten. Het is ook &lt;br /&gt;mogelijk om het kwaliteitsverslag integraal te verwerken in een ander (reeds &lt;br /&gt;bestaand) kwaliteits- of jaarverslag van de organisatie. Pagina 27&lt;/p&gt;</t>
   </si>
   <si>
     <t>7.1.3. De organisatie levert indicatoren en gegevens aan volgens de geldende aanleververplichtingen. Het betreft onder andere (en alleen indien voor de setting van toepassing) de prestatieindicatoren zoals beschreven in de Gids prestatie-indicatoren forensische psychiatrie en de doelmatigheidsindicatoren voor de FPC’s zoals beschreven in de Handleiding bekostiging en verantwoording van DJI.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>