--- v0 (2025-11-04)
+++ v1 (2026-02-04)
@@ -12,115 +12,111 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <t>Trefwoord</t>
   </si>
   <si>
     <t>Kwaliteitskader FZ</t>
   </si>
   <si>
     <t>Toetsingskader WMO</t>
   </si>
   <si>
     <t>Kwaliteitskader Woonzorg in de langdurige GGZ</t>
   </si>
   <si>
     <t>Kwaliteitsmanagement</t>
   </si>
   <si>
     <t>&lt;p&gt;7.1. De organisatie heeft een meerjarenplan waarin beschreven wordt hoe de organisatie de kwaliteitsaspecten genoemd in dit Kwaliteitskader beoogt te implementeren. De organisatie actualiseert het meerjarenplan minimaal jaarlijks. Het meerjarenplan is vormvrij en mag desgewenst ge&amp;iuml;ntegreerd worden met andere meerjarenplannen van de organisatie.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.3 Praktische punten (pagina 28)&lt;br /&gt;Het kwaliteitsverslag is uiterlijk 31 mei van het volgende kalenderjaar gereed. Het kwaliteitsverslag wordt gepubliceerd, in ieder geval op de website van de organisatie. Hiermee is het kwaliteitsverslag toegankelijk voor iedereen en daarmee wordt in een transparante informatieverstrekking aan de maatschappij en andere stakeholders &lt;br /&gt;voorzien. Het kwaliteitsverslag blijft minimaal 1 jaar openbaar toegankelijk.&lt;/p&gt;</t>
   </si>
   <si>
-    <t>&lt;p&gt;7.1.1. A. De organisatie stelt het meerjarenplan op in afstemming met een vertegenwoordiging van pati&amp;euml;nten/cli&amp;euml;nten (eventueel in een pati&amp;euml;nten/cli&amp;euml;nten- of verwantenraad), en medische en professionele staf (bijvoorbeeld vertegenwoordiging in een verpleegkundig-agogische adviesraad). Daarnaast bespreekt de organisatie het meerjarenplan binnen het lerend netwerkt. Doel hiervan is om samen doelen te stellen en te leren.&lt;/p&gt;</t>
+    <t>&lt;p&gt;7.1.1. A. De organisatie stelt het meerjarenplan op in afstemming met een vertegenwoordiging van pati&amp;euml;nten/cli&amp;euml;nten (eventueel in een pati&amp;euml;nten/cli&amp;euml;nten- of verwantenraad), en medische en professionele staf (bijvoorbeeld vertegenwoordiging in een verpleegkundig-agogische adviesraad). Daarnaast bespreekt de organisatie het meerjarenplan binnen het lerend netwerk. Doel hiervan is om samen doelen te stellen en te leren.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Lerende community pagina 31&lt;br /&gt;Daarnaast zal de projectorganisatie een lerende community opzetten, waarin het &lt;br /&gt;uitwisselen van kennis, expertise en goede voorbeelden wordt ondersteund. In de lerende community zal aandacht zijn voor de verschillende pijlers en inhoudelijke thema&amp;rsquo;s uit het kwaliteitskader. Het kwaliteitsverslag wat in het tweede jaar opgeleverd moet worden zal voor de lerende community een speerpunt zijn in het eerste jaar. Het kwaliteitsverslag is een middel en geen doel op zich. Voor veel organisaties is het een uitdaging om het kwaliteitsverslag zo in te vullen dat het op de eerste plaats ondersteunend is aan het leren en verbeteren van de zorg in de eigen organisatie (in een netwerk, samen met stakeholders). En tegelijkertijd is het &lt;br /&gt;kwaliteitsverslag het meest tastbare resultaat waarin organisaties inzichtelijk maken hoe de implementatie verloopt. Het is een uitdaging om het verslag handig te combineren met de andere (verplichte) kwaliteitsverslagen; externe verantwoording zonder extra administratieve lasten. Voor externe stakeholders (cli&amp;euml;ntenorganisaties, &lt;br /&gt;zorgkantoren, inspectie) is het kwaliteitsverslag een mooie basis voor het gesprek over kwaliteit. &lt;br /&gt;Er is dus een relatie tussen het kwaliteitsverslag en de kwaliteitsgesprekken &lt;br /&gt;(kwaliteitsdialoog) tussen een zorgorganisatie en het zorgkantoor. Het zorgkantoor heeft &amp;ndash; met deze kwaliteitsgesprekken &amp;ndash; een belangrijke (systeem)rol in de implementatie. In de implementatiefase zullen de goede voorbeelden van de kwaliteitsverslagen en kwaliteitsgesprekken verwerkt worden in een beknopte handreiking met handvatten voor zorgaanbieders en zorgkantoren.&lt;/p&gt;
 &lt;p&gt;Een tweede speerpunt in de lerende community is te faciliteren dat organisaties bij elkaar op bezoek gaan (bij elkaar in de keuken kunnen kijken). Op deze manier krijgen organisaties een externe blik en wordt de organisatie die bezocht wordt gespiegeld op mogelijke blinde vlekken en ge&amp;iuml;nspireerd.&lt;/p&gt;</t>
-  </si>
-[...1 lines deleted...]
-    <t>&lt;p&gt;7.1.1. B. Het eerste meerjarenplan is uiterlijk 31-05-2023 gereed.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Mijlpalen (pagina 29)&lt;br /&gt;Met het implementatieplan werken we toe naar de volgende mijlpalen:&lt;br /&gt;&amp;bull; Vanaf 1 juli 2024 is dit kwaliteitskader beschikbaar en start de implementatie. &lt;br /&gt;Organisaties gaan vanaf dit moment aan de slag met de 0-meting.&lt;br /&gt;&amp;bull; Voor juni 2025 een 0-meting (volgens nog te ontwikkelen format) met &lt;br /&gt;daaruitvolgend een plan van aanpak. &lt;br /&gt;&amp;bull; Voor juni 2026 het eerste kwaliteitsverslag over het jaar 2025. De vorm is vrij en &lt;br /&gt;beschrijft een terugblik, een refectie op de resultaten en een vooruitblik op de &lt;br /&gt;pijleroverstijgende thema&amp;rsquo;s en de pijlers (zie hoofdstuk 3). En kan integraal worden &lt;br /&gt;verwerkt met andere (al bestaande) kwaliteits-/jaarverslagen.&lt;br /&gt;&amp;bull; Juli 2027: Einddatum voor de implementatieperiode&lt;/p&gt;</t>
   </si>
   <si>
     <t>Rapportage</t>
   </si>
   <si>
     <t>&lt;p&gt;7.1.2. De organisatie stelt per kalenderjaar een kwaliteitsverslag op of integreert de verslaglegging over kwaliteit in een ander (reeds bestaand) kwaliteits- of jaarverslag.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;4.2 Implementatietools en lerende community &lt;br /&gt;Om organisaties de tijd te geven dit kwaliteitskader goed in hun zorgproces te&lt;br /&gt;laten landen, zal het eerste jaar (1 juli 2024 &amp;ndash; 30 juni 2025) gebruikt worden voor een &lt;br /&gt;0-meting en een daarop aansluitend plan van aanpak ter verbetering. Dit legt de &lt;br /&gt;basis voor het kwaliteitsverslag het daaropvolgende jaar.&lt;/p&gt;
 &lt;p&gt;Implementatietools&lt;br /&gt;De ondersteuning van de projectorganisatie zal in ieder geval bestaan uit het beschikbaar stellen van meerdere implementatietools die voor alle organisaties nuttig kunnen zijn. Zo worden organisaties ontzorgd en voorkomen we dubbel werk:&lt;br /&gt;&amp;bull; Format voor 0-meting: een matrix met alle gestelde normen dat overzicht geeft &lt;br /&gt;in wat goed gaat en waar ontwikkeling nodig is.&lt;br /&gt;&amp;bull; Een overzicht waarin de samenhang met bestaande wet- en regelgeving, &lt;br /&gt;richtlijnen, zorgstandaarden en methodes wordt weergegeven.&lt;br /&gt;&amp;bull; Verbijzonderingen van de normen voor Wlz-b en Wlz-w.&lt;br /&gt;&amp;bull; Een waaier van beschikbare meetinstrumenten.&lt;br /&gt;&amp;bull; Antwoorden op veelgestelde vragen&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;7.1.2. A. Door middel van het kwaliteitsverslag maken organisaties transparant waar ze staan met betrekking tot de implementatie van de kwaliteitsaspecten. Vanuit eigen reflectie, en in afstemming met pati&amp;euml;nten/ cli&amp;euml;nten (al dan niet via een pati&amp;euml;nten-/cli&amp;euml;nten-/verwantenraad) en medische en professionele staf (bijvoorbeeld via een verpleegkundig- agogische adviesraad), wordt beschreven wat is gerealiseerd en waar de organisatie nog op zal ontwikkelen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Hoofdstuk 3. Het kwaliteitsverslag (pagina 26)&lt;br /&gt;De organisatie stelt per kalenderjaar een kwaliteitsverslag op. De plannen en ambities zijn een integraal onderdeel van dit verslag. Het kwaliteitsverslag is een terugblik, een refectie op de resultaten en een vooruitblik. In lijn met het belang van gezamenlijk refecteren en leren, haalt de organisatie informatie bij cli&amp;euml;nten, professionals (waaronder ervaringsdeskundigen), naasten en samenwerkingspartners op en verwerkt deze input in het kwaliteitsverslag.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;7.1.2. C. In het kwaliteitsverslag komen minimaal onderstaande onderdelen terug. Wanneer het kwaliteitsverslag integraal onderdeel is van een ander kwaliteits- of jaarverslag, moeten onderstaande onderdelen, voor de geleverde Forensische Zorg herkenbaar en expliciet benoemd worden: i) Visie van de organisatie op het gebied van de Forensische Zorg. ii) Algemene informatie over de geleverde Forensische Zorg: (1) Type Forensische Zorg die de organisatie levert (settings, beveiligingsniveaus). (2) Aantal pati&amp;euml;nten/cli&amp;euml;nten op peildatum 31 december van het betreffende kalenderjaar. (3) Percentage Forensische Zorg (gefinancierd door DJI) ten opzichte van anders gefinancierde zorg (inclusief vrijwillige Forensische Zorg vallend onder de Zvw) in aantal pati&amp;euml;nten/cli&amp;euml;nten op 31 december van het betreffende kalenderjaar. iii) Voor de pijlers 1 t/m 4 geeft de organisatie in het kwaliteitsverslag een samenvatting van de behaalde resultaten en de huidige stand van zaken. Het beschrijft per pijler minimaal: (1) Een algemeen beeld van de mate waarin de organisatie wel of niet voldoet aan de kwaliteitsaspecten die onder deze pijler in dit Kwaliteitskader genoemd staan. (2) Een reflectie op de behaalde resultaten binnen deze pijler in het kalenderjaar waarover verslaglegging plaatsvindt. Hierbij is aandacht voor de successen en de aandachtspunten. De organisatie reflecteert aan de gestelde doelen in het eigen meerjarenplan (zie kwaliteitsaspect 1 in pijler 5). (3) De ontwikkelpunten voor het komend kalenderjaar binnen de pijler. iv) De binnen de setting afgesproken prestatie-indicatoren krijgen een plek in het jaarverslag. Naast de &amp;lsquo;cijfers&amp;rsquo; geeft de organisatie een kwalitatieve toelichting op de cijfers.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Het kwaliteitsverslag beschrijft (minimaal) de pijleroverstijgende thema&amp;rsquo;s en de refectie op de pijlers. Het kwaliteitsverslag is goed leesbaar en begrijpelijk voor cli&amp;euml;nten en hun naasten. De vorm en de manier waarop inzicht wordt gegeven is vrij te bepalen door de organisatie, tenzij hieronder anders is aangegeven in de vereisten. Het is ook mogelijk om het kwaliteitsverslag integraal te verwerken in een ander (reeds &lt;br /&gt;bestaand) kwaliteits- of jaarverslag van de organisatie. Op deze manier worden de administratieve lasten van het kwaliteitsverslag beperkt.&lt;/p&gt;
 &lt;p&gt;Overstijgende pijlers: &lt;br /&gt;1. Herstelondersteunende woonzorg &lt;br /&gt;2. Leren en ontwikkelen&lt;br /&gt;3. Innovaties&lt;/p&gt;
 &lt;p&gt;3.2 Refectie op de pijlers&lt;br /&gt;Het kwaliteitskader vraagt een refectie op de kwaliteit per pijler. Deze refectie bevat &lt;br /&gt;per pijler:&lt;br /&gt;&amp;bull; Een algemeen beeld&lt;br /&gt;&amp;bull; De behaalde resultaten en ontwikkelpunten. &lt;br /&gt;&amp;bull; Een vooruitblik op komend jaar met een concreet plan&lt;/p&gt;</t>
   </si>
   <si>
     <t>7.1.2. B. De organisatie bespreekt het kwaliteitsverslag breed binnen de organisatie en buitende de organisatie in het lerend netwerk. Doel hiervan is dat organisaties een cyclus in gaan waarin continu reflecteren, leren en verbeteren centraal staat. Op deze wijze wordt de lerende dialoog tussen de verschillende belanghebbenden binnen de organisatie en tussen de organisaties gevoed.</t>
   </si>
   <si>
-    <t>7.1.2. D. Het kwaliteitsverslag is uiterlijk 31 mei van het volgende kalenderjaar gereed. Het eerste kwaliteitsverslag dient gemaakt te worden over het kalenderjaar 2022. Omdat het eerste verslagjaar een looptijd heeft van enkele maanden wordt in het eerste kwaliteitsverslag
-verwacht van zorgaanbieders dat zij kunnen weergeven op welke wijze zij inhoud willen geven aan de implementatie op basis van het meerjarenplan.</t>
+    <t>&lt;p&gt;7.1.2. D. Het kwaliteitsverslag is uiterlijk 31 mei van het volgende kalenderjaar gereed.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;7.1.2. E. Het kwaliteitsverslag wordt gepubliceerd, in ieder geval op de website van de organisatie. Hiermee is het kwaliteitsverslag toegankelijk voor iedereen en daarmee wordt in een transparante informatieverstrekking aan de maatschappij en andere stakeholders voorzien. Het kwaliteitsverslag blijft minimaal 5 jaar openbaar toegankelijk.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;De vorm en de manier waarop inzicht wordt gegeven is vrij te bepalen door de &lt;br /&gt;organisatie, tenzij hieronder anders is aangegeven in de vereisten. Het is ook &lt;br /&gt;mogelijk om het kwaliteitsverslag integraal te verwerken in een ander (reeds &lt;br /&gt;bestaand) kwaliteits- of jaarverslag van de organisatie. Pagina 27&lt;/p&gt;</t>
   </si>
   <si>
     <t>7.1.3. De organisatie levert indicatoren en gegevens aan volgens de geldende aanleververplichtingen. Het betreft onder andere (en alleen indien voor de setting van toepassing) de prestatieindicatoren zoals beschreven in de Gids prestatie-indicatoren forensische psychiatrie en de doelmatigheidsindicatoren voor de FPC’s zoals beschreven in de Handleiding bekostiging en verantwoording van DJI.</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.2. E. Resultaten van de tevredenheids- en/of ervaringsmetingen zijn vindbaar voor pati&amp;euml;nten/ cli&amp;euml;nten (en hun naasten) (bijvoorbeeld door publicatie in kwaliteitsverslag en/of op website) en worden met de betreffende professionals besproken (zowel uitkomsten van tevredenheidsen/ of ervaringsonderzoeken onder pati&amp;euml;nten/cli&amp;euml;nten/naasten als tevredenheids- en ervaringsonderzoeken onder professionals).&lt;/p&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -490,131 +486,128 @@
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="D3" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>4</v>
       </c>
-      <c r="B4" t="s">
+      <c r="D4" t="s">
         <v>9</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
         <v>11</v>
       </c>
-      <c r="B5" t="s">
+      <c r="D5" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B7" t="s">
+        <v>15</v>
+      </c>
+      <c r="D7" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B8" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B9" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B10" t="s">
+        <v>19</v>
+      </c>
+      <c r="D10" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>4</v>
       </c>
       <c r="B12" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">