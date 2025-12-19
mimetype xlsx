--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -12,90 +12,86 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="15">
   <si>
     <t>Trefwoord</t>
   </si>
   <si>
     <t>Kwaliteitskader FZ</t>
   </si>
   <si>
     <t>Toetsingskader WMO</t>
   </si>
   <si>
     <t>Kwaliteitsmanagement</t>
   </si>
   <si>
     <t>&lt;p&gt;7.1. De organisatie heeft een meerjarenplan waarin beschreven wordt hoe de organisatie de kwaliteitsaspecten genoemd in dit Kwaliteitskader beoogt te implementeren. De organisatie actualiseert het meerjarenplan minimaal jaarlijks. Het meerjarenplan is vormvrij en mag desgewenst ge&amp;iuml;ntegreerd worden met andere meerjarenplannen van de organisatie.&lt;/p&gt;</t>
   </si>
   <si>
-    <t>&lt;p&gt;7.1.1. A. De organisatie stelt het meerjarenplan op in afstemming met een vertegenwoordiging van pati&amp;euml;nten/cli&amp;euml;nten (eventueel in een pati&amp;euml;nten/cli&amp;euml;nten- of verwantenraad), en medische en professionele staf (bijvoorbeeld vertegenwoordiging in een verpleegkundig-agogische adviesraad). Daarnaast bespreekt de organisatie het meerjarenplan binnen het lerend netwerkt. Doel hiervan is om samen doelen te stellen en te leren.&lt;/p&gt;</t>
-[...2 lines deleted...]
-    <t>&lt;p&gt;7.1.1. B. Het eerste meerjarenplan is uiterlijk 31-05-2023 gereed.&lt;/p&gt;</t>
+    <t>&lt;p&gt;7.1.1. A. De organisatie stelt het meerjarenplan op in afstemming met een vertegenwoordiging van pati&amp;euml;nten/cli&amp;euml;nten (eventueel in een pati&amp;euml;nten/cli&amp;euml;nten- of verwantenraad), en medische en professionele staf (bijvoorbeeld vertegenwoordiging in een verpleegkundig-agogische adviesraad). Daarnaast bespreekt de organisatie het meerjarenplan binnen het lerend netwerk. Doel hiervan is om samen doelen te stellen en te leren.&lt;/p&gt;</t>
   </si>
   <si>
     <t>Rapportage</t>
   </si>
   <si>
     <t>&lt;p&gt;7.1.2. De organisatie stelt per kalenderjaar een kwaliteitsverslag op of integreert de verslaglegging over kwaliteit in een ander (reeds bestaand) kwaliteits- of jaarverslag.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;7.1.2. A. Door middel van het kwaliteitsverslag maken organisaties transparant waar ze staan met betrekking tot de implementatie van de kwaliteitsaspecten. Vanuit eigen reflectie, en in afstemming met pati&amp;euml;nten/ cli&amp;euml;nten (al dan niet via een pati&amp;euml;nten-/cli&amp;euml;nten-/verwantenraad) en medische en professionele staf (bijvoorbeeld via een verpleegkundig- agogische adviesraad), wordt beschreven wat is gerealiseerd en waar de organisatie nog op zal ontwikkelen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;7.1.2. C. In het kwaliteitsverslag komen minimaal onderstaande onderdelen terug. Wanneer het kwaliteitsverslag integraal onderdeel is van een ander kwaliteits- of jaarverslag, moeten onderstaande onderdelen, voor de geleverde Forensische Zorg herkenbaar en expliciet benoemd worden: i) Visie van de organisatie op het gebied van de Forensische Zorg. ii) Algemene informatie over de geleverde Forensische Zorg: (1) Type Forensische Zorg die de organisatie levert (settings, beveiligingsniveaus). (2) Aantal pati&amp;euml;nten/cli&amp;euml;nten op peildatum 31 december van het betreffende kalenderjaar. (3) Percentage Forensische Zorg (gefinancierd door DJI) ten opzichte van anders gefinancierde zorg (inclusief vrijwillige Forensische Zorg vallend onder de Zvw) in aantal pati&amp;euml;nten/cli&amp;euml;nten op 31 december van het betreffende kalenderjaar. iii) Voor de pijlers 1 t/m 4 geeft de organisatie in het kwaliteitsverslag een samenvatting van de behaalde resultaten en de huidige stand van zaken. Het beschrijft per pijler minimaal: (1) Een algemeen beeld van de mate waarin de organisatie wel of niet voldoet aan de kwaliteitsaspecten die onder deze pijler in dit Kwaliteitskader genoemd staan. (2) Een reflectie op de behaalde resultaten binnen deze pijler in het kalenderjaar waarover verslaglegging plaatsvindt. Hierbij is aandacht voor de successen en de aandachtspunten. De organisatie reflecteert aan de gestelde doelen in het eigen meerjarenplan (zie kwaliteitsaspect 1 in pijler 5). (3) De ontwikkelpunten voor het komend kalenderjaar binnen de pijler. iv) De binnen de setting afgesproken prestatie-indicatoren krijgen een plek in het jaarverslag. Naast de &amp;lsquo;cijfers&amp;rsquo; geeft de organisatie een kwalitatieve toelichting op de cijfers.&lt;/p&gt;</t>
   </si>
   <si>
     <t>7.1.2. B. De organisatie bespreekt het kwaliteitsverslag breed binnen de organisatie en buitende de organisatie in het lerend netwerk. Doel hiervan is dat organisaties een cyclus in gaan waarin continu reflecteren, leren en verbeteren centraal staat. Op deze wijze wordt de lerende dialoog tussen de verschillende belanghebbenden binnen de organisatie en tussen de organisaties gevoed.</t>
   </si>
   <si>
-    <t>7.1.2. D. Het kwaliteitsverslag is uiterlijk 31 mei van het volgende kalenderjaar gereed. Het eerste kwaliteitsverslag dient gemaakt te worden over het kalenderjaar 2022. Omdat het eerste verslagjaar een looptijd heeft van enkele maanden wordt in het eerste kwaliteitsverslag
-verwacht van zorgaanbieders dat zij kunnen weergeven op welke wijze zij inhoud willen geven aan de implementatie op basis van het meerjarenplan.</t>
+    <t>&lt;p&gt;7.1.2. D. Het kwaliteitsverslag is uiterlijk 31 mei van het volgende kalenderjaar gereed.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;7.1.2. E. Het kwaliteitsverslag wordt gepubliceerd, in ieder geval op de website van de organisatie. Hiermee is het kwaliteitsverslag toegankelijk voor iedereen en daarmee wordt in een transparante informatieverstrekking aan de maatschappij en andere stakeholders voorzien. Het kwaliteitsverslag blijft minimaal 5 jaar openbaar toegankelijk.&lt;/p&gt;</t>
   </si>
   <si>
     <t>7.1.3. De organisatie levert indicatoren en gegevens aan volgens de geldende aanleververplichtingen. Het betreft onder andere (en alleen indien voor de setting van toepassing) de prestatieindicatoren zoals beschreven in de Gids prestatie-indicatoren forensische psychiatrie en de doelmatigheidsindicatoren voor de FPC’s zoals beschreven in de Handleiding bekostiging en verantwoording van DJI.</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.2. E. Resultaten van de tevredenheids- en/of ervaringsmetingen zijn vindbaar voor pati&amp;euml;nten/ cli&amp;euml;nten (en hun naasten) (bijvoorbeeld door publicatie in kwaliteitsverslag en/of op website) en worden met de betreffende professionals besproken (zowel uitkomsten van tevredenheidsen/ of ervaringsonderzoeken onder pati&amp;euml;nten/cli&amp;euml;nten/naasten als tevredenheids- en ervaringsonderzoeken onder professionals).&lt;/p&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -408,160 +404,152 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C12"/>
+  <dimension ref="A1:C11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="2072.637" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="22.28" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>3</v>
       </c>
       <c r="B3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="B4" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B5" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B8" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B9" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B10" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="B11" t="s">
         <v>14</v>
-      </c>
-[...6 lines deleted...]
-        <v>15</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">