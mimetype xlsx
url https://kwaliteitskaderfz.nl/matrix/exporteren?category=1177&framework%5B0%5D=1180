--- v0 (2025-11-04)
+++ v1 (2026-02-04)
@@ -12,115 +12,107 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="27">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
   <si>
     <t>Trefwoord</t>
   </si>
   <si>
     <t>Kwaliteitskader FZ</t>
   </si>
   <si>
     <t>Kwaliteitskompas Gehandicaptenzorg (KKGHZ)</t>
   </si>
   <si>
     <t>Kwaliteitsmanagement</t>
   </si>
   <si>
     <t>&lt;p&gt;7.1. De organisatie heeft een meerjarenplan waarin beschreven wordt hoe de organisatie de kwaliteitsaspecten genoemd in dit Kwaliteitskader beoogt te implementeren. De organisatie actualiseert het meerjarenplan minimaal jaarlijks. Het meerjarenplan is vormvrij en mag desgewenst ge&amp;iuml;ntegreerd worden met andere meerjarenplannen van de organisatie.&lt;/p&gt;</t>
   </si>
   <si>
-    <t>&lt;p&gt;7.1.1. A. De organisatie stelt het meerjarenplan op in afstemming met een vertegenwoordiging van pati&amp;euml;nten/cli&amp;euml;nten (eventueel in een pati&amp;euml;nten/cli&amp;euml;nten- of verwantenraad), en medische en professionele staf (bijvoorbeeld vertegenwoordiging in een verpleegkundig-agogische adviesraad). Daarnaast bespreekt de organisatie het meerjarenplan binnen het lerend netwerkt. Doel hiervan is om samen doelen te stellen en te leren.&lt;/p&gt;</t>
-[...2 lines deleted...]
-    <t>&lt;p&gt;7.1.1. B. Het eerste meerjarenplan is uiterlijk 31-05-2023 gereed.&lt;/p&gt;</t>
+    <t>&lt;p&gt;7.1.1. A. De organisatie stelt het meerjarenplan op in afstemming met een vertegenwoordiging van pati&amp;euml;nten/cli&amp;euml;nten (eventueel in een pati&amp;euml;nten/cli&amp;euml;nten- of verwantenraad), en medische en professionele staf (bijvoorbeeld vertegenwoordiging in een verpleegkundig-agogische adviesraad). Daarnaast bespreekt de organisatie het meerjarenplan binnen het lerend netwerk. Doel hiervan is om samen doelen te stellen en te leren.&lt;/p&gt;</t>
   </si>
   <si>
     <t>Rapportage</t>
   </si>
   <si>
     <t>&lt;p&gt;7.1.2. De organisatie stelt per kalenderjaar een kwaliteitsverslag op of integreert de verslaglegging over kwaliteit in een ander (reeds bestaand) kwaliteits- of jaarverslag.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Hoofdstuk 5: Bouwsteen 4 Inzicht in kwaliteit&lt;/p&gt;
 &lt;p&gt;- Tweejaarlijks kwaliteitsbeeld: Met dit kwaliteitsbeeld laat de zorgorganisatie zien hoe zij werkt aan de kwaliteit van zorg, de dienstverlening en de verbeterdoelen, en waar zij de komende jaren aan zal werken. Het kwaliteitsbeeld is een terugblik en vooruitblik. Juist omdat het kwaliteitsbeeld ingaat op de kwaliteit van het zorgproces rond individuele personen, is het de bedoeling dat alle betrokkenen er een actieve bijdrage aan leveren. Ook worden de verbeterdoelen uit een cli&amp;euml;ntervaringsonderzoek (bouwsteen 2) meegenomen in het kwaliteitsbeeld.&lt;/p&gt;
 &lt;p&gt;- De vorm van het kwaliteitsbeeld is vrij. Er moet wel duidelijk naar voren komen wat de speerpunten waren, hoe het proces van leren en verbeteren is geweest, wat werd behaald en wat niet, waarom dan, wat wordt doorgezet en wat eventuele nieuwe speerpunten zijn. - Drie kwaliteitsbeelden aanleveren bij zorginstituut:Op 1 juni 2024 over het jaar 2023; Op 1 juni 2026 over het jaar 2025; en Op 1 juni 2028 over 2027&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;7.1.2. A. Door middel van het kwaliteitsverslag maken organisaties transparant waar ze staan met betrekking tot de implementatie van de kwaliteitsaspecten. Vanuit eigen reflectie, en in afstemming met pati&amp;euml;nten/ cli&amp;euml;nten (al dan niet via een pati&amp;euml;nten-/cli&amp;euml;nten-/verwantenraad) en medische en professionele staf (bijvoorbeeld via een verpleegkundig- agogische adviesraad), wordt beschreven wat is gerealiseerd en waar de organisatie nog op zal ontwikkelen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Hoofdstuk 5: Bouwsteen 4 inzicht in kwaliteit - Zorgaanbieders bundelen alle verkregen informatie uit de eerste drie bouwstenen in een tweejaarlijks kwaliteitsbeeld, samen met informatie uit andere relevante bronnen en met ervaringsverhalen van mensen met een beperkingen hun verwanten, en professionals.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;7.1.2. C. In het kwaliteitsverslag komen minimaal onderstaande onderdelen terug. Wanneer het kwaliteitsverslag integraal onderdeel is van een ander kwaliteits- of jaarverslag, moeten onderstaande onderdelen, voor de geleverde Forensische Zorg herkenbaar en expliciet benoemd worden: i) Visie van de organisatie op het gebied van de Forensische Zorg. ii) Algemene informatie over de geleverde Forensische Zorg: (1) Type Forensische Zorg die de organisatie levert (settings, beveiligingsniveaus). (2) Aantal pati&amp;euml;nten/cli&amp;euml;nten op peildatum 31 december van het betreffende kalenderjaar. (3) Percentage Forensische Zorg (gefinancierd door DJI) ten opzichte van anders gefinancierde zorg (inclusief vrijwillige Forensische Zorg vallend onder de Zvw) in aantal pati&amp;euml;nten/cli&amp;euml;nten op 31 december van het betreffende kalenderjaar. iii) Voor de pijlers 1 t/m 4 geeft de organisatie in het kwaliteitsverslag een samenvatting van de behaalde resultaten en de huidige stand van zaken. Het beschrijft per pijler minimaal: (1) Een algemeen beeld van de mate waarin de organisatie wel of niet voldoet aan de kwaliteitsaspecten die onder deze pijler in dit Kwaliteitskader genoemd staan. (2) Een reflectie op de behaalde resultaten binnen deze pijler in het kalenderjaar waarover verslaglegging plaatsvindt. Hierbij is aandacht voor de successen en de aandachtspunten. De organisatie reflecteert aan de gestelde doelen in het eigen meerjarenplan (zie kwaliteitsaspect 1 in pijler 5). (3) De ontwikkelpunten voor het komend kalenderjaar binnen de pijler. iv) De binnen de setting afgesproken prestatie-indicatoren krijgen een plek in het jaarverslag. Naast de &amp;lsquo;cijfers&amp;rsquo; geeft de organisatie een kwalitatieve toelichting op de cijfers.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Hoofdstuk 5: Bouwsteen 4 Inzicht in kwaliteit&lt;/p&gt;
 &lt;p&gt;- Tweejaarlijks kwaliteitsbeeld: Met dit kwaliteitsbeeld laat de zorgorganisatie zien hoe zij werkt aan de kwaliteit van zorg, de dienstverlening en de verbeterdoelen, en waar zij de komende jaren aan zal werken. Het kwaliteitsbeeld is een terugblik en vooruitblik. Juist omdat het kwaliteitsbeeld ingaat op de kwaliteit van het zorgproces rond individuele personen, is het de bedoeling dat alle betrokkenen er een actieve bijdrage aan leveren. Ook worden de verbeterdoelen uit een cli&amp;euml;ntervaringsonderzoek (bouwsteen 2) meegenomen in het kwaliteitsbeeld.&lt;/p&gt;
 &lt;p&gt;- De vorm van het kwaliteitsbeeld is vrij. Er moet wel duidelijk naar voren komen wat de speerpunten waren, hoe het proces van leren en verbeteren is geweest, wat werd behaald en wat niet, waarom dan, wat wordt doorgezet en wat eventuele nieuwe speerpunten zijn. - Drie kwaliteitsbeelden aanleveren bij zorginstituut: Op 1 juni 2024 over het jaar 2023; Op 1 juni 2026 over het jaar 2025; en Op 1 juni 2028 over 2027&lt;/p&gt;</t>
   </si>
   <si>
     <t>7.1.2. B. De organisatie bespreekt het kwaliteitsverslag breed binnen de organisatie en buitende de organisatie in het lerend netwerk. Doel hiervan is dat organisaties een cyclus in gaan waarin continu reflecteren, leren en verbeteren centraal staat. Op deze wijze wordt de lerende dialoog tussen de verschillende belanghebbenden binnen de organisatie en tussen de organisaties gevoed.</t>
   </si>
   <si>
     <t>Hoofdstuk 5: Bouwsteen 4 Inzicht in kwaliteit
 - Voortgangsbericht: Het voortgangsbericht geeft inzicht in de voortgang van verbeter- en ontwikkeldoelen, bij voorkeur vanuit het perspectief van professionals en vanuit het perspectief van mensen met een beperking (waar desgewenst ook de cliëntenraad en de verwanten bij betrokken zijn). Het voortgangsbericht biedt alle betrokkenen de mogelijkheid om te kijken naar de voortgang van ontwikkelingen, verbeterpunten en naar de onderwerpen die zij belangrijk vinden. Ook geeft het gelegenheid tot verdieping van één of enkele onderdelen die benoemd zijn in het kwaliteitsbeeld.
 - Het voortgangsbericht is vormvrij.</t>
   </si>
   <si>
-    <t>7.1.2. D. Het kwaliteitsverslag is uiterlijk 31 mei van het volgende kalenderjaar gereed. Het eerste kwaliteitsverslag dient gemaakt te worden over het kalenderjaar 2022. Omdat het eerste verslagjaar een looptijd heeft van enkele maanden wordt in het eerste kwaliteitsverslag
-[...7 lines deleted...]
-- Drie kwaliteitsbeelden aanleveren bij zorginstituut: Op 1 juni 2024 over het jaar 2023; Op 1 juni 2026 over het jaar 2025; en Op 1 juni 2028 over 2027</t>
+    <t>&lt;p&gt;7.1.2. D. Het kwaliteitsverslag is uiterlijk 31 mei van het volgende kalenderjaar gereed.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;Hoofdstuk 5: Bouwsteen 4 Inzicht in kwaliteit - Tweejaarlijks kwaliteitsbeeld: Met dit kwaliteitsbeeld laat de zorgorganisatie zien hoe zij werkt aan de kwaliteit van zorg, de dienstverlening en de verbeterdoelen, en waar zij de komende jaren aan zal werken. Het kwaliteitsbeeld is een terugblik en vooruitblik. Juist omdat het kwaliteitsbeeld ingaat op de kwaliteit van het zorgproces rond individuele personen, is het de bedoeling dat alle betrokkenen er een actieve bijdrage aan leveren. Ook worden de verbeterdoelen uit een cli&amp;euml;ntervaringsonderzoek (bouwsteen 2) meegenomen in het kwaliteitsbeeld. - De vorm van het kwaliteitsbeeld is vrij. Er moet wel duidelijk naar voren komen wat de speerpunten waren, hoe het proces van leren en verbeteren is geweest, wat werd behaald en wat niet, waarom dan, wat wordt doorgezet en wat eventuele nieuwe speerpunten zijn. - Drie kwaliteitsbeelden aanleveren bij zorginstituut: Op 1 juni 2024 over het jaar 2023; Op 1 juni 2026 over het jaar 2025; en Op 1 juni 2028 over 2027&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;7.1.2. E. Het kwaliteitsverslag wordt gepubliceerd, in ieder geval op de website van de organisatie. Hiermee is het kwaliteitsverslag toegankelijk voor iedereen en daarmee wordt in een transparante informatieverstrekking aan de maatschappij en andere stakeholders voorzien. Het kwaliteitsverslag blijft minimaal 5 jaar openbaar toegankelijk.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Handreiking Inzicht in kwaliteit, H7 (Frequentie, indiening en publicatie) Kwaliteitsbeeld: Zorgaanbieders leveren om het jaar op 1 juni een kwaliteitsbeeld op. Het kwaliteitsbeeld is bedoeld om openbare informatie op te leveren over de kwaliteit van zorg. Op 1 juni 2024 leveren zorgaanbieders het eerste kwaliteitsbeeld op volgens deze nieuwe werkwijze. In totaal worden er in de vijfjarige looptijd van het Kwaliteitskompas Gehandicaptenzorg 2023 - 2028, drie kwaliteitsbeelden aangeleverd bij het Zorginstituut.&lt;/p&gt;
 &lt;p&gt;&amp;bull; Op 1 juni 2024 over het jaar 2023;&lt;br /&gt;&amp;bull; Op 1 juni 2026 over het jaar 2025;&lt;br /&gt;&amp;bull; Op 1 juni 2028 over het jaar 2027. Daarnaast publiceren zorgaanbieders het kwaliteitsbeeld per 1 juni op hun eigen website.&lt;/p&gt;</t>
   </si>
   <si>
     <t>7.1.3. De organisatie levert indicatoren en gegevens aan volgens de geldende aanleververplichtingen. Het betreft onder andere (en alleen indien voor de setting van toepassing) de prestatieindicatoren zoals beschreven in de Gids prestatie-indicatoren forensische psychiatrie en de doelmatigheidsindicatoren voor de FPC’s zoals beschreven in de Handleiding bekostiging en verantwoording van DJI.</t>
   </si>
   <si>
     <t>Externe communicatie en samenwerking</t>
   </si>
   <si>
     <t>Hoofdstuk 5: Bouwsteen 4 Inzicht in kwaliteit
 - Visitatie: De kritische blik van buiten, je laten toetsen en inspireren door anderen, is de kern van werken aan kwaliteit.
 - De vorm hiervan kan variëren. Ook zijn er geen eisen aan de samenstelling van het visitatieteam, maar het is voor de hand liggend om hier in ieder geval mensen met een beperking en verwanten of personen uit hun sociaal netwerk bij te betrekken. Net als professionals met verschillende disciplines
 - Het visitatieteam bekijkt hoe de organisatie de kwaliteit van zorg en de kwaliteit
 van bestaan duidt en onderbouwt in het kwaliteitsbeeld. Dat doen ze ook voor
 de verbeteracties, maar ze geven geen oordeel. Het visitatieteam schrijft een beknopt verslag dat wordt toegevoegd aan het kwaliteitsbeeld of het voortgangsbericht.</t>
   </si>
   <si>
     <t>(mede) zeggenschap</t>
   </si>
@@ -457,197 +449,189 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C14"/>
+  <dimension ref="A1:C13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="2072.637" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="681.834" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="1214.989" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>3</v>
       </c>
       <c r="B3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="B4" t="s">
-        <v>6</v>
+        <v>7</v>
+      </c>
+      <c r="C4" t="s">
+        <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B5" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C5" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C6" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C7" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B8" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C8" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B9" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C9" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B10" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="C10" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="B11" t="s">
         <v>20</v>
+      </c>
+      <c r="C11" t="s">
+        <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C12" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
-        <v>23</v>
+        <v>3</v>
+      </c>
+      <c r="B13" t="s">
+        <v>24</v>
       </c>
       <c r="C13" t="s">
-        <v>24</v>
-[...6 lines deleted...]
-      <c r="B14" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">