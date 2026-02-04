--- v0 (2025-11-04)
+++ v1 (2026-02-04)
@@ -12,68 +12,65 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="7">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="6">
   <si>
     <t>Trefwoord</t>
   </si>
   <si>
     <t>Kwaliteitskader FZ</t>
   </si>
   <si>
     <t>Kwaliteitsmanagement</t>
   </si>
   <si>
     <t>&lt;p&gt;7.1. De organisatie heeft een meerjarenplan waarin beschreven wordt hoe de organisatie de kwaliteitsaspecten genoemd in dit Kwaliteitskader beoogt te implementeren. De organisatie actualiseert het meerjarenplan minimaal jaarlijks. Het meerjarenplan is vormvrij en mag desgewenst ge&amp;iuml;ntegreerd worden met andere meerjarenplannen van de organisatie.&lt;/p&gt;</t>
   </si>
   <si>
-    <t>&lt;p&gt;7.1.1. A. De organisatie stelt het meerjarenplan op in afstemming met een vertegenwoordiging van pati&amp;euml;nten/cli&amp;euml;nten (eventueel in een pati&amp;euml;nten/cli&amp;euml;nten- of verwantenraad), en medische en professionele staf (bijvoorbeeld vertegenwoordiging in een verpleegkundig-agogische adviesraad). Daarnaast bespreekt de organisatie het meerjarenplan binnen het lerend netwerkt. Doel hiervan is om samen doelen te stellen en te leren.&lt;/p&gt;</t>
-[...2 lines deleted...]
-    <t>&lt;p&gt;7.1.1. B. Het eerste meerjarenplan is uiterlijk 31-05-2023 gereed.&lt;/p&gt;</t>
+    <t>&lt;p&gt;7.1.1. A. De organisatie stelt het meerjarenplan op in afstemming met een vertegenwoordiging van pati&amp;euml;nten/cli&amp;euml;nten (eventueel in een pati&amp;euml;nten/cli&amp;euml;nten- of verwantenraad), en medische en professionele staf (bijvoorbeeld vertegenwoordiging in een verpleegkundig-agogische adviesraad). Daarnaast bespreekt de organisatie het meerjarenplan binnen het lerend netwerk. Doel hiervan is om samen doelen te stellen en te leren.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.2. E. Resultaten van de tevredenheids- en/of ervaringsmetingen zijn vindbaar voor pati&amp;euml;nten/ cli&amp;euml;nten (en hun naasten) (bijvoorbeeld door publicatie in kwaliteitsverslag en/of op website) en worden met de betreffende professionals besproken (zowel uitkomsten van tevredenheidsen/ of ervaringsonderzoeken onder pati&amp;euml;nten/cli&amp;euml;nten/naasten als tevredenheids- en ervaringsonderzoeken onder professionals).&lt;/p&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -380,100 +377,92 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:B5"/>
+  <dimension ref="A1:B4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24.708" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="529.585" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="528.442" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>2</v>
       </c>
       <c r="B2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>2</v>
       </c>
       <c r="B4" t="s">
         <v>5</v>
-      </c>
-[...6 lines deleted...]
-        <v>6</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">