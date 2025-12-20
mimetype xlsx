--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -26,51 +26,51 @@
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="5">
   <si>
     <t>Trefwoord</t>
   </si>
   <si>
     <t>Kwaliteitskader FZ</t>
   </si>
   <si>
     <t>Kwaliteitskompas Gehandicaptenzorg (KKGHZ)</t>
   </si>
   <si>
     <t>Op- en afschalen zorg</t>
   </si>
   <si>
-    <t>6.1.1. F. Wanneer partijen er samen niet uit komen en problemen ontstaan in de kwaliteit, veiligheid en/of continuïteit van zorg, neemt de organisatie contact op met de inkoper binnen DJI om als opdrachtgever mee te denken.</t>
+    <t>&lt;p&gt;6.1.1. F. Wanneer partijen er samen niet uit komen en problemen ontstaan in de kwaliteit, veiligheid en/of continu&amp;iuml;teit van zorg, neemt de organisatie contact op met de aanbesteder binnen Forzo/JJI om als opdrachtgever mee te denken.&lt;/p&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -383,51 +383,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="264.078" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="290.072" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="50.559" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>