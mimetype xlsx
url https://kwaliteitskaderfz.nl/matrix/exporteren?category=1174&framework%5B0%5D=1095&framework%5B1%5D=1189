--- v0 (2025-11-04)
+++ v1 (2026-03-21)
@@ -12,119 +12,119 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t>Trefwoord</t>
   </si>
   <si>
     <t>Kwaliteitskader FZ</t>
   </si>
   <si>
     <t>Integraal Zorgakkoord (IZA)</t>
   </si>
   <si>
     <t>Toetsingskader WMO</t>
   </si>
   <si>
     <t>Externe communicatie en samenwerking</t>
   </si>
   <si>
     <t>&lt;p&gt;6.1.1. De organisatie werkt samen met andere organisaties binnen en buiten de Forensische Zorg om continu&amp;iuml;teit van zorg te realiseren.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;c. Zorgpartijen spreken af om de samenwerking in de regio te bevorderen. Dit begint met het goed in kaart brengen van de feitelijke situatie in een zogenaamd &amp;ldquo;regiobeeld&amp;rdquo;. De toenemende druk op de toegankelijkheid van zorg door de mismatch tussen zorgvraag en zorgaanbod is daarbij het grootste punt van aandacht. Partijen hebben afgesproken om voor het opstellen van regiobeelden de schaal van de zorgkantoorregio te hanteren. Op basis van het regiobeeld wordt door de regionale zorgpartijen een &amp;ldquo;regioplan&amp;rdquo; opgesteld. Onder regionale zorgpartijen worden steeds alle voor de samenwerking relevant geachte partijen verstaan, dus bijvoorbeeld inclusief relevante UMC&amp;rsquo;s, welzijn, gemeenten pati&amp;euml;ntenorganisaties etc. In dit plan is inzichtelijk wat de prioritaire regio-opgaven zijn. Dit kan bijvoorbeeld gaan over specifeke doelgroepen als kwetsbare ouderen, maar ook over onderwerpen als het borgen van voldoende specialistische (GGZ) zorg. Daarnaast bevaten de regioplannen afspraken over hoe partijen deze regio-opgaven gecommiteerd gaan aanpakken en wie daarbij betrokken zijn.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;6.1.1. E. De organisatie werkt actief toe naar samenwerkingsverbanden met organisaties buiten de Forensische Zorg.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;We ontwikkelen en implementeren een passende lokale (waar nodig regionale) werkwijze die zorg en welzijn verbindt voor mensen met psychische klachten in de komende 5 jaar. Hierbij wordt voortgebouwd op de bestaande werkstructuur tussen de VNG en ZN. Voorbeelden van interventies die regionaal ingezet kunnen worden zijn: Welzijn op Recept 2.0, Welzijn op consult, Wally, Regionale cli&amp;euml;ntenorganisaties in de ggz.&lt;/p&gt;</t>
   </si>
   <si>
     <t>Zorg op maat</t>
   </si>
   <si>
     <t>6.1.1. B Overdracht is gericht op continuïteit van zorg met een optimale overdracht van informatie. De patiënt/cliënt is zoveel mogelijk betrokken bij zijn/haar overdracht. Tijdens het proces van overdracht wordt met elkaar afgesproken welke informatie (binnen de wettelijke kaders) wordt uitgewisseld bij de overdracht. Doel is om zorg te dragen voor een doelmatige en veilige zorg en de continuïteit van zorg.</t>
   </si>
   <si>
     <t>&lt;p&gt;6.1.1. C. De organisatie organiseert een &amp;ldquo;warme&amp;rdquo; overdracht. Indien mogelijk vindt kennismaking met de vervolgorganisatie plaats binnen de overdragende organisatie.&lt;/p&gt;</t>
   </si>
   <si>
     <t>6.1.1. D. Professionals stemmen inhoud en taal van de overdracht af om behandeling en begeleiding goed op elkaar te laten aansluiten. Waar mogelijk delen de organisaties informatie om dubbel werk te voorkomen (bijvoorbeeld dat de ene organisatie gebruik maakt van de delictanalyse van de andere organisatie en niet opnieuw zelf bij de patiënt/cliënt de delictanalyse gaat uitvoeren).</t>
   </si>
   <si>
     <t>&lt;p&gt;6.1.1. A. In het geval van stapelzorg wordt door betrokken partijen de co&amp;ouml;rdinerende rol afgesproken en professionals zorgen voor regelmatige afstemming van het behandel- en begeleidingsplan, waarbij men een gezamenlijk signaleringsplan opstelt.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.2 In geval van meervoudige, complexe problematiek is &amp;eacute;&amp;eacute;n regisseur of co&amp;ouml;rdinator aangewezen die de nodige samenhang en continu&amp;iuml;teit bewaakt.&lt;/p&gt;</t>
   </si>
   <si>
     <t>Op- en afschalen zorg</t>
   </si>
   <si>
-    <t>6.1.1. F. Wanneer partijen er samen niet uit komen en problemen ontstaan in de kwaliteit, veiligheid en/of continuïteit van zorg, neemt de organisatie contact op met de inkoper binnen DJI om als opdrachtgever mee te denken.</t>
-[...2 lines deleted...]
-    <t>6.1.1. G. Indien reclassering betrokken is: Bij de uitvoering van de zorg wordt de driehoeksverhouding gehanteerd tussen de reclassering, patiënt/cliënt en behandelaren en/of begeleiders, waarbij alle partijen elkaar informeren (binnen de wettelijke kaders). De drie-partijenovereenkomst kan als middel worden gebruikt om de samenwerking te formaliseren.</t>
+    <t>&lt;p&gt;6.1.1. F. Wanneer partijen er samen niet uit komen en problemen ontstaan in de kwaliteit, veiligheid en/of continu&amp;iuml;teit van zorg, neemt de organisatie contact op met de aanbesteder binnen Forzo/JJI om als opdrachtgever mee te denken.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;6.1.1. G. Indien reclassering betrokken is: Bij de uitvoering van de zorg wordt de driehoeksverhouding gehanteerd tussen de reclassering, pati&amp;euml;nt/cli&amp;euml;nt en behandelaren en/of begeleiders, waarbij alle partijen elkaar informeren (binnen de wettelijke kaders). Een driepartijenovereenkomst kan als middel worden gebruikt om de samenwerking te formaliseren.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;6.1.1. H. De organisatie heeft aandacht voor de doelen gericht op uitstroom en nazorg (zoals dagbesteding, financi&amp;euml;n, wonen, sociaal netwerk, relatie) en er wordt actie ondernomen om deze doelen na te streven.&lt;/p&gt;</t>
   </si>
   <si>
     <t>6.1.1. I. Indien van toepassing heeft de organisatie (met het oog op de continuïteit van zorg) contact met de geëigende partijen zoals reguliere GGZ, zorg, veiligheidshuis en gemeente (bijvoorbeeld over voortzetting van het traject binnen de Wmo) over de voortzetting van trajecten binnen de reguliere zorg bij aflopen van de strafrechtelijke titel.</t>
   </si>
   <si>
     <t>c. Zorgpartijen spreken af om de samenwerking in de regio te bevorderen. Dit begint met het goed in kaart brengen van de feitelijke situatie in een zogenaamd “regiobeeld”. De toenemende druk op de toegankelijkheid van zorg door de mismatch tussen zorgvraag en zorgaanbod is daarbij het grootste punt van aandacht. Partijen hebben afgesproken om voor het opstellen van regiobeelden de schaal van de zorgkantoorregio te hanteren. Op basis van het regiobeeld wordt door de regionale zorgpartijen een “regioplan” opgesteld. Onder regionale zorgpartijen worden steeds alle voor de samenwerking relevant geachte partijen verstaan, dus bijvoorbeeld inclusief relevante UMC’s, welzijn, gemeenten patiëntenorganisaties etc. In dit plan is inzichtelijk wat de prioritaire regio-opgaven zijn. Dit kan bijvoorbeeld gaan over specifeke doelgroepen als kwetsbare ouderen, maar ook over onderwerpen als het borgen van voldoende specialistische (GGZ) zorg. Daarnaast bevatten de regioplannen afspraken over hoe partijen deze regio-opgaven gecommitteerd gaan aanpakken en wie daarbij betrokken zijn.</t>
   </si>
   <si>
     <t>6.1.2. De organisatie is onderdeel van een lerend netwerk met andere organisaties, die onderdeel zijn van de forensische keten.</t>
   </si>
   <si>
-    <t>&lt;p&gt;6.1.2. A. De organisatie sluit aan op reeds binnen de sector ontwikkelde (lerende) netwerken en expertisenetwerken (peer reviews) en/of werken actief en aantoonbaar toe naar deelname en/ of cre&amp;euml;ren zelf een lerend netwerk met andere organisaties binnen de forensische keten. De definities en eisen aan de kwaliteitsnetwerken zijn gedefinieerd in de methodiekomschrijving, zie &lt;a href="http://www.kwaliteitsnetwerken.nl."&gt;www.kwaliteitsnetwerken.nl. &lt;/a&gt;&lt;/p&gt;
+    <t>&lt;p&gt;6.1.2. A. De organisatie sluit aan op reeds binnen de sector ontwikkelde (lerende) netwerken en expertisenetwerken (peer reviews) en/of werken actief en aantoonbaar toe naar deelname en/ of cre&amp;euml;ren zelf een lerend netwerk met andere organisaties binnen de forensische keten.&amp;nbsp;&lt;/p&gt;
 &lt;p&gt;7.1.2. B. De organisatie bespreekt het kwaliteitsverslag breed binnen de organisatie en buitende de organisatie in het lerend netwerk. Doel hiervan is dat organisaties een cyclus in gaan waarin continu reflecteren, leren en verbeteren centraal staat. Op deze wijze wordt de lerende dialoog tussen de verschillende belanghebbenden binnen de organisatie en tussen de organisaties gevoed.&lt;/p&gt;</t>
   </si>
   <si>
     <t>6.1.2. B. De organisatie wisselt periodiek ervaringen uit met de netwerkpartners met als doel om te leren en te ontwikkelen. Transparantie, het delen van informatie, en het elkaar ondersteunen bij moeilijke casussen, stimuleert in gezamenlijkheid leren om zo de gehele sector naar een hoger kwaliteitsniveau te brengen.</t>
   </si>
   <si>
     <t>Omgeving</t>
   </si>
   <si>
     <t>&lt;p&gt;6.1.3. De organisatie heeft beleid en voert dat uit over hoe zij de maatschappij en de omgeving van de organisatie betrekt.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;6.1.3. A. De organisatie voert een actief beleid om de directe omgeving te informeren over haar werkzaamheden en het doel ervan. Voorlichting via website en aan de media hebben als doel om de publieke beeldvorming over de Forensische Zorg te verbeteren en stigmatisering te reduceren. Hierbij wordt zo veel mogelijk in begrijpelijke taal gecommuniceerd en wordt jargon voorkomen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;6.1.3. B. De organisatie heeft beleid over samenwerking met maatschappelijke organisaties, zoals: gemeente(n), politie, woningbouwverenigingen, schuldhulpverlening, werkgevers, maatschappelijke opvang organisaties, sportverenigingen, buurtverenigingen, geloofsgemeenschappen, et cetera.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;6.1.3. C. Binnen de organisatie zijn de verantwoordelijkheden duidelijk beschreven ten aanzien van de communicatie met de wijk, instanties, gemeente(n), de samenleving, de media, et cetera.&lt;/p&gt;</t>
   </si>
   <si>
     <t>b. Het opstellen van regiobeelden en 
 regioplannen gebeurt in drie stappen:
 zie p. 44 IZA</t>
   </si>
@@ -138,53 +138,50 @@
 &lt;p&gt;&amp;bull; Eventuele HIC en KIB-voorzieningen&lt;/p&gt;
 &lt;p&gt;&amp;bull; Klinische en ambulante specialistische ggz: hoog complex-laag volume zorg (voor bijzondere doelgroepen, die&amp;nbsp;regionaal door &amp;eacute;en of zeer weinig partijen worden aangeboden)&lt;/p&gt;
 &lt;p&gt;&amp;bull; Beveiligde klinische zorg (niveau 2,3,4), (regionaal en bovenregionaal)&lt;/p&gt;
 &lt;p&gt;&amp;bull; Bovenregionale ambulante en klinische hoog specialistische zorg&lt;/p&gt;
 &lt;p&gt;&amp;bull; Bovenstaande is inclusief 18- /18+, jongvolwassenen en&amp;nbsp;volwassenen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>In de samenwerkingsafspraken die 
 regionaal worden gemaakt, wordt vastgelegd hoe en wanneer de domeinen elkaar consulteren (ook rondom een individuele client) en van elkaars expertise gebruik kunnen maken. Daarmee is dan o.a. direct contact mogelijk met behandelaren van patiënten door huisartsen. Voorbeelden: mentale gezondheidscentra van Breburg, GEM-initiatieven in Deventer en Doetinchem, netwerkpsychiatrie.</t>
   </si>
   <si>
     <t>In 2023 en 2024 wordt vanuit de huidige 
 ervaringen en verder bouwend toegewerkt naar een zo uniform mogelijke en na behoefe regionaal ingevulde passende werkwijze (en organisatie), gericht op samenwerking tussen huisartsenzorg, ggz zorg en sociaal domein bij triage en samenwerking tijdens en na zorg- en ondersteuningstrajecten. Dit wordt ondersteund d.m.v. een leernetwerk in samenwerking met partijen, door ondersteuning van AKWA ggz.</t>
   </si>
   <si>
     <t>Professionele verplichtingen</t>
   </si>
   <si>
     <t>&lt;p&gt;4.1.5. D. Professionals bewaken de grenzen van hun vakbekwaamheid. Wanneer die grens bereikt is, zorgen ze dat ze nauw samenwerken met een voor de handeling/taak bekwame collega/partner.&lt;/p&gt;</t>
   </si>
   <si>
     <t>Leerklimaat</t>
   </si>
   <si>
     <t>&lt;p&gt;4.1.7. B. De organisatie cre&amp;euml;ert en behoudt opleidingsplaatsen, stageplaatsen, leerwerkplaatsen, plaatsen voor (zij-)instromers, en samenwerking met ROC&amp;rsquo;s, hogescholen en universiteiten.&lt;/p&gt;</t>
-  </si>
-[...1 lines deleted...]
-    <t>&lt;p&gt;4.1.7. D. De organisatie draagt bij aan de gezamenlijke arbeidsmarktaanpak zoals ontwikkeld door de Taskforce Forensische Zorg.&lt;/p&gt;</t>
   </si>
   <si>
     <t>Innovatie</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.4. A. Landelijke ontwikkelingen en wetenschappelijk onderzoek worden gevolgd en, na afweging en waar mogelijk, ge&amp;iuml;mplementeerd. Hierbij wordt aansluiting gezocht met bijvoorbeeld collega-instellingen, het Wetenschappelijk Onderzoek- en Documentatiecentrum (WODC), universiteiten, lectoraten, Hbo-instellingen, het Expertisecentrum Forensische Psychiatrie (EFP) en KFZ, om onder andere het delen van kennis en informatie te bewerkstelligen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>Kwaliteitsmanagement</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.2. G. De organisatie toetst jaarlijks de werking van het kwaliteit- en veiligheidsmanagementsysteem. Voorbeelden van instrumenten hiervoor zijn: directie- of systeembeoordeling, kwaliteitsvisitaties en/of een kwaliteitscertificering.&lt;/p&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -500,60 +497,60 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D28"/>
+  <dimension ref="A1:D27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="43.561" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="549.58" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="537.869" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="1324.677" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="206.378" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
@@ -734,70 +731,62 @@
       <c r="A23" t="s">
         <v>4</v>
       </c>
       <c r="C23" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>34</v>
       </c>
       <c r="B24" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>36</v>
       </c>
       <c r="B25" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>4</v>
+        <v>38</v>
       </c>
       <c r="B26" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B27" t="s">
-        <v>40</v>
-[...3 lines deleted...]
-      <c r="A28" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">