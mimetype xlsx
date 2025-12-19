--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -12,135 +12,132 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
   <si>
     <t>Trefwoord</t>
   </si>
   <si>
     <t>Kwaliteitskader FZ</t>
   </si>
   <si>
     <t>Externe communicatie en samenwerking</t>
   </si>
   <si>
     <t>&lt;p&gt;6.1.1. De organisatie werkt samen met andere organisaties binnen en buiten de Forensische Zorg om continu&amp;iuml;teit van zorg te realiseren.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;6.1.1. E. De organisatie werkt actief toe naar samenwerkingsverbanden met organisaties buiten de Forensische Zorg.&lt;/p&gt;</t>
   </si>
   <si>
     <t>Zorg op maat</t>
   </si>
   <si>
     <t>6.1.1. B Overdracht is gericht op continuïteit van zorg met een optimale overdracht van informatie. De patiënt/cliënt is zoveel mogelijk betrokken bij zijn/haar overdracht. Tijdens het proces van overdracht wordt met elkaar afgesproken welke informatie (binnen de wettelijke kaders) wordt uitgewisseld bij de overdracht. Doel is om zorg te dragen voor een doelmatige en veilige zorg en de continuïteit van zorg.</t>
   </si>
   <si>
     <t>&lt;p&gt;6.1.1. C. De organisatie organiseert een &amp;ldquo;warme&amp;rdquo; overdracht. Indien mogelijk vindt kennismaking met de vervolgorganisatie plaats binnen de overdragende organisatie.&lt;/p&gt;</t>
   </si>
   <si>
     <t>6.1.1. D. Professionals stemmen inhoud en taal van de overdracht af om behandeling en begeleiding goed op elkaar te laten aansluiten. Waar mogelijk delen de organisaties informatie om dubbel werk te voorkomen (bijvoorbeeld dat de ene organisatie gebruik maakt van de delictanalyse van de andere organisatie en niet opnieuw zelf bij de patiënt/cliënt de delictanalyse gaat uitvoeren).</t>
   </si>
   <si>
     <t>&lt;p&gt;6.1.1. A. In het geval van stapelzorg wordt door betrokken partijen de co&amp;ouml;rdinerende rol afgesproken en professionals zorgen voor regelmatige afstemming van het behandel- en begeleidingsplan, waarbij men een gezamenlijk signaleringsplan opstelt.&lt;/p&gt;</t>
   </si>
   <si>
     <t>Op- en afschalen zorg</t>
   </si>
   <si>
-    <t>6.1.1. F. Wanneer partijen er samen niet uit komen en problemen ontstaan in de kwaliteit, veiligheid en/of continuïteit van zorg, neemt de organisatie contact op met de inkoper binnen DJI om als opdrachtgever mee te denken.</t>
-[...2 lines deleted...]
-    <t>6.1.1. G. Indien reclassering betrokken is: Bij de uitvoering van de zorg wordt de driehoeksverhouding gehanteerd tussen de reclassering, patiënt/cliënt en behandelaren en/of begeleiders, waarbij alle partijen elkaar informeren (binnen de wettelijke kaders). De drie-partijenovereenkomst kan als middel worden gebruikt om de samenwerking te formaliseren.</t>
+    <t>&lt;p&gt;6.1.1. F. Wanneer partijen er samen niet uit komen en problemen ontstaan in de kwaliteit, veiligheid en/of continu&amp;iuml;teit van zorg, neemt de organisatie contact op met de aanbesteder binnen Forzo/JJI om als opdrachtgever mee te denken.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;6.1.1. G. Indien reclassering betrokken is: Bij de uitvoering van de zorg wordt de driehoeksverhouding gehanteerd tussen de reclassering, pati&amp;euml;nt/cli&amp;euml;nt en behandelaren en/of begeleiders, waarbij alle partijen elkaar informeren (binnen de wettelijke kaders). Een driepartijenovereenkomst kan als middel worden gebruikt om de samenwerking te formaliseren.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;6.1.1. H. De organisatie heeft aandacht voor de doelen gericht op uitstroom en nazorg (zoals dagbesteding, financi&amp;euml;n, wonen, sociaal netwerk, relatie) en er wordt actie ondernomen om deze doelen na te streven.&lt;/p&gt;</t>
   </si>
   <si>
     <t>6.1.1. I. Indien van toepassing heeft de organisatie (met het oog op de continuïteit van zorg) contact met de geëigende partijen zoals reguliere GGZ, zorg, veiligheidshuis en gemeente (bijvoorbeeld over voortzetting van het traject binnen de Wmo) over de voortzetting van trajecten binnen de reguliere zorg bij aflopen van de strafrechtelijke titel.</t>
   </si>
   <si>
     <t>6.1.2. De organisatie is onderdeel van een lerend netwerk met andere organisaties, die onderdeel zijn van de forensische keten.</t>
   </si>
   <si>
-    <t>&lt;p&gt;6.1.2. A. De organisatie sluit aan op reeds binnen de sector ontwikkelde (lerende) netwerken en expertisenetwerken (peer reviews) en/of werken actief en aantoonbaar toe naar deelname en/ of cre&amp;euml;ren zelf een lerend netwerk met andere organisaties binnen de forensische keten. De definities en eisen aan de kwaliteitsnetwerken zijn gedefinieerd in de methodiekomschrijving, zie &lt;a href="http://www.kwaliteitsnetwerken.nl."&gt;www.kwaliteitsnetwerken.nl. &lt;/a&gt;&lt;/p&gt;
+    <t>&lt;p&gt;6.1.2. A. De organisatie sluit aan op reeds binnen de sector ontwikkelde (lerende) netwerken en expertisenetwerken (peer reviews) en/of werken actief en aantoonbaar toe naar deelname en/ of cre&amp;euml;ren zelf een lerend netwerk met andere organisaties binnen de forensische keten.&amp;nbsp;&lt;/p&gt;
 &lt;p&gt;7.1.2. B. De organisatie bespreekt het kwaliteitsverslag breed binnen de organisatie en buitende de organisatie in het lerend netwerk. Doel hiervan is dat organisaties een cyclus in gaan waarin continu reflecteren, leren en verbeteren centraal staat. Op deze wijze wordt de lerende dialoog tussen de verschillende belanghebbenden binnen de organisatie en tussen de organisaties gevoed.&lt;/p&gt;</t>
   </si>
   <si>
     <t>6.1.2. B. De organisatie wisselt periodiek ervaringen uit met de netwerkpartners met als doel om te leren en te ontwikkelen. Transparantie, het delen van informatie, en het elkaar ondersteunen bij moeilijke casussen, stimuleert in gezamenlijkheid leren om zo de gehele sector naar een hoger kwaliteitsniveau te brengen.</t>
   </si>
   <si>
     <t>Omgeving</t>
   </si>
   <si>
     <t>&lt;p&gt;6.1.3. De organisatie heeft beleid en voert dat uit over hoe zij de maatschappij en de omgeving van de organisatie betrekt.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;6.1.3. A. De organisatie voert een actief beleid om de directe omgeving te informeren over haar werkzaamheden en het doel ervan. Voorlichting via website en aan de media hebben als doel om de publieke beeldvorming over de Forensische Zorg te verbeteren en stigmatisering te reduceren. Hierbij wordt zo veel mogelijk in begrijpelijke taal gecommuniceerd en wordt jargon voorkomen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;6.1.3. B. De organisatie heeft beleid over samenwerking met maatschappelijke organisaties, zoals: gemeente(n), politie, woningbouwverenigingen, schuldhulpverlening, werkgevers, maatschappelijke opvang organisaties, sportverenigingen, buurtverenigingen, geloofsgemeenschappen, et cetera.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;6.1.3. C. Binnen de organisatie zijn de verantwoordelijkheden duidelijk beschreven ten aanzien van de communicatie met de wijk, instanties, gemeente(n), de samenleving, de media, et cetera.&lt;/p&gt;</t>
   </si>
   <si>
     <t>Professionele verplichtingen</t>
   </si>
   <si>
     <t>&lt;p&gt;4.1.5. D. Professionals bewaken de grenzen van hun vakbekwaamheid. Wanneer die grens bereikt is, zorgen ze dat ze nauw samenwerken met een voor de handeling/taak bekwame collega/partner.&lt;/p&gt;</t>
   </si>
   <si>
     <t>Leerklimaat</t>
   </si>
   <si>
     <t>&lt;p&gt;4.1.7. B. De organisatie cre&amp;euml;ert en behoudt opleidingsplaatsen, stageplaatsen, leerwerkplaatsen, plaatsen voor (zij-)instromers, en samenwerking met ROC&amp;rsquo;s, hogescholen en universiteiten.&lt;/p&gt;</t>
-  </si>
-[...1 lines deleted...]
-    <t>&lt;p&gt;4.1.7. D. De organisatie draagt bij aan de gezamenlijke arbeidsmarktaanpak zoals ontwikkeld door de Taskforce Forensische Zorg.&lt;/p&gt;</t>
   </si>
   <si>
     <t>Innovatie</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.4. A. Landelijke ontwikkelingen en wetenschappelijk onderzoek worden gevolgd en, na afweging en waar mogelijk, ge&amp;iuml;mplementeerd. Hierbij wordt aansluiting gezocht met bijvoorbeeld collega-instellingen, het Wetenschappelijk Onderzoek- en Documentatiecentrum (WODC), universiteiten, lectoraten, Hbo-instellingen, het Expertisecentrum Forensische Psychiatrie (EFP) en KFZ, om onder andere het delen van kennis en informatie te bewerkstelligen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>Kwaliteitsmanagement</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.2. G. De organisatie toetst jaarlijks de werking van het kwaliteit- en veiligheidsmanagementsysteem. Voorbeelden van instrumenten hiervoor zijn: directie- of systeembeoordeling, kwaliteitsvisitaties en/of een kwaliteitscertificering.&lt;/p&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -456,60 +453,60 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:B23"/>
+  <dimension ref="A1:B22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="43.561" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="549.58" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="537.869" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>2</v>
       </c>
       <c r="B2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>4</v>
       </c>
@@ -630,70 +627,62 @@
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>23</v>
       </c>
       <c r="B19" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>25</v>
       </c>
       <c r="B20" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>2</v>
+        <v>27</v>
       </c>
       <c r="B21" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B22" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      <c r="A23" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">