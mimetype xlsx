--- v0 (2025-11-04)
+++ v1 (2026-03-21)
@@ -133,77 +133,77 @@
   <si>
     <t>5.1.3. D. De organisatie heeft een visie op hoe zij invulling willen geven aan duurzaamheid binnen de organisatie.</t>
   </si>
   <si>
     <t>5.1.3. E. De organisatie heeft een professioneel statuut.</t>
   </si>
   <si>
     <t>5.1.3. F. De organisatie werkt volgens de afspraken van de geldende Governancecode Zorg.</t>
   </si>
   <si>
     <t>5.1.3. G. De organisatie heeft, indien de organisatie ook andere typen dienstverlening heeft, binnen a t/m e binnen dit kwaliteitsaspect specifiek aandacht voor de Forensische Zorg.</t>
   </si>
   <si>
     <t>Innovatie</t>
   </si>
   <si>
     <t>5.1.4. De organisatie draagt (waar mogelijk) bij aan wetenschappelijk onderzoek, innovatie en implementatie.</t>
   </si>
   <si>
     <t>5.1.4. A. Landelijke ontwikkelingen en wetenschappelijk onderzoek worden gevolgd en, na afweging en waar mogelijk, geïmplementeerd. Hierbij wordt aansluiting gezocht met bijvoorbeeld collega-instellingen, het Wetenschappelijk Onderzoek- en Documentatiecentrum (WODC), universiteiten, lectoraten, Hbo-instellingen, het Expertisecentrum Forensische Psychiatrie (EFP) en KFZ, om onder andere het delen van kennis en informatie te bewerkstelligen.</t>
   </si>
   <si>
     <t>5.1.4. B. Waar mogelijk voert de organisatie zelf wetenschappelijk onderzoek uit op het gebied van de Forensische Zorg.</t>
   </si>
   <si>
-    <t>5.1.4. C. De organisatie zoekt actief naar mogelijkheden om te innoveren, bijvoorbeeld door middel van leren van data, eHealth en technologie.</t>
+    <t>&lt;p&gt;5.1.4. C. De organisatie zoekt actief naar mogelijkheden om te innoveren.&lt;/p&gt;</t>
   </si>
   <si>
     <t>5.1.5. De Forensische Zorg is expliciet vertegenwoordigd in de medezeggenschapsorganen.</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.5. A. Iedere organisatie heeft conform de geldende wet- en regelgeving de medezeggenschap geregeld voor medewerkers (Ondernemingsraad), medische en professionele staf (bijvoorbeeld verpleegkundige-agogische adviesraad) en pati&amp;euml;nten/cli&amp;euml;nten (pati&amp;euml;nten/cli&amp;euml;ntenraad en voor de LVB-doelgroep aangevuld met een verwantenraad).&lt;/p&gt;</t>
   </si>
   <si>
     <t>5.1.5. B. Organisaties die naast Forensische Zorg ook andere typen dienstverlening hebben, dragen zorg voor evenredige vertegenwoordiging van betrokkenen vanuit de Forensische Zorg.</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.2. D. De organisatie is een lerende organisatie, waarin ervaringen van pati&amp;euml;nten/cli&amp;euml;nten/naasten en professionals worden meegenomen in de analyse en het verbeteren van de uitvoering.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;jaarlijkse cli&amp;euml;ntervaringsonderzoek is verplicht op grond van artikel 2.5.1, eerste lid, van de Wmo 2015.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Artikel 39. Klachtregeling en medezeggenschap bij aanbieders van maatschappelijke ondersteuning&lt;/p&gt;
 &lt;p&gt;1. Aanbieders stellen een regeling vast voor de afhandeling van klachten van cli&amp;euml;nten en voor de medezeggenschap van cli&amp;euml;nten over voorgenomen besluiten van de aanbieder welke voor de gebruikers van belang zijn, ten aanzien van [alle voorzieningen OF de volgende voorzieningen&lt;/p&gt;
 &lt;p&gt;2. Onverminderd andere handhavingsbevoegdheden ziet het college toe op de naleving van de klachtregelingen en medezeggenschapsregelingen van aanbieders door periodieke overleggen met de aanbieders en een jaarlijks cli&amp;euml;ntervaringsonderzoek.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;5.3 De aanbieder neemt eventuele klachten in behandeling en handelt die tijdig en passend af.&lt;/p&gt;</t>
   </si>
   <si>
-    <t>&lt;p&gt;4.1.3. C. De organisatie heeft een visie en beleid over hoe geschoolde ervaringsdeskundigen ingezet worden binnen de Forensische Zorg, waarin antwoord wordt gegeven op vraagstukken zoals opleiding, positionering, verklaring omtrent gedrag (VOG) problematiek, rechten en plichten. Wanneer ervaringsdeskundigen worden ingezet zijn zij onderdeel van het multidisciplinair behandel-/begeleidingsteam.&lt;/p&gt;</t>
+    <t>&lt;p&gt;4.1.3. C. De organisatie heeft een visie en beleid over de inzet van ervaringsdeskundigheid binnen de organisatie.&lt;/p&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>