--- v0 (2025-11-04)
+++ v1 (2026-02-04)
@@ -143,81 +143,81 @@
   <si>
     <t>5.1.3. D. De organisatie heeft een visie op hoe zij invulling willen geven aan duurzaamheid binnen de organisatie.</t>
   </si>
   <si>
     <t>5.1.3. E. De organisatie heeft een professioneel statuut.</t>
   </si>
   <si>
     <t>5.1.3. F. De organisatie werkt volgens de afspraken van de geldende Governancecode Zorg.</t>
   </si>
   <si>
     <t>5.1.3. G. De organisatie heeft, indien de organisatie ook andere typen dienstverlening heeft, binnen a t/m e binnen dit kwaliteitsaspect specifiek aandacht voor de Forensische Zorg.</t>
   </si>
   <si>
     <t>Innovatie</t>
   </si>
   <si>
     <t>5.1.4. De organisatie draagt (waar mogelijk) bij aan wetenschappelijk onderzoek, innovatie en implementatie.</t>
   </si>
   <si>
     <t>5.1.4. A. Landelijke ontwikkelingen en wetenschappelijk onderzoek worden gevolgd en, na afweging en waar mogelijk, geïmplementeerd. Hierbij wordt aansluiting gezocht met bijvoorbeeld collega-instellingen, het Wetenschappelijk Onderzoek- en Documentatiecentrum (WODC), universiteiten, lectoraten, Hbo-instellingen, het Expertisecentrum Forensische Psychiatrie (EFP) en KFZ, om onder andere het delen van kennis en informatie te bewerkstelligen.</t>
   </si>
   <si>
     <t>5.1.4. B. Waar mogelijk voert de organisatie zelf wetenschappelijk onderzoek uit op het gebied van de Forensische Zorg.</t>
   </si>
   <si>
-    <t>5.1.4. C. De organisatie zoekt actief naar mogelijkheden om te innoveren, bijvoorbeeld door middel van leren van data, eHealth en technologie.</t>
+    <t>&lt;p&gt;5.1.4. C. De organisatie zoekt actief naar mogelijkheden om te innoveren.&lt;/p&gt;</t>
   </si>
   <si>
     <t>5.1.5. De Forensische Zorg is expliciet vertegenwoordigd in de medezeggenschapsorganen.</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.5. A. Iedere organisatie heeft conform de geldende wet- en regelgeving de medezeggenschap geregeld voor medewerkers (Ondernemingsraad), medische en professionele staf (bijvoorbeeld verpleegkundige-agogische adviesraad) en pati&amp;euml;nten/cli&amp;euml;nten (pati&amp;euml;nten/cli&amp;euml;ntenraad en voor de LVB-doelgroep aangevuld met een verwantenraad).&lt;/p&gt;</t>
   </si>
   <si>
     <t>5.1.5. B. Organisaties die naast Forensische Zorg ook andere typen dienstverlening hebben, dragen zorg voor evenredige vertegenwoordiging van betrokkenen vanuit de Forensische Zorg.</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.2. D. De organisatie is een lerende organisatie, waarin ervaringen van pati&amp;euml;nten/cli&amp;euml;nten/naasten en professionals worden meegenomen in de analyse en het verbeteren van de uitvoering.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;4.2.2. Elke zorgboerderij zet zich in om ervaringen (narratief onderzoek) en/of feedback van deelnemers en eventuele andere betrokkenen op te halen. Omdat het voor deelnemers en betrokkenen spannend kan zijn zich uit te spreken, wordt minimaal &amp;eacute;&amp;eacute;n keer per jaar een ervaringsonderzoek uitgevoerd waarbij er extra aandacht is voor voldoende veiligheid om zich uit te spreken. Zie uitgangspunten bij methoden om ervaringen op te halen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;4.2.2 Uitgangpunten bij methoden om ervaringen op te halen. Een zorgboer kan kiezen uit verschillende methoden voor het ophalen van ervaringen. De volgende criteria helpen de zorgboer om (een) geschikte methode(n) te kiezen: - Met behulp van de gekozen methode(n) worden ervaringen direct bij deelnemers en/of hun naasten worden opgehaald aan de hand van vragen, een gesprek of observatie. - In de gekozen methode(n) is er extra aandacht voor de veiligheid van deelnemers om zich vrij uit te kunnen spreken. - In de gekozen methode(n) krijgen alle deelnemers en/of hun naasten de gelegenheid deel te nemen en hun ervaringen te delen. - Met de gekozen methode(n) worden minimaal 1 keer per jaar ervaringen opgehaald. - De methode stelt de zorgboerderij in staat om de geanonimiseerde uitkomsten van de metingen en datgene dat de zorgboerderij hiervan heeft geleerd te delen met de deelnemers, eventuele betrokkenen en in het kwaliteitsverslag.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;4.2.2. Daarnaast zijn er vaste momenten waarop deelnemers en/of wettelijke vertegenwoordigers gezamenlijk inspraak hebben over hoe het gaat op de zorgboerderij en de kwaliteit van zorg die geleverd wordt. Dit gebeurt bijvoorbeeld tijdens inspraakavonden, keukentafelgesprekken of bewoners-overleggen waarin met elkaar gesproken kan worden over de kernwaarden: welke kernwaarden zijn belangrijk, welke worden duidelijk ervaren en welke zouden versterkt kunnen worden?&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;5.3 De aanbieder neemt eventuele klachten in behandeling en handelt die tijdig en passend af.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;4.2.2. Wanneer er ook andere betrokkenen zijn, zoals mantelzorgers en naasten, dan zijn er ook met hen afspraken over de wijze waarop zij hun stem kunnen laten horen.&lt;/p&gt;</t>
   </si>
   <si>
-    <t>&lt;p&gt;4.1.3. C. De organisatie heeft een visie en beleid over hoe geschoolde ervaringsdeskundigen ingezet worden binnen de Forensische Zorg, waarin antwoord wordt gegeven op vraagstukken zoals opleiding, positionering, verklaring omtrent gedrag (VOG) problematiek, rechten en plichten. Wanneer ervaringsdeskundigen worden ingezet zijn zij onderdeel van het multidisciplinair behandel-/begeleidingsteam.&lt;/p&gt;</t>
+    <t>&lt;p&gt;4.1.3. C. De organisatie heeft een visie en beleid over de inzet van ervaringsdeskundigheid binnen de organisatie.&lt;/p&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>