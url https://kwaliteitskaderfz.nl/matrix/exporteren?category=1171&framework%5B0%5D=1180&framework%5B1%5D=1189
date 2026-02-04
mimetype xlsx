--- v0 (2025-11-04)
+++ v1 (2026-02-04)
@@ -139,90 +139,90 @@
   <si>
     <t>5.1.3. D. De organisatie heeft een visie op hoe zij invulling willen geven aan duurzaamheid binnen de organisatie.</t>
   </si>
   <si>
     <t>5.1.3. E. De organisatie heeft een professioneel statuut.</t>
   </si>
   <si>
     <t>5.1.3. F. De organisatie werkt volgens de afspraken van de geldende Governancecode Zorg.</t>
   </si>
   <si>
     <t>5.1.3. G. De organisatie heeft, indien de organisatie ook andere typen dienstverlening heeft, binnen a t/m e binnen dit kwaliteitsaspect specifiek aandacht voor de Forensische Zorg.</t>
   </si>
   <si>
     <t>Innovatie</t>
   </si>
   <si>
     <t>5.1.4. De organisatie draagt (waar mogelijk) bij aan wetenschappelijk onderzoek, innovatie en implementatie.</t>
   </si>
   <si>
     <t>5.1.4. A. Landelijke ontwikkelingen en wetenschappelijk onderzoek worden gevolgd en, na afweging en waar mogelijk, geïmplementeerd. Hierbij wordt aansluiting gezocht met bijvoorbeeld collega-instellingen, het Wetenschappelijk Onderzoek- en Documentatiecentrum (WODC), universiteiten, lectoraten, Hbo-instellingen, het Expertisecentrum Forensische Psychiatrie (EFP) en KFZ, om onder andere het delen van kennis en informatie te bewerkstelligen.</t>
   </si>
   <si>
     <t>5.1.4. B. Waar mogelijk voert de organisatie zelf wetenschappelijk onderzoek uit op het gebied van de Forensische Zorg.</t>
   </si>
   <si>
-    <t>5.1.4. C. De organisatie zoekt actief naar mogelijkheden om te innoveren, bijvoorbeeld door middel van leren van data, eHealth en technologie.</t>
+    <t>&lt;p&gt;5.1.4. C. De organisatie zoekt actief naar mogelijkheden om te innoveren.&lt;/p&gt;</t>
   </si>
   <si>
     <t>5.1.5. De Forensische Zorg is expliciet vertegenwoordigd in de medezeggenschapsorganen.</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.5. A. Iedere organisatie heeft conform de geldende wet- en regelgeving de medezeggenschap geregeld voor medewerkers (Ondernemingsraad), medische en professionele staf (bijvoorbeeld verpleegkundige-agogische adviesraad) en pati&amp;euml;nten/cli&amp;euml;nten (pati&amp;euml;nten/cli&amp;euml;ntenraad en voor de LVB-doelgroep aangevuld met een verwantenraad).&lt;/p&gt;</t>
   </si>
   <si>
     <t>5.1.5. B. Organisaties die naast Forensische Zorg ook andere typen dienstverlening hebben, dragen zorg voor evenredige vertegenwoordiging van betrokkenen vanuit de Forensische Zorg.</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.2. D. De organisatie is een lerende organisatie, waarin ervaringen van pati&amp;euml;nten/cli&amp;euml;nten/naasten en professionals worden meegenomen in de analyse en het verbeteren van de uitvoering.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Hoofdstuk 3: bouwsteen 2 Onderzoek naar de ervaringen van mensen met een beperking&lt;br /&gt;-De gehandicaptenzorg heeft een waaier met erkende cli&amp;euml;ntervaringsinstrumenten. In samenspraak met de cli&amp;euml;ntenraad kiezen zorgaanbieders uit deze waaier &amp;eacute;&amp;eacute;n of meerdere cli&amp;euml;ntervaringsinstrumenten die zij willen gebruiken om de ervaringen van mensen met een beperking te onderzoeken: instrumenten die passen bij de mensen aan wie zij zorg en ondersteuning verlenen. In de wet is vastgelegd dat de cli&amp;euml;ntenraad meedenkt over de kwaliteit binnen zorgorganisaties &amp;eacute;n advies geeft bij het tot stand komen van verbeteringen&lt;br /&gt;-De resultaten van het cli&amp;euml;ntervaringsonderzoek dragen bij aan het verbeteren van de kwaliteit van zorg en daarmee de kwaliteit van bestaan. Zorgaanbieders gaan actief aan de slag met de verbeterpunten die naar voren komen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Hoofdstuk 3: bouwsteen 2 Onderzoek naar de ervaringen van mensen met een beperking -Mensen met een beperking die professionele zorg en ondersteuning ontvangen, krijgen minimaal eens per drie jaar de mogelijkheid om middels een cli&amp;euml;ntervaringsonderzoek officieel aan te geven wat zij van de geboden zorg vinden. Zorgaanbieders zijn vrij om dit frequenter uit te voeren, dit is ook afhankelijk van het instrument dat zij gebruiken.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Hoofdstuk 3: bouwsteen 2 Onderzoek naar de ervaringen van mensen met een beperking - Uiteraard is het onderzoeken van de tevredenheid en de ervaringen van mensen met een beperking en hun verwanten over de geboden zorg en ondersteuning, een dagelijkse taak van professionals.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Hoofdstuk 3: Bouwsteen 2 Onderzoek naar de ervaringen van mensen met een beperking - De erkende cli&amp;euml;ntervaringsinstrumenten zijn door een onafhankelijke Commissie van Deskundigen beoordeeld aan de hand van acht criteria, waaronder dataverzameling op niveau van de individuele cli&amp;euml;nt, validiteit, betrouwbaarheid en voorwaarden voor gebruik.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Hoofdstuk 5: Bouwsteen 4 inzicht in kwaliteit - Zorgaanbieders bundelen alle verkregen informatie uit de eerste drie bouwstenen in een tweejaarlijks kwaliteitsbeeld, samen met informatie uit andere relevante bronnen en met ervaringsverhalen van mensen met een beperking en hun verwanten, en professionals.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Hoofdstuk 3: bouwsteen 2 Onderzoek naar de ervaringen van mensen met een beperking -In de wet is vastgelegd dat de cli&amp;euml;ntenraad meedenkt over de kwaliteit binnen zorgorganisaties &amp;eacute;n advies geeft bij het tot stand komen van verbeteringen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;5.3 De aanbieder neemt eventuele klachten in behandeling en handelt die tijdig en passend af.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Hoofdstuk 6: De rol van de zorgaanbieder - Cli&amp;euml;ntenraden, verwantenraden, ondernemingsraden en ervaringsdeskundigen spelen een heel belangrijke rol in het verbeteren van de kwaliteit van zorg en ondersteuning. Het is daarom belangrijk dat zorgorganisaties deze raden ondersteunen en met hen op structurele basis in gesprek gaan.&lt;/p&gt;</t>
   </si>
   <si>
-    <t>&lt;p&gt;4.1.3. C. De organisatie heeft een visie en beleid over hoe geschoolde ervaringsdeskundigen ingezet worden binnen de Forensische Zorg, waarin antwoord wordt gegeven op vraagstukken zoals opleiding, positionering, verklaring omtrent gedrag (VOG) problematiek, rechten en plichten. Wanneer ervaringsdeskundigen worden ingezet zijn zij onderdeel van het multidisciplinair behandel-/begeleidingsteam.&lt;/p&gt;</t>
+    <t>&lt;p&gt;4.1.3. C. De organisatie heeft een visie en beleid over de inzet van ervaringsdeskundigheid binnen de organisatie.&lt;/p&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>