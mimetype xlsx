--- v0 (2025-11-04)
+++ v1 (2026-03-21)
@@ -138,73 +138,73 @@
     <t>5. ‘Groene en klimaat neutrale zorg’ met laagst mogelijk uitstoot van broeikasgassen en impact op de leefomgeving, geleverd met oog voor spaarzaam en circulair gebruik van
 grondstoffen en materialen;</t>
   </si>
   <si>
     <t>5.1.3. E. De organisatie heeft een professioneel statuut.</t>
   </si>
   <si>
     <t>5.1.3. F. De organisatie werkt volgens de afspraken van de geldende Governancecode Zorg.</t>
   </si>
   <si>
     <t>5.1.3. G. De organisatie heeft, indien de organisatie ook andere typen dienstverlening heeft, binnen a t/m e binnen dit kwaliteitsaspect specifiek aandacht voor de Forensische Zorg.</t>
   </si>
   <si>
     <t>Innovatie</t>
   </si>
   <si>
     <t>5.1.4. De organisatie draagt (waar mogelijk) bij aan wetenschappelijk onderzoek, innovatie en implementatie.</t>
   </si>
   <si>
     <t>5.1.4. A. Landelijke ontwikkelingen en wetenschappelijk onderzoek worden gevolgd en, na afweging en waar mogelijk, geïmplementeerd. Hierbij wordt aansluiting gezocht met bijvoorbeeld collega-instellingen, het Wetenschappelijk Onderzoek- en Documentatiecentrum (WODC), universiteiten, lectoraten, Hbo-instellingen, het Expertisecentrum Forensische Psychiatrie (EFP) en KFZ, om onder andere het delen van kennis en informatie te bewerkstelligen.</t>
   </si>
   <si>
     <t>5.1.4. B. Waar mogelijk voert de organisatie zelf wetenschappelijk onderzoek uit op het gebied van de Forensische Zorg.</t>
   </si>
   <si>
-    <t>5.1.4. C. De organisatie zoekt actief naar mogelijkheden om te innoveren, bijvoorbeeld door middel van leren van data, eHealth en technologie.</t>
+    <t>&lt;p&gt;5.1.4. C. De organisatie zoekt actief naar mogelijkheden om te innoveren.&lt;/p&gt;</t>
   </si>
   <si>
     <t>5.1.5. De Forensische Zorg is expliciet vertegenwoordigd in de medezeggenschapsorganen.</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.5. A. Iedere organisatie heeft conform de geldende wet- en regelgeving de medezeggenschap geregeld voor medewerkers (Ondernemingsraad), medische en professionele staf (bijvoorbeeld verpleegkundige-agogische adviesraad) en pati&amp;euml;nten/cli&amp;euml;nten (pati&amp;euml;nten/cli&amp;euml;ntenraad en voor de LVB-doelgroep aangevuld met een verwantenraad).&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler Professionals (pagina 28)&lt;br /&gt;&amp;bull; De resultaten van het medewerkerstevredenheidsonderzoek (MTO) worden &lt;br /&gt;inzichtelijk gemaakt. Het MTO wordt minimaal eens per 2 jaar uitgevoerd. Als de &lt;br /&gt;uitkomsten van het MTO, of andere zaken, daartoe aanleiding geven kan vaker &lt;br /&gt;ook nodig zijn.&lt;br /&gt;&amp;bull; Het inzicht geven in de deskundigheid die past bij de betreffende doelgroep.&lt;/p&gt;</t>
   </si>
   <si>
     <t>5.1.5. B. Organisaties die naast Forensische Zorg ook andere typen dienstverlening hebben, dragen zorg voor evenredige vertegenwoordiging van betrokkenen vanuit de Forensische Zorg.</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.2. D. De organisatie is een lerende organisatie, waarin ervaringen van pati&amp;euml;nten/cli&amp;euml;nten/naasten en professionals worden meegenomen in de analyse en het verbeteren van de uitvoering.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 1: Cli&amp;euml;nten - De organisatie waarborgt dat voor elke cli&amp;euml;nt op maat een woonzorgplan is opgesteld. Het woonzorgplan is een middel voor zorgprofessionals en cli&amp;euml;nten om goed in gesprek te blijven, waarbij:&lt;/p&gt;
 &lt;p&gt;c) het team de integrale woonzorg zo organiseert dat alle relevante (zorg)professionals betrokken worden, inclusief het behandelperspectief (o.a. meer en minder inzetten van behandeling indien van toepassing) en de vroegsignalering op alle leefgebieden.&lt;/p&gt;</t>
   </si>
   <si>
-    <t>&lt;p&gt;4.1.3. C. De organisatie heeft een visie en beleid over hoe geschoolde ervaringsdeskundigen ingezet worden binnen de Forensische Zorg, waarin antwoord wordt gegeven op vraagstukken zoals opleiding, positionering, verklaring omtrent gedrag (VOG) problematiek, rechten en plichten. Wanneer ervaringsdeskundigen worden ingezet zijn zij onderdeel van het multidisciplinair behandel-/begeleidingsteam.&lt;/p&gt;</t>
+    <t>&lt;p&gt;4.1.3. C. De organisatie heeft een visie en beleid over de inzet van ervaringsdeskundigheid binnen de organisatie.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 3.11: Inzetten van ervaringsdeskundigheid. De organisatie zet ervaringsdeskundigheid in voor de woonzorg aan cli&amp;euml;nten, waarbij:&lt;br /&gt;a) de organisatie waarborgt dat ervaringsdeskundigen ingezet kunnen worden: &lt;br /&gt;&amp;bull; voor de juiste woonzorg van cli&amp;euml;nten vanwege de kennis en ervaring die &lt;br /&gt;ze hebben;&lt;br /&gt;&amp;bull; als onderdeel van het professionele team.&lt;/p&gt;
 &lt;p&gt;&lt;br /&gt;Pijler Professionals (pagina 28) &lt;br /&gt;&amp;bull; De inzet van ervaringsdeskundigen. De organisatie geeft aan op welke manier &lt;br /&gt;ervaringsdeskundigen zijn ingezet en wat deze inzet heeft opgeleverd.&lt;/p&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>