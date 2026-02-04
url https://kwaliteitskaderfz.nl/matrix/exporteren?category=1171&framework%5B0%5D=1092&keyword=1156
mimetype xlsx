--- v0 (2025-11-04)
+++ v1 (2026-02-04)
@@ -47,51 +47,51 @@
   <si>
     <t>5.1.3. De organisatie heeft een visie op goed bestuur, leiderschap, duurzaamheid en toezicht.</t>
   </si>
   <si>
     <t>5.1.3. A. De organisatie beschikt over een transparante visie, draagt dit uit en ondersteunt de professionals in het werken conform deze visie. De organisatie bepaalt op basis van de visie de doelen.</t>
   </si>
   <si>
     <t>5.1.3. B. De organisatie heeft een transparant besturingsmodel waarvan de werking jaarlijks wordt getoetst, bijvoorbeeld door middel van een directie- of systeembeoordeling.</t>
   </si>
   <si>
     <t>5.1.3. C. De organisatie draagt samen met de professionals bij aan het verminderen van administratieve lasten.</t>
   </si>
   <si>
     <t>5.1.3. D. De organisatie heeft een visie op hoe zij invulling willen geven aan duurzaamheid binnen de organisatie.</t>
   </si>
   <si>
     <t>5.1.3. E. De organisatie heeft een professioneel statuut.</t>
   </si>
   <si>
     <t>5.1.3. F. De organisatie werkt volgens de afspraken van de geldende Governancecode Zorg.</t>
   </si>
   <si>
     <t>5.1.3. G. De organisatie heeft, indien de organisatie ook andere typen dienstverlening heeft, binnen a t/m e binnen dit kwaliteitsaspect specifiek aandacht voor de Forensische Zorg.</t>
   </si>
   <si>
-    <t>&lt;p&gt;4.1.3. C. De organisatie heeft een visie en beleid over hoe geschoolde ervaringsdeskundigen ingezet worden binnen de Forensische Zorg, waarin antwoord wordt gegeven op vraagstukken zoals opleiding, positionering, verklaring omtrent gedrag (VOG) problematiek, rechten en plichten. Wanneer ervaringsdeskundigen worden ingezet zijn zij onderdeel van het multidisciplinair behandel-/begeleidingsteam.&lt;/p&gt;</t>
+    <t>&lt;p&gt;4.1.3. C. De organisatie heeft een visie en beleid over de inzet van ervaringsdeskundigheid binnen de organisatie.&lt;/p&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -404,51 +404,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:B10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="476.455" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="235.8" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>2</v>
       </c>
       <c r="B2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>4</v>
       </c>