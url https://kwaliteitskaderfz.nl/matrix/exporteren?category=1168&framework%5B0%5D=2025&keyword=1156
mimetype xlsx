--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -26,51 +26,51 @@
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="6">
   <si>
     <t>Trefwoord</t>
   </si>
   <si>
     <t>Kwaliteitskader FZ</t>
   </si>
   <si>
     <t>Kwaliteitskader Woonzorg in de langdurige GGZ</t>
   </si>
   <si>
     <t>Visie</t>
   </si>
   <si>
-    <t>&lt;p&gt;4.1.3. C. De organisatie heeft een visie en beleid over hoe geschoolde ervaringsdeskundigen ingezet worden binnen de Forensische Zorg, waarin antwoord wordt gegeven op vraagstukken zoals opleiding, positionering, verklaring omtrent gedrag (VOG) problematiek, rechten en plichten. Wanneer ervaringsdeskundigen worden ingezet zijn zij onderdeel van het multidisciplinair behandel-/begeleidingsteam.&lt;/p&gt;</t>
+    <t>&lt;p&gt;4.1.3. C. De organisatie heeft een visie en beleid over de inzet van ervaringsdeskundigheid binnen de organisatie.&amp;nbsp;&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 3.11: Inzetten van ervaringsdeskundigheid&lt;br /&gt;11) De organisatie zet ervaringsdeskundigheid in voor de woonzorg aan cli&amp;euml;nten, waarbij:&lt;/p&gt;
 &lt;p&gt;b) voor professionals die dagelijks herstelondersteunende zorg leveren, maar &lt;br /&gt;zelf geen ervaringsdeskundige zijn, is het van belang dat zij weten hoe zij eventuele persoonlijke en gedeelde ervaringskennis benutten en hoe zij ervaringsdeskundigheid kunnen inzetten.&lt;/p&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -387,51 +387,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="476.455" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="150.963" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="326.635" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" t="s">
         <v>5</v>
       </c>
     </row>