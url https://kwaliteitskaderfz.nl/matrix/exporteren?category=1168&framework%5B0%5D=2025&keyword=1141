--- v0 (2025-11-04)
+++ v1 (2026-02-04)
@@ -43,51 +43,51 @@
   </si>
   <si>
     <t>Kwaliteitskader Woonzorg in de langdurige GGZ</t>
   </si>
   <si>
     <t>Professionele verplichtingen</t>
   </si>
   <si>
     <t>&lt;p&gt;4.1.1. A. Professionals gaan respectvol om met pati&amp;euml;nten/cli&amp;euml;nten, zowel in verbale als non-verbale communicatie.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 3.9: Professional. De medewerkers. De organisatie zorgt voor de inzet van voldoende deskundige medewerkers voor het verzorgen van de woonzorg aan cli&amp;euml;nten, waarbij:&lt;/p&gt;
 &lt;p&gt;a) de professional affiniteit heeft met de doelgroep en een goede connectie &lt;br /&gt;kan maken met de cli&amp;euml;nt.&lt;br /&gt;f) de professional relatiegericht, communicatief vaardig en &lt;br /&gt;samenwerkingsgericht is. Dit vereist fexibiliteit van de professional.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;4.1.1. D. Professionals zijn zich bewust van hun eigen normen en waarden en zij kunnen deze professioneel hanteren. Professionals kunnen reflecteren op eigen gedrag en ervaringen en zij zijn in staat om dit bespreekbaar maken.&lt;/p&gt;
 &lt;p&gt;4.1.6. Binnen de organisatie is tijd, ruimte en openheid om continu te leren, te reflecteren en te ontwikkelen.&lt;/p&gt;
 &lt;p&gt;4.1.6. A. De organisatie zorgt dat voor iedere professional voldoende tijd en ruimte is om te leren en zich te ontwikkelen. De organisatie cre&amp;euml;ert hiervoor een cultuur die leren en reflecteren stimuleert en waar professionals zich ten opzichte van elkaar kwetsbaar kunnen opstellen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 3.9: Professional. De medewerkers. De organisatie zorgt voor de inzet van voldoende deskundige medewerkers voor het verzorgen van de woonzorg aan cli&amp;euml;nten, waarbij:&lt;/p&gt;
 &lt;p&gt;h) de professional een lerende houding heeft en in staat is om te refecteren op &lt;br /&gt;diens eigen normen, waarden en handelen.&lt;/p&gt;
 &lt;p&gt;Pijler 3.11: Professional - inzetten van Ervaringsdeskundigheid: De organisatie zet ervaringsdeskundigheid in voor de woonzorg aan cli&amp;euml;nten, waarbij:&lt;br /&gt;b) voor professionals die dagelijks herstelondersteunende zorg leveren, maar &lt;br /&gt;zelf geen ervaringsdeskundige zijn, is het van belang dat zij weten hoe zij eventuele persoonlijke en gedeelde ervaringskennis benutten en hoe zij ervaringsdeskundigheid kunnen inzetten.&lt;/p&gt;</t>
   </si>
   <si>
-    <t>4.1.5. A. Professionals onderhouden hun vakkennis op basis van de vastgestelde competenties en leerdoelen, zoals ontwikkeld binnen het Programma Forensisch Vakmanschap.</t>
+    <t>&lt;p&gt;4.1.5. A. Professionals onderhouden hun vakkennis (bijvoorbeeld met behulp van het Forensisch Vakmanschap) passend bij hun functie, competenties en leerdoelen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>4.1.5. B. De professionals, voor wie dat van toepassing is, staan ingeschreven in het kwaliteitsregister van hun beroepsgroep, houden accreditatiepunten bij indien vereist vanuit hun titel en hebben indien van toepassing een geldige BIG-registratie.</t>
   </si>
   <si>
     <t>4.1.5. D. Professionals bewaken de grenzen van hun vakbekwaamheid. Wanneer die grens bereikt is, zorgen ze dat ze nauw samenwerken met een voor de handeling/taak bekwame collega/partner.</t>
   </si>
   <si>
     <t>4.1.5. E. Professionals zijn in beginsel verantwoordelijk voor hun eigen handelen.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>