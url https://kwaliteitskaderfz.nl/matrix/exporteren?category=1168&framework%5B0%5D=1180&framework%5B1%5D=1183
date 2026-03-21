--- v0 (2025-11-04)
+++ v1 (2026-03-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
   <si>
     <t>Trefwoord</t>
   </si>
   <si>
     <t>Kwaliteitskader FZ</t>
   </si>
   <si>
     <t>Kwaliteitskompas Gehandicaptenzorg (KKGHZ)</t>
   </si>
   <si>
     <t>Kwaliteitskader zorglandbouw (KKZLB)</t>
   </si>
   <si>
     <t>Vakbekwaamheid</t>
   </si>
   <si>
     <t>&lt;p&gt;4.1.1. De professionals in de Forensische Zorg hebben een professionele grondhouding.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Hoofdstuk 4: Bouwsteen 3 Professionele ontwikkeling. Kwaliteit steunt op vakbekwame professionals die hun werk doen in dialoog met mensen met een beperking en hun verwanten.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.2 Zowel de begeleiders met een zorgopleiding als de begeleiders met een andere opleiding, zijn in staat om op professionele wijze zorg en ondersteuning te bieden. Het zijn beide professionals met een houding die zich kenmerkt door: &amp;bull; Professionals dragen verantwoordelijkheid en maken bewuste keuzes. &amp;bull; Professionals blijven zichzelf ontwikkelen en reflecteren op eigen handelen. &amp;bull; Professionals kennen hun positie in het zorgveld; zij zijn zich bewust van hun grenzen en schakelen aanvullend daarop tijdig (externe) deskundigen in en dragen actief bij aan een goede samenwerking tussen betrokken partijen. &amp;bull; Professionals zijn op de hoogte van wetten, regels en beroepsnormen en toetsen hun handelen en keuzes daaraan. &amp;bull; Professionals kennen de kracht van de zorglandbouw en werken vanuit de principes die hieraan ten grondslag liggen.&lt;/p&gt;</t>
   </si>
   <si>
@@ -117,128 +117,122 @@
   </si>
   <si>
     <t>4.1.2. B. De professional handelt in lijn met de voor de sector beschikbare (zorg)standaarden en multidisciplinaire richtlijnen. Wanneer de professional daarvan afwijkt, motiveert hij/zij dit zorgvuldig met behulp van door de sector en/of professie erkende argumenten.</t>
   </si>
   <si>
     <t>&lt;p&gt;4.1.3. De professional werkt in een multidisciplinair team en draagt daar vanuit eigen expertise aan bij.&lt;/p&gt;
 &lt;p&gt;4.1.3. A. Binnen de Forensische Zorg wordt bij voorkeur gewerkt in een multidisciplinair team, waarbij iedereen, vanuit zijn/haar eigen professie, een bijdrage levert aan het eindresultaat.&lt;/p&gt;
 &lt;p&gt;4.1.3. B. Afstemming en samenwerking is de regel, en men kan in vertrouwen elkaar aanspreken op gemaakte afspraken.&lt;/p&gt;</t>
   </si>
   <si>
     <t>4.1.4. De professional houdt zich aan de professionele standaard, die bestaat uit vakinhoudelijke standaarden, beroepsethische normen en veldnormen.</t>
   </si>
   <si>
     <t>&lt;p&gt;4.1.4. A. De professional houdt zich aan vakinhoudelijke standaarden, zoals methodieken, gevalideerde instrumenten en richtlijnen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;4.1.4. B. De professional houdt zich aan de voor zijn/haar beroep geldende beroepsethische normen, onder andere vastgelegd in de beroepscodes (o.a. NIP, BPSW, V&amp;amp;VN, NVvP) en verfijnd/ aangevuld in jurisprudentie vanuit het tuchtrecht.&lt;/p&gt;</t>
   </si>
   <si>
     <t>4.1.4. C. De professional houdt zich aan de binnen de organisatie geldende gedragscodes en kwaliteitsdocumenten (zoals zorgprogrammering) die in de sector of branche ontwikkeld zijn.</t>
   </si>
   <si>
     <t>4.1.5. De professionals die werkzaam zijn binnen de Forensische Zorg zijn bevoegd en vakbekwaam.</t>
   </si>
   <si>
-    <t>4.1.5. A. Professionals onderhouden hun vakkennis op basis van de vastgestelde competenties en leerdoelen, zoals ontwikkeld binnen het Programma Forensisch Vakmanschap.</t>
+    <t>&lt;p&gt;4.1.5. A. Professionals onderhouden hun vakkennis (bijvoorbeeld met behulp van het Forensisch Vakmanschap) passend bij hun functie, competenties en leerdoelen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>4.1.5. B. De professionals, voor wie dat van toepassing is, staan ingeschreven in het kwaliteitsregister van hun beroepsgroep, houden accreditatiepunten bij indien vereist vanuit hun titel en hebben indien van toepassing een geldige BIG-registratie.</t>
   </si>
   <si>
     <t>4.1.5. C. Professionals leren en ontwikkelen van en met elkaar. Bijvoorbeeld door middel van feedback, casuïstiekbespreking, supervisie, intervisie, (team-)reflectie, werkbegeleiding en scholing.</t>
   </si>
   <si>
     <t>4.1.5. D. Professionals bewaken de grenzen van hun vakbekwaamheid. Wanneer die grens bereikt is, zorgen ze dat ze nauw samenwerken met een voor de handeling/taak bekwame collega/partner.</t>
   </si>
   <si>
     <t>4.1.5. E. Professionals zijn in beginsel verantwoordelijk voor hun eigen handelen.</t>
   </si>
   <si>
     <t>4.1.5. F. Professionals die nog in opleiding en/of niet volledig vakbekwaam zijn, worden begeleid door een bevoegde en bekwame professional.</t>
   </si>
   <si>
     <t>4.1.6. C. Voor organisaties die naast Forensische Zorg ook andere typen dienstverlening hebben, is het van belang dat zij op het gebied van forensische aspecten hun professionals ontwikkelen.</t>
   </si>
   <si>
     <t>4.1.7. De organisatie draagt bij (in verhouding tot haar volume) aan het aantrekkelijk zijn en blijven van de sector op de arbeidsmarkt.</t>
   </si>
   <si>
     <t>4.1.7. A. Nieuwe medewerkers krijgen bij indiensttreding een inwerkprogramma, zodat zij bekwaamheid in de Forensische Zorg kunnen opbouwen.</t>
   </si>
   <si>
     <t>4.1.7. B. De organisatie creëert en behoudt opleidingsplaatsen, stageplaatsen, leerwerkplaatsen, plaatsen voor (zij-)instromers, en samenwerking met ROC’s, hogescholen en universiteiten.</t>
   </si>
   <si>
     <t>4.1.7. C. De organisatie heeft voldoende ontwikkelingsmogelijkheden voor forensische professionals.</t>
   </si>
   <si>
-    <t>Externe communicatie en samenwerking</t>
-[...4 lines deleted...]
-  <si>
     <t>4.1.5. G. Het is de verantwoordelijkheid van de bekwame professional om de nog niet volledig bekwame professional adequaat te begeleiden en te ondersteunen.</t>
   </si>
   <si>
     <t>Innovatie</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.4. De organisatie draagt (waar mogelijk) bij aan wetenschappelijk onderzoek, innovatie en implementatie.&lt;/p&gt;</t>
   </si>
   <si>
     <t>5.1.4. A. Landelijke ontwikkelingen en wetenschappelijk onderzoek worden gevolgd en, na afweging en waar mogelijk, geïmplementeerd. Hierbij wordt aansluiting gezocht met bijvoorbeeld collega-instellingen, het Wetenschappelijk Onderzoek- en Documentatiecentrum (WODC), universiteiten, lectoraten, Hbo-instellingen, het Expertisecentrum Forensische Psychiatrie (EFP) en KFZ, om onder andere het delen van kennis en informatie te bewerkstelligen.</t>
   </si>
   <si>
     <t>5.1.4. B. Waar mogelijk voert de organisatie zelf wetenschappelijk onderzoek uit op het gebied van de Forensische Zorg.</t>
   </si>
   <si>
-    <t>5.1.4. C. De organisatie zoekt actief naar mogelijkheden om te innoveren, bijvoorbeeld door middel van leren van data, eHealth en technologie.</t>
+    <t>&lt;p&gt;5.1.4. C. De organisatie zoekt actief naar mogelijkheden om te innoveren.&lt;/p&gt;</t>
   </si>
   <si>
     <t>(mede) zeggenschap</t>
   </si>
   <si>
     <t>5.1.5. De Forensische Zorg is expliciet vertegenwoordigd in de medezeggenschapsorganen.</t>
   </si>
   <si>
     <t>Hoofdstuk 6: De rol van de zorgaanbieder 
 - Cliëntenraden, verwantenraden, ondernemingsraden en ervaringsdeskundigen
 spelen een heel belangrijke rol in het verbeteren van de kwaliteit van zorg en ondersteuning. Het is daarom belangrijk dat zorgorganisaties deze raden ondersteunen en met hen op structurele basis in gesprek gaan.</t>
   </si>
   <si>
     <t>5.1.5. A. Iedere organisatie heeft conform de geldende wet- en regelgeving de medezeggenschap geregeld voor medewerkers (Ondernemingsraad), medische en professionele staf (bijvoorbeeld verpleegkundige-agogische adviesraad) en patiënten/cliënten (patiënten/cliëntenraad en voor de LVB-doelgroep aangevuld met een verwantenraad).</t>
   </si>
   <si>
     <t>5.1.5. B. Organisaties die naast Forensische Zorg ook andere typen dienstverlening hebben, dragen zorg voor evenredige vertegenwoordiging van betrokkenen vanuit de Forensische Zorg.</t>
   </si>
   <si>
     <t>Visie</t>
   </si>
   <si>
-    <t>&lt;p&gt;4.1.3. C. De organisatie heeft een visie en beleid over hoe geschoolde ervaringsdeskundigen ingezet worden binnen de Forensische Zorg, waarin antwoord wordt gegeven op vraagstukken zoals opleiding, positionering, verklaring omtrent gedrag (VOG) problematiek, rechten en plichten. Wanneer ervaringsdeskundigen worden ingezet zijn zij onderdeel van het multidisciplinair behandel-/begeleidingsteam.&lt;/p&gt;</t>
+    <t>&lt;p&gt;4.1.3. C. De organisatie heeft een visie en beleid over de inzet van ervaringsdeskundigheid binnen de organisatie.&amp;nbsp;&lt;/p&gt;</t>
   </si>
   <si>
     <t>Omgeving</t>
   </si>
   <si>
     <t>&lt;p&gt;3.2.8. D. Sensitiviteit en transparantie van behandelaren/begeleiders zorgt voor aansluiting bij de pati&amp;euml;nt/ cli&amp;euml;nt en draagt daarmee bij aan het cre&amp;euml;ren van een leefklimaat dat ondersteunend is aan de behandel-/begeleidingsdoelen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.2.8. A. In de klinische- en verblijfssetting is de pati&amp;euml;nt/cli&amp;euml;nt voor het grootste deel van de week in zijn/ haar eigen verblijf of op de groep. Professionals op de groep leveren vanuit hun handelen een bijdrage aan de behandeling en begeleiding van de pati&amp;euml;nt/cli&amp;euml;nt.&lt;/p&gt;</t>
   </si>
   <si>
     <t>Zorg op maat</t>
   </si>
   <si>
     <t>&lt;p&gt;3.2.8. B. Binnen de klinische setting zijn sociotherapeuten op de afdeling en behandelaren op de hoogte van gezamenlijke leerdoelen van pati&amp;euml;nten/cli&amp;euml;nten en afspraken. Richting de pati&amp;euml;nt/cli&amp;euml;nt gebruiken zij zo veel mogelijk dezelfde taal en dezelfde boodschap. Verslaglegging is gericht op de beschreven doelen en risicofactoren, zoals benoemd in het behandelplan.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.2.8. C. Binnen de verblijfssetting is het voor begeleiders op de afdeling noodzakelijk dat zij allen op de hoogte zijn van de begeleidingsdoelen en dat zij de behandeldoelen kennen zoals die in het behandelplan van de behandelaar (vaak vanuit een andere organisatie) geformuleerd zijn. Deze zijn zo goed mogelijk op elkaar afgestemd.&lt;/p&gt;</t>
   </si>
   <si>
     <t>Vrijheden</t>
   </si>
   <si>
     <t>&lt;p&gt;3.2.9. A. De organisatie heeft voor de beveiligingsniveaus die zij aanbiedt een beleid voor het toekennen van vrijheden en verloven vertaald naar praktische handvatten voor professionals en in begrijpelijke taal voor de pati&amp;euml;nt/cli&amp;euml;nt. Bijvoorbeeld afspraken over wat al dan niet multidisciplinair besloten moet worden alsmede het al dan niet inzetten van een onafhankelijke commissie voor het toekennen van vrijheden en verloven.&lt;/p&gt;</t>
   </si>
@@ -603,59 +597,59 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D50"/>
+  <dimension ref="A1:D49"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="610.994" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="1133.58" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="1027.463" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
@@ -873,234 +867,226 @@
       <c r="A26" t="s">
         <v>14</v>
       </c>
       <c r="B26" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>14</v>
       </c>
       <c r="B27" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>14</v>
       </c>
       <c r="B28" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>14</v>
+      </c>
+      <c r="B29" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="B30" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>41</v>
+      </c>
+      <c r="B31" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="B32" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="B33" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="B34" t="s">
         <v>47</v>
       </c>
+      <c r="C34" t="s">
+        <v>48</v>
+      </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B35" t="s">
         <v>49</v>
       </c>
-      <c r="C35" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B36" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="B37" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>53</v>
       </c>
       <c r="B38" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>53</v>
+      </c>
+      <c r="B39" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B40" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>56</v>
+      </c>
+      <c r="B41" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B42" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>53</v>
+      </c>
+      <c r="B43" t="s">
         <v>61</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
         <v>62</v>
+      </c>
+      <c r="D43" t="s">
+        <v>63</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>55</v>
+        <v>64</v>
       </c>
       <c r="B44" t="s">
-        <v>63</v>
-[...4 lines deleted...]
-      <c r="D44" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>64</v>
+      </c>
+      <c r="B45" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="B46" t="s">
+        <v>67</v>
+      </c>
+      <c r="D46" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="B47" t="s">
         <v>69</v>
       </c>
-      <c r="D47" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="B48" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>70</v>
+      </c>
+      <c r="B49" t="s">
         <v>72</v>
-      </c>
-[...9 lines deleted...]
-        <v>74</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">