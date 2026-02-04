--- v0 (2025-11-04)
+++ v1 (2026-02-04)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
   <si>
     <t>Trefwoord</t>
   </si>
   <si>
     <t>Kwaliteitskader FZ</t>
   </si>
   <si>
     <t>Visie</t>
   </si>
   <si>
-    <t>&lt;p&gt;4.1.3. C. De organisatie heeft een visie en beleid over hoe geschoolde ervaringsdeskundigen ingezet worden binnen de Forensische Zorg, waarin antwoord wordt gegeven op vraagstukken zoals opleiding, positionering, verklaring omtrent gedrag (VOG) problematiek, rechten en plichten. Wanneer ervaringsdeskundigen worden ingezet zijn zij onderdeel van het multidisciplinair behandel-/begeleidingsteam.&lt;/p&gt;</t>
+    <t>&lt;p&gt;4.1.3. C. De organisatie heeft een visie en beleid over de inzet van ervaringsdeskundigheid binnen de organisatie.&amp;nbsp;&lt;/p&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -380,51 +380,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:B2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="476.455" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="150.963" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>2</v>
       </c>
       <c r="B2" t="s">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>