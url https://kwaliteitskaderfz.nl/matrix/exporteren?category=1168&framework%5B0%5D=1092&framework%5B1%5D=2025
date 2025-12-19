--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
   <si>
     <t>Trefwoord</t>
   </si>
   <si>
     <t>Kwaliteitskader FZ</t>
   </si>
   <si>
     <t>Kwaliteitskader Woonzorg in de langdurige GGZ</t>
   </si>
   <si>
     <t>Vakbekwaamheid</t>
   </si>
   <si>
     <t>&lt;p&gt;4.1.1. De professionals in de Forensische Zorg hebben een professionele grondhouding.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 3.9: Professional. De medewerkers. De organisatie zorgt voor de inzet van voldoende deskundige medewerkers voor het verzorgen van de woonzorg aan cli&amp;euml;nten, waarbij:&lt;/p&gt;
 &lt;p&gt;b) de professional handelt volgens de geldende beroepsrichtlijnen, &lt;br /&gt;kwaliteitsstandaarden en &amp;ndash; indien van toepassing &amp;ndash; de geldende beroepscode &lt;br /&gt;en te allen tijde passend bij de problematiek van de cli&amp;euml;nt.&lt;/p&gt;
 &lt;p&gt;c) de professional betrokken, betrouwbaar, betekenisgevend en bekwaam is.&lt;/p&gt;</t>
   </si>
   <si>
     <t>Professionele verplichtingen</t>
   </si>
   <si>
     <t>&lt;p&gt;4.1.1. A. Professionals gaan respectvol om met pati&amp;euml;nten/cli&amp;euml;nten, zowel in verbale als non-verbale communicatie.&lt;/p&gt;</t>
@@ -113,123 +113,117 @@
     <t>&lt;p&gt;Pijler 3.10: Professional - De organisatie heeft goed functionerende teams die de woonzorg aan cli&amp;euml;nten &lt;br /&gt;verzorgen, waarbij: &lt;br /&gt;b) het team aansluit bij de diversiteit van de cli&amp;euml;ntendoelgroep. Een divers &lt;br /&gt;team (in de breedste zin) draagt bij een betere kwaliteit van zorg. Het gaat &lt;br /&gt;om een goede mix van verschillende achtergronden, waaronder ervaringsdeskundigen. Ook kan gedacht worden aan o.a. geslacht, leeftijd, &lt;br /&gt;etniciteit, seksuele geaardheid, religie, vaardigheden en ervaring.&lt;/p&gt;</t>
   </si>
   <si>
     <t>4.1.4. De professional houdt zich aan de professionele standaard, die bestaat uit vakinhoudelijke standaarden, beroepsethische normen en veldnormen.</t>
   </si>
   <si>
     <t>&lt;p&gt;4.1.4. A. De professional houdt zich aan vakinhoudelijke standaarden, zoals methodieken, gevalideerde instrumenten en richtlijnen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 3.9: Professional. De medewerkers. De organisatie zorgt voor de inzet van voldoende deskundige medewerkers voor het verzorgen van de woonzorg aan cli&amp;euml;nten, waarbij:&lt;/p&gt;
 &lt;p&gt;d) de professional (methodische) kennis heeft om vakkundige herstelondersteunende zorg te kunnen leveren en zet deze kennis in om methodisch te werken. Afhankelijk van de rol en functie, gaat het hierbij ook &lt;br /&gt;om basiskennis van (risicovolle) onderwerpen, zoals vrijheidsbeperkende maatregelen, leefstijl, medicatie en palliatieve zorg.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;4.1.4. B. De professional houdt zich aan de voor zijn/haar beroep geldende beroepsethische normen, onder andere vastgelegd in de beroepscodes (o.a. NIP, BPSW, V&amp;amp;VN, NVvP) en verfijnd/ aangevuld in jurisprudentie vanuit het tuchtrecht.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 3.12: Professional - Borgen van de randvoorwaarden vanuit de organisatie&lt;br /&gt;- De organisatie heeft de randvoorwaarden op orde die ervoor zorgen dat &lt;br /&gt;professionals herstelondersteunende zorg kunnen leveren, waarbij:&lt;br /&gt;d) de basisverplichtingen geregeld zijn, zoals verplichte scholing, verklaring omtrent gedrag en &amp;ndash; indien van toepassing - benodigde herregistratie (bijv. BIG, registerplein, kwaliteitsregister V&amp;amp;VN etc.).&lt;/p&gt;</t>
   </si>
   <si>
     <t>4.1.4. C. De professional houdt zich aan de binnen de organisatie geldende gedragscodes en kwaliteitsdocumenten (zoals zorgprogrammering) die in de sector of branche ontwikkeld zijn.</t>
   </si>
   <si>
     <t>4.1.5. De professionals die werkzaam zijn binnen de Forensische Zorg zijn bevoegd en vakbekwaam.</t>
   </si>
   <si>
-    <t>4.1.5. A. Professionals onderhouden hun vakkennis op basis van de vastgestelde competenties en leerdoelen, zoals ontwikkeld binnen het Programma Forensisch Vakmanschap.</t>
+    <t>&lt;p&gt;4.1.5. A. Professionals onderhouden hun vakkennis (bijvoorbeeld met behulp van het Forensisch Vakmanschap) passend bij hun functie, competenties en leerdoelen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>4.1.5. B. De professionals, voor wie dat van toepassing is, staan ingeschreven in het kwaliteitsregister van hun beroepsgroep, houden accreditatiepunten bij indien vereist vanuit hun titel en hebben indien van toepassing een geldige BIG-registratie.</t>
   </si>
   <si>
     <t>4.1.5. C. Professionals leren en ontwikkelen van en met elkaar. Bijvoorbeeld door middel van feedback, casuïstiekbespreking, supervisie, intervisie, (team-)reflectie, werkbegeleiding en scholing.</t>
   </si>
   <si>
     <t>4.1.5. D. Professionals bewaken de grenzen van hun vakbekwaamheid. Wanneer die grens bereikt is, zorgen ze dat ze nauw samenwerken met een voor de handeling/taak bekwame collega/partner.</t>
   </si>
   <si>
     <t>4.1.5. E. Professionals zijn in beginsel verantwoordelijk voor hun eigen handelen.</t>
   </si>
   <si>
     <t>4.1.5. F. Professionals die nog in opleiding en/of niet volledig vakbekwaam zijn, worden begeleid door een bevoegde en bekwame professional.</t>
   </si>
   <si>
     <t>4.1.6. C. Voor organisaties die naast Forensische Zorg ook andere typen dienstverlening hebben, is het van belang dat zij op het gebied van forensische aspecten hun professionals ontwikkelen.</t>
   </si>
   <si>
     <t>4.1.7. De organisatie draagt bij (in verhouding tot haar volume) aan het aantrekkelijk zijn en blijven van de sector op de arbeidsmarkt.</t>
   </si>
   <si>
     <t>4.1.7. A. Nieuwe medewerkers krijgen bij indiensttreding een inwerkprogramma, zodat zij bekwaamheid in de Forensische Zorg kunnen opbouwen.</t>
   </si>
   <si>
     <t>4.1.7. B. De organisatie creëert en behoudt opleidingsplaatsen, stageplaatsen, leerwerkplaatsen, plaatsen voor (zij-)instromers, en samenwerking met ROC’s, hogescholen en universiteiten.</t>
   </si>
   <si>
     <t>4.1.7. C. De organisatie heeft voldoende ontwikkelingsmogelijkheden voor forensische professionals.</t>
   </si>
   <si>
-    <t>Externe communicatie en samenwerking</t>
-[...4 lines deleted...]
-  <si>
     <t>4.1.5. G. Het is de verantwoordelijkheid van de bekwame professional om de nog niet volledig bekwame professional adequaat te begeleiden en te ondersteunen.</t>
   </si>
   <si>
     <t>Innovatie</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.4. De organisatie draagt (waar mogelijk) bij aan wetenschappelijk onderzoek, innovatie en implementatie.&lt;/p&gt;</t>
   </si>
   <si>
     <t>5.1.4. A. Landelijke ontwikkelingen en wetenschappelijk onderzoek worden gevolgd en, na afweging en waar mogelijk, geïmplementeerd. Hierbij wordt aansluiting gezocht met bijvoorbeeld collega-instellingen, het Wetenschappelijk Onderzoek- en Documentatiecentrum (WODC), universiteiten, lectoraten, Hbo-instellingen, het Expertisecentrum Forensische Psychiatrie (EFP) en KFZ, om onder andere het delen van kennis en informatie te bewerkstelligen.</t>
   </si>
   <si>
     <t>5.1.4. B. Waar mogelijk voert de organisatie zelf wetenschappelijk onderzoek uit op het gebied van de Forensische Zorg.</t>
   </si>
   <si>
-    <t>5.1.4. C. De organisatie zoekt actief naar mogelijkheden om te innoveren, bijvoorbeeld door middel van leren van data, eHealth en technologie.</t>
+    <t>&lt;p&gt;5.1.4. C. De organisatie zoekt actief naar mogelijkheden om te innoveren.&lt;/p&gt;</t>
   </si>
   <si>
     <t>(mede) zeggenschap</t>
   </si>
   <si>
     <t>5.1.5. De Forensische Zorg is expliciet vertegenwoordigd in de medezeggenschapsorganen.</t>
   </si>
   <si>
     <t>5.1.5. A. Iedere organisatie heeft conform de geldende wet- en regelgeving de medezeggenschap geregeld voor medewerkers (Ondernemingsraad), medische en professionele staf (bijvoorbeeld verpleegkundige-agogische adviesraad) en patiënten/cliënten (patiënten/cliëntenraad en voor de LVB-doelgroep aangevuld met een verwantenraad).</t>
   </si>
   <si>
     <t>5.1.5. B. Organisaties die naast Forensische Zorg ook andere typen dienstverlening hebben, dragen zorg voor evenredige vertegenwoordiging van betrokkenen vanuit de Forensische Zorg.</t>
   </si>
   <si>
     <t>Visie</t>
   </si>
   <si>
-    <t>&lt;p&gt;4.1.3. C. De organisatie heeft een visie en beleid over hoe geschoolde ervaringsdeskundigen ingezet worden binnen de Forensische Zorg, waarin antwoord wordt gegeven op vraagstukken zoals opleiding, positionering, verklaring omtrent gedrag (VOG) problematiek, rechten en plichten. Wanneer ervaringsdeskundigen worden ingezet zijn zij onderdeel van het multidisciplinair behandel-/begeleidingsteam.&lt;/p&gt;</t>
+    <t>&lt;p&gt;4.1.3. C. De organisatie heeft een visie en beleid over de inzet van ervaringsdeskundigheid binnen de organisatie.&amp;nbsp;&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 3.11: Inzetten van ervaringsdeskundigheid&lt;br /&gt;11) De organisatie zet ervaringsdeskundigheid in voor de woonzorg aan cli&amp;euml;nten, waarbij:&lt;/p&gt;
 &lt;p&gt;b) voor professionals die dagelijks herstelondersteunende zorg leveren, maar &lt;br /&gt;zelf geen ervaringsdeskundige zijn, is het van belang dat zij weten hoe zij eventuele persoonlijke en gedeelde ervaringskennis benutten en hoe zij ervaringsdeskundigheid kunnen inzetten.&lt;/p&gt;</t>
   </si>
   <si>
     <t>Omgeving</t>
   </si>
   <si>
     <t>&lt;p&gt;3.2.8. D. Sensitiviteit en transparantie van behandelaren/begeleiders zorgt voor aansluiting bij de pati&amp;euml;nt/ cli&amp;euml;nt en draagt daarmee bij aan het cre&amp;euml;ren van een leefklimaat dat ondersteunend is aan de behandel-/begeleidingsdoelen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.2.8. A. In de klinische- en verblijfssetting is de pati&amp;euml;nt/cli&amp;euml;nt voor het grootste deel van de week in zijn/ haar eigen verblijf of op de groep. Professionals op de groep leveren vanuit hun handelen een bijdrage aan de behandeling en begeleiding van de pati&amp;euml;nt/cli&amp;euml;nt.&lt;/p&gt;</t>
   </si>
   <si>
     <t>Zorg op maat</t>
   </si>
   <si>
     <t>&lt;p&gt;3.2.8. B. Binnen de klinische setting zijn sociotherapeuten op de afdeling en behandelaren op de hoogte van gezamenlijke leerdoelen van pati&amp;euml;nten/cli&amp;euml;nten en afspraken. Richting de pati&amp;euml;nt/cli&amp;euml;nt gebruiken zij zo veel mogelijk dezelfde taal en dezelfde boodschap. Verslaglegging is gericht op de beschreven doelen en risicofactoren, zoals benoemd in het behandelplan.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.2.8. C. Binnen de verblijfssetting is het voor begeleiders op de afdeling noodzakelijk dat zij allen op de hoogte zijn van de begeleidingsdoelen en dat zij de behandeldoelen kennen zoals die in het behandelplan van de behandelaar (vaak vanuit een andere organisatie) geformuleerd zijn. Deze zijn zo goed mogelijk op elkaar afgestemd.&lt;/p&gt;</t>
   </si>
   <si>
     <t>Vrijheden</t>
@@ -595,59 +589,59 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C49"/>
+  <dimension ref="A1:C48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="610.994" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="621.563" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" t="s">
         <v>5</v>
       </c>
@@ -847,231 +841,223 @@
       <c r="A25" t="s">
         <v>12</v>
       </c>
       <c r="B25" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
         <v>12</v>
       </c>
       <c r="B26" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
         <v>12</v>
       </c>
       <c r="B27" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
+        <v>12</v>
+      </c>
+      <c r="B28" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="B29" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
+        <v>40</v>
+      </c>
+      <c r="B30" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B31" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B32" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B33" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
+        <v>45</v>
+      </c>
+      <c r="B34" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="B35" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B36" t="s">
         <v>50</v>
       </c>
+      <c r="C36" t="s">
+        <v>51</v>
+      </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B37" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="C37" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
+        <v>52</v>
+      </c>
+      <c r="B38" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B39" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
+        <v>55</v>
+      </c>
+      <c r="B40" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B41" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
+        <v>52</v>
+      </c>
+      <c r="B42" t="s">
         <v>60</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="B43" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="C43" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
+        <v>62</v>
+      </c>
+      <c r="B44" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B45" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B46" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="B47" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
+        <v>67</v>
+      </c>
+      <c r="B48" t="s">
         <v>69</v>
       </c>
-      <c r="B48" t="s">
+      <c r="C48" t="s">
         <v>70</v>
-      </c>
-[...9 lines deleted...]
-        <v>72</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">