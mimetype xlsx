--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -51,51 +51,51 @@
     <t>&lt;p&gt;3.1.3. C. De eerste definitieve versie van het behandelplan/begeleidingsplan wordt opgesteld op basis van delictanalyse (indien beschikbaar), de risicotaxatie (indien beschikbaar), de beschermende factoren, de eisen van de rechter/reclassering en stoornis-specifieke diagnostiek. Daarnaast is het behandelplan/begeleidingsplan afgestemd op iemands persoonlijke behoeften, krachten, kwetsbaarheden, wensen en voorkeuren.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 1: Cli&amp;euml;nten - De organisatie waarborgt dat voor elke cli&amp;euml;nt op maat een woonzorgplan is opgesteld. Het woonzorgplan is een middel voor zorgprofessionals en cli&amp;euml;nten om goed in gesprek te blijven, waarbij:&lt;/p&gt;
 &lt;p&gt;g) een koppeling is met een signaleringsplan en naar aanleiding van vroegsignalering er extra aandacht wordt geschonken aan mogelijke kwetsbaarheden van de cli&amp;euml;nt (risico-inventarisatie).&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.1 Bij de behandeling/begeleiding van de pati&amp;euml;nt/cli&amp;euml;nt staat de balans tussen veiligheid en persoonsgerichte zorg centraal.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.1. A. i)De behandeling/begeleiding is primair gericht op reductie van recidiverisico. i) Binnen de klinische en ambulante behandel setting wordt gewerkt met een model gericht op recidivereductie, zoals bijvoorbeeld het Risk-Need-Responsivity (RNR) principe21. Daarnaast wordt hierbij gebruik gemaakt van principes van kracht- en herstelgerichte zorg.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 3.12: Professional - Borgen van de randvoorwaarden vanuit de organisatie&lt;br /&gt;- De organisatie heeft de randvoorwaarden op orde die ervoor zorgen dat professionals herstelondersteunende zorg kunnen leveren, waarbij:&lt;br /&gt;a) alle medewerkers van de organisatie zijn doordrongen van de herstelgedachte, en de herstelgedachte de cultuur domineert binnen de organisatie.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.1. A. ii) De behandeling/begeleiding is primair gericht op reductie van recidiverisico. ii) Voor alle ambulante begeleiding en alle verblijfszorg (begeleid wonen) wordt in ieder geval gebruik gemaakt van principes van kracht- en herstelgerichte zorg, waarbij begeleiders de risicofactoren betrekken in hun begeleiding.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.1. B. Wanneer veiligheid en persoonsgerichte zorg in tegenspraak zijn met elkaar, weegt veiligheid zwaarder in de afweging.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.2. Veiligheidsmanagement(waaronder risicomanagement) is een integraal onderdeel van de Forensische Zorg.&lt;/p&gt;</t>
   </si>
   <si>
-    <t>&lt;p&gt;3.1.2. A. Voor iedere pati&amp;euml;nt/cli&amp;euml;nt wordt een risicotaxatie uitgevoerd middels een erkend instrument. Op basis van de uitkomsten wordt, waar ge&amp;iuml;ndiceerd of waar nodig, een (vroeg) signaleringsplan opgesteld. Risicotaxatie en een signaleringsplan (en waar van toepassing een terugvalpreventieplan) vormen een integraal onderdeel van het behandelplan/begeleidingsplan.&lt;/p&gt;</t>
+    <t>&lt;p&gt;3.1.2. A. Voor iedere pati&amp;euml;nt/cli&amp;euml;nt wordt een risicotaxatie uitgevoerd middels een erkend instrument. Op basis van de uitkomsten wordt, waar ge&amp;iuml;ndiceerd of waar nodig, een (vroeg) signaleringsplan opgesteld. Risicotaxatie en een signaleringsplan (en waar van toepassing een terugvalpreventieplan) vormen een integraal onderdeel van het behandelplan/begeleidingsplan. Voor de ambulante setting wordt voorafgaand aan het werken met een signaleringsplan/terugvalpreventieplan een veiligheidsplan opgesteld, waarin aandacht is voor acute risicofactoren, indien mogelijk met betrokkenheid van persoonlijk netwerk.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.2. B. De delictanalyse wordt voor alle pati&amp;euml;nten/cli&amp;euml;nten binnen de Forensisch Psychiatrische Centra (FPC&amp;rsquo;s) ingezet. Voor de Overige Forensische Zorg (OFZ) geldt dat de organisatie beleid heeft bij welke pati&amp;euml;nten/cli&amp;euml;nten men wel of geen en wanneer een delictanalyse inzet. Het behandelplan/begeleidingsplan wordt mede opgesteld naar aanleiding van de, indien afgenomen, delictanalyse. Voor de delictanalyse wordt gebruik gemaakt van de methode die onder het programma Kwaliteit Forensische Zorg (KFZ) is ontwikkeld.&lt;/p&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -411,51 +411,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="22.28" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="655.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="745.532" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="449.319" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" t="s">
         <v>5</v>
       </c>
     </row>