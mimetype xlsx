--- v0 (2025-11-04)
+++ v1 (2026-03-25)
@@ -36,51 +36,51 @@
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="10">
   <si>
     <t>Trefwoord</t>
   </si>
   <si>
     <t>Kwaliteitskader FZ</t>
   </si>
   <si>
     <t>Kwaliteitskader Woonzorg in de langdurige GGZ</t>
   </si>
   <si>
     <t>Netwerk</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.5. Het netwerk van de pati&amp;euml;nt/cli&amp;euml;nt wordt actief betrokken tijdens de behandeling en/of begeleiding.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.5. A. De behandeling/begeleiding is erop gericht om samen met de pati&amp;euml;nt/cli&amp;euml;nt zijn/haar omgeving zo in te richten dat hij/zij zich staande kan houden in de maatschappij. Het kan gaan om het betrekken van een bestaand (prosociaal) netwerk, het cre&amp;euml;ren van een nieuw netwerk en leren om weerbaarder te worden tegen eventuele negatieve invloeden. Er wordt gestreefd naar het hoogst haalbare in het betrekken van naasten met respect voor de wensen van de pati&amp;euml;nt/cli&amp;euml;nt en de naasten.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 2: Naasten - 6) De organisatie handelt binnen de kaders van de privacywetgeving, waarbij;&lt;br /&gt;a) als de cli&amp;euml;nt geen naasten wil betrekken: de organisatie zich inspant om samen met de cli&amp;euml;nt blijvend te onderzoeken wat de meerwaarde is van het betrekken van naasten bij de woonzorg.&lt;/p&gt;
 &lt;p&gt;Pijler 3.12: Professional - Borgen van de randvoorwaarden vanuit de organisatie&lt;br /&gt;- De organisatie heeft de randvoorwaarden op orde die ervoor zorgen dat professionals herstelondersteunende zorg kunnen leveren, waarbij:&lt;br /&gt;a) alle medewerkers van de organisatie zijn doordrongen van de herstelgedachte, en de herstelgedachte de cultuur domineert binnen de organisatie.&lt;/p&gt;</t>
   </si>
   <si>
-    <t>&lt;p&gt;3.1.5. B. Naasten, en andere relevante systeemleden, van de pati&amp;euml;nt/cli&amp;euml;nt krijgen (tenzij er geen toestemming is van de pati&amp;euml;nt/cli&amp;euml;nt) uitleg over: i) De problematiek. ii) De behandeling/begeleiding. iii) De afspraken omtrent bezoek.&lt;/p&gt;</t>
+    <t>&lt;p&gt;3.1.5. B. Naasten, en/of ander persoonlijk netwerk, van de pati&amp;euml;nt/cli&amp;euml;nt krijgen (tenzij er geen toestemming is van de pati&amp;euml;nt/cli&amp;euml;nt) uitleg over: i) De problematiek. ii) De behandeling/begeleiding. iii) De afspraken omtrent bezoek.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.5. D. Gezien het grote belang van de invloed van het netwerk, wordt de pati&amp;euml;nt/cli&amp;euml;nt actief gemotiveerd om toestemming te geven zijn naasten te betrekken.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 2.2: Naasten - 6) De organisatie handelt binnen de kaders van de privacywetgeving, waarbij;&lt;br /&gt;a) als de cli&amp;euml;nt geen naasten wil betrekken: de organisatie zich inspant om samen met de cli&amp;euml;nt blijvend te onderzoeken wat de meerwaarde is van het betrekken van naasten bij de woonzorg.&lt;/p&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">