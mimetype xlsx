--- v0 (2025-11-04)
+++ v1 (2026-02-04)
@@ -77,51 +77,51 @@
   <si>
     <t>&lt;p&gt;3.1.3. C. De eerste definitieve versie van het behandelplan/begeleidingsplan wordt opgesteld op basis van delictanalyse (indien beschikbaar), de risicotaxatie (indien beschikbaar), de beschermende factoren, de eisen van de rechter/reclassering en stoornis-specifieke diagnostiek. Daarnaast is het behandelplan/begeleidingsplan afgestemd op iemands persoonlijke behoeften, krachten, kwetsbaarheden, wensen en voorkeuren.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;4.1.2 Binnen 24 uur is er in elk geval informatie over de primaire hulpvraag van de deelnemer, eventuele medicatie en een eerste contactpersoon (bijvoorbeeld bij calamiteiten) beschikbaar. Deze informatie wordt vervolgens uitgebreid met de doelen waaraan gewerkt wordt en de wijze waarop dat gebeurt. Daarin worden eventuele risico&amp;rsquo;s en afspraken over veiligheid ook meegenomen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.3. D. Het behandelplan/begeleidingsplan bevat (SMART) doelen met helder beschreven doorlooptijden, waaronder het beoogde einddoel. Deze zijn te allen tijde transparant voor de pati&amp;euml;nt/ cli&amp;euml;nt. De professional en de pati&amp;euml;nt/cli&amp;euml;nt zijn gezamenlijk verantwoordelijk voor het halen van de doelen en de doorlooptijden.&lt;/p&gt;</t>
   </si>
   <si>
     <t>3.1.3. E. Professionals sluiten in het behandelplan/begeleidingsplan aan bij de belevingswereld binnen de sociale context en vaardigheden van de patiënt/cliënt. Van belang is dat de patiënt/cliënt zo veel mogelijk geïnformeerd is over waar hij/zij aan toe is, ook als het plan nog opgesteld wordt of nog niet volledig is. De betrokken professionals en de patiënt/cliënt spreken af welke professional het eerste aanspreekpunt is voor de patiënt/cliënt en wie de patiënt/cliënt dus ook informeert.</t>
   </si>
   <si>
     <t>4.1.2 Op de zorgboerderij is er voor iedere deelnemer een persoonlijk ondersteuningsplan. Uit dit plan blijkt dat het samen met de deelnemer, en indien van toepassing ook andere betrokkenen, gemaakt is. In het plan zie je terug op welke manier de kernwaarden tot uiting komen in de manier van werken aan de persoonlijke doelen. Met iedere deelnemer is er een afspraak over de termijn waarbinnen het plan geëvalueerd wordt, waarbij een minimum geldt van één evaluatie per jaar. Daarnaast zijn er duidelijke afspraken over de bereikbaarheid en de manier waarop de deelnemer en/of andere betrokkenen tussentijds kunnen praten over de zorg, de doelen en de voortgang.</t>
   </si>
   <si>
     <t>3.1.3. F. De organisatie heeft beleid ten aanzien van anderstaligen.</t>
   </si>
   <si>
     <t>Rapportage</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.4. Rapportage en dossiervoering worden uitgevoerd conform de professionele standaard.&lt;/p&gt;</t>
   </si>
   <si>
-    <t>3.1.4. A. De behandelaren/begeleiders verzamelen in de eerste 24 uur (gerekend vanaf het eerste contact met de patiënt/cliënt) de meest cruciale informatie over de patiënt/cliënt (o.a. kritische informatie over bijvoorbeeld medicatiegebruik). De behandelaren/begeleiders zorgen ervoor dat deze informatie toegankelijk is voor alle andere betrokken behandelaren/begeleiders binnen de eigen organisatie. Dat mag in een voorlopig behandelplan/begeleidingsplan, of op een andere manier in het dossier.</t>
+    <t>&lt;p&gt;3.1.4. A. De behandelaren/begeleiders verzamelen in de eerste 24 uur (gerekend vanaf het eerste contact met de pati&amp;euml;nt/cli&amp;euml;nt) de meest cruciale informatie over de pati&amp;euml;nt/cli&amp;euml;nt (o.a. kritische informatie over bijvoorbeeld medicatiegebruik). Voor de ambulante zorg geldt dat deze informatie zo snel als mogelijk na de eerste 24 uur is verzameld. De behandelaren/begeleiders zorgen ervoor dat deze informatie toegankelijk is voor alle andere betrokken behandelaren/begeleiders binnen de eigen organisatie. Dat mag in een voorlopig behandelplan/begeleidingsplan, of op een andere manier in het dossier.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.4. B. De behandelaren/begeleiders rapporteren in het dossier van de pati&amp;euml;nt/cli&amp;euml;nt op de gestelde doelen in het behandelplan/begeleidingsplan.&lt;/p&gt;</t>
   </si>
   <si>
     <t>Autonomie cliënt</t>
   </si>
   <si>
     <t>3.1.4. C. De organisatie heeft afspraken vastgelegd over wie onder welke voorwaarden inzage heeft in het dossier van de patiënt/cliënt en onder welke voorwaarden het dossier gedeeld mag worden (zowel intern als extern).</t>
   </si>
   <si>
     <t>3.1.4. E. De patiënt/cliënt heeft recht op inzage in zijn/haar eigen dossier. De hiervoor opgestelde procedures zijn vastgesteld.</t>
   </si>
   <si>
     <t>Inbreng cliënt</t>
   </si>
   <si>
     <t>3.1.4. D. De patiënt/cliënt wordt zo veel mogelijk betrokken bij het opstellen van periodieke (voortgangs-) rapportages over de behandeling/begeleiding.</t>
   </si>
   <si>
     <t>Op- en afschalen zorg</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.6. De behandeling/begeleiding wordt waar mogelijk afgeschaald en waar nodig opgeschaald, zodat de zorg doelmatig en effectief wordt ingezet. Dit geldt zowel voor op- en afschalen binnen de eigen organisatie als binnen de keten(zie hoofdstuk 6 en bijlage 4).&lt;/p&gt;</t>
   </si>
@@ -156,102 +156,102 @@
   <si>
     <t>3.2.9. E. Het verlof wordt voor- en nabesproken met de patiënt/cliënt.</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.1 Bij de behandeling/begeleiding van de pati&amp;euml;nt/cli&amp;euml;nt staat de balans tussen veiligheid en persoonsgerichte zorg centraal.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;4.1 Ook het inventariseren van de persoonlijke risico's en voorwaarden op het gebied van veiligheid horen hierbij (verwijst naar: bepalen wat belangrijk is, aan welke doelen gewerkt wordt en hoe de kernwaarden invulling krijgen voor deze unieke deelnemer)&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;2.1 In het kader van de geboden voorziening wordt de veiligheid van de cli&amp;euml;nt gewaarborgd.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.1. A. i)De behandeling/begeleiding is primair gericht op reductie van recidiverisico. i) Binnen de klinische en ambulante behandel setting wordt gewerkt met een model gericht op recidivereductie, zoals bijvoorbeeld het Risk-Need-Responsivity (RNR) principe21. Daarnaast wordt hierbij gebruik gemaakt van principes van kracht- en herstelgerichte zorg.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.1. A. ii) De behandeling/begeleiding is primair gericht op reductie van recidiverisico. ii) Voor alle ambulante begeleiding en alle verblijfszorg (begeleid wonen) wordt in ieder geval gebruik gemaakt van principes van kracht- en herstelgerichte zorg, waarbij begeleiders de risicofactoren betrekken in hun begeleiding.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.1. B. Wanneer veiligheid en persoonsgerichte zorg in tegenspraak zijn met elkaar, weegt veiligheid zwaarder in de afweging.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.2. Veiligheidsmanagement(waaronder risicomanagement) is een integraal onderdeel van de Forensische Zorg.&lt;/p&gt;</t>
   </si>
   <si>
-    <t>&lt;p&gt;3.1.2. A. Voor iedere pati&amp;euml;nt/cli&amp;euml;nt wordt een risicotaxatie uitgevoerd middels een erkend instrument. Op basis van de uitkomsten wordt, waar ge&amp;iuml;ndiceerd of waar nodig, een (vroeg) signaleringsplan opgesteld. Risicotaxatie en een signaleringsplan (en waar van toepassing een terugvalpreventieplan) vormen een integraal onderdeel van het behandelplan/begeleidingsplan.&lt;/p&gt;</t>
+    <t>&lt;p&gt;3.1.2. A. Voor iedere pati&amp;euml;nt/cli&amp;euml;nt wordt een risicotaxatie uitgevoerd middels een erkend instrument. Op basis van de uitkomsten wordt, waar ge&amp;iuml;ndiceerd of waar nodig, een (vroeg) signaleringsplan opgesteld. Risicotaxatie en een signaleringsplan (en waar van toepassing een terugvalpreventieplan) vormen een integraal onderdeel van het behandelplan/begeleidingsplan. Voor de ambulante setting wordt voorafgaand aan het werken met een signaleringsplan/terugvalpreventieplan een veiligheidsplan opgesteld, waarin aandacht is voor acute risicofactoren, indien mogelijk met betrokkenheid van persoonlijk netwerk.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.2. B. De delictanalyse wordt voor alle pati&amp;euml;nten/cli&amp;euml;nten binnen de Forensisch Psychiatrische Centra (FPC&amp;rsquo;s) ingezet. Voor de Overige Forensische Zorg (OFZ) geldt dat de organisatie beleid heeft bij welke pati&amp;euml;nten/cli&amp;euml;nten men wel of geen en wanneer een delictanalyse inzet. Het behandelplan/begeleidingsplan wordt mede opgesteld naar aanleiding van de, indien afgenomen, delictanalyse. Voor de delictanalyse wordt gebruik gemaakt van de methode die onder het programma Kwaliteit Forensische Zorg (KFZ) is ontwikkeld.&lt;/p&gt;</t>
   </si>
   <si>
     <t>Professionele zorg</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.1. D. Professionals werken aan een veilige en betrouwbare professionele relatie met de pati&amp;euml;nt/cli&amp;euml;nt. Dit draagt bij aan de motivatie van pati&amp;euml;nt/cli&amp;euml;nt en de professional cre&amp;euml;ert binnen het contact voldoende veiligheid waarin de pati&amp;euml;nt/cli&amp;euml;nt kritisch naar zichzelf kan kijken en nieuw gedrag kan aanleren. Dit is essentieel om tot een geslaagde behandeling/begeleiding te kunnen komen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.1. C. De pati&amp;euml;nt/cli&amp;euml;nt heeft (naar vermogen en rekening houdend met eventuele (verstandelijke) beperkingen) een actieve inbreng en eigen verantwoordelijkheid bij het opstellen en uitvoeren van het behandelplan/begeleidingsplan en het behalen van afgesproken doelen. De organisatie stimuleert dit, onder andere door pati&amp;euml;nt/cli&amp;euml;nt goed te informeren.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.1. E. De autonomie van de pati&amp;euml;nt/cli&amp;euml;nt wordt zo lang mogelijk en zo goed mogelijk gewaarborgd. Onvrijwillige zorg wordt zo min mogelijk ingezet. Wanneer wel nodig, dan wordt inzet van onvrijwillige zorg multidisciplinair afgewogen op doelmatigheid, proportionaliteit, subsidiariteit en veiligheid.&lt;/p&gt;</t>
   </si>
   <si>
     <t>Omgeving</t>
   </si>
   <si>
     <t>&lt;p&gt;3.2.8. A. In de klinische- en verblijfssetting is de pati&amp;euml;nt/cli&amp;euml;nt voor het grootste deel van de week in zijn/ haar eigen verblijf of op de groep. Professionals op de groep leveren vanuit hun handelen een bijdrage aan de behandeling en begeleiding van de pati&amp;euml;nt/cli&amp;euml;nt.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.2.8. D. Sensitiviteit en transparantie van behandelaren/begeleiders zorgt voor aansluiting bij de pati&amp;euml;nt/ cli&amp;euml;nt en draagt daarmee bij aan het cre&amp;euml;ren van een leefklimaat dat ondersteunend is aan de behandel-/begeleidingsdoelen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.2.8. B. Binnen de klinische setting zijn sociotherapeuten op de afdeling en behandelaren op de hoogte van gezamenlijke leerdoelen van pati&amp;euml;nten/cli&amp;euml;nten en afspraken. Richting de pati&amp;euml;nt/cli&amp;euml;nt gebruiken zij zo veel mogelijk dezelfde taal en dezelfde boodschap. Verslaglegging is gericht op de beschreven doelen en risicofactoren, zoals benoemd in het behandelplan.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.2.8. C. Binnen de verblijfssetting is het voor begeleiders op de afdeling noodzakelijk dat zij allen op de hoogte zijn van de begeleidingsdoelen en dat zij de behandeldoelen kennen zoals die in het behandelplan van de behandelaar (vaak vanuit een andere organisatie) geformuleerd zijn. Deze zijn zo goed mogelijk op elkaar afgestemd.&lt;/p&gt;</t>
   </si>
   <si>
     <t>Netwerk</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.5. Het netwerk van de pati&amp;euml;nt/cli&amp;euml;nt wordt actief betrokken tijdens de behandeling en/of begeleiding.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;4.1.2. Op de zorgboerderij is er voor iedere deelnemer een persoonlijk ondersteuningsplan. Uit dit plan blijkt dat het samen met de deelnemer, en indien van toepassing ook andere betrokkenen, gemaakt is.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;1.2 De cli&amp;euml;nt heeft zijn/haar ondersteuningsvraag kunnen formuleren, is betrokken bij het opstellen van het plan, wat zijn/haar instemming heeft. Het sociale netwerk van cli&amp;euml;nt is eveneens betrokken bij het opstellen van het plan.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;1.4 De op basis van de voorziening geboden ondersteuning sluit aan op de re&amp;euml;le behoefte en mogelijkheden van de cli&amp;euml;nt en zijn/haar sociale netwerk (waaronder evt mantelzorgers).&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.5. A. De behandeling/begeleiding is erop gericht om samen met de pati&amp;euml;nt/cli&amp;euml;nt zijn/haar omgeving zo in te richten dat hij/zij zich staande kan houden in de maatschappij. Het kan gaan om het betrekken van een bestaand (prosociaal) netwerk, het cre&amp;euml;ren van een nieuw netwerk en leren om weerbaarder te worden tegen eventuele negatieve invloeden. Er wordt gestreefd naar het hoogst haalbare in het betrekken van naasten met respect voor de wensen van de pati&amp;euml;nt/cli&amp;euml;nt en de naasten.&lt;/p&gt;</t>
   </si>
   <si>
-    <t>&lt;p&gt;3.1.5. B. Naasten, en andere relevante systeemleden, van de pati&amp;euml;nt/cli&amp;euml;nt krijgen (tenzij er geen toestemming is van de pati&amp;euml;nt/cli&amp;euml;nt) uitleg over: i) De problematiek. ii) De behandeling/begeleiding. iii) De afspraken omtrent bezoek.&lt;/p&gt;</t>
+    <t>&lt;p&gt;3.1.5. B. Naasten, en/of ander persoonlijk netwerk, van de pati&amp;euml;nt/cli&amp;euml;nt krijgen (tenzij er geen toestemming is van de pati&amp;euml;nt/cli&amp;euml;nt) uitleg over: i) De problematiek. ii) De behandeling/begeleiding. iii) De afspraken omtrent bezoek.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.5. D. Gezien het grote belang van de invloed van het netwerk, wordt de pati&amp;euml;nt/cli&amp;euml;nt actief gemotiveerd om toestemming te geven zijn naasten te betrekken.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3. De voorziening is afgestemd op de re&amp;euml;le behoefte van de cli&amp;euml;nt en andere vormen van zorg of hulp (art. 3.1, tweede lid sub b, Wmo)&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;6.1.1. C. De organisatie organiseert een &amp;ldquo;warme&amp;rdquo; overdracht. Indien mogelijk vindt kennismaking met de vervolgorganisatie plaats binnen de overdragende organisatie.&lt;/p&gt;</t>
   </si>
   <si>
     <t>Externe communicatie en samenwerking</t>
   </si>
   <si>
     <t>&lt;p&gt;6.1.1. A. In het geval van stapelzorg wordt door betrokken partijen de co&amp;ouml;rdinerende rol afgesproken en professionals zorgen voor regelmatige afstemming van het behandel- en begeleidingsplan, waarbij men een gezamenlijk signaleringsplan opstelt.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.2 In geval van meervoudige, complexe problematiek is &amp;eacute;&amp;eacute;n regisseur of co&amp;ouml;rdinator aangewezen die de nodige samenhang en continu&amp;iuml;teit bewaakt.&lt;/p&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -582,51 +582,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="43.561" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="655.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="745.532" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="813.944" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="292.5" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
@@ -697,51 +697,51 @@
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>4</v>
       </c>
       <c r="B8" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>19</v>
       </c>
       <c r="B9" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>4</v>
       </c>
       <c r="B10" t="s">
         <v>21</v>
       </c>
       <c r="C10" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>19</v>
       </c>
       <c r="B11" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>23</v>
       </c>
       <c r="B12" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>23</v>
       </c>
       <c r="B13" t="s">
         <v>25</v>
       </c>