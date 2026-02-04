--- v0 (2025-11-04)
+++ v1 (2026-02-04)
@@ -88,51 +88,51 @@
   </si>
   <si>
     <t>3.1.3. E. Professionals sluiten in het behandelplan/begeleidingsplan aan bij de belevingswereld binnen de sociale context en vaardigheden van de patiënt/cliënt. Van belang is dat de patiënt/cliënt zo veel mogelijk geïnformeerd is over waar hij/zij aan toe is, ook als het plan nog opgesteld wordt of nog niet volledig is. De betrokken professionals en de patiënt/cliënt spreken af welke professional het eerste aanspreekpunt is voor de patiënt/cliënt en wie de patiënt/cliënt dus ook informeert.</t>
   </si>
   <si>
     <t>Handreiking ondersteuningplannen: 
 Hoofdstuk 3. (Wat is het ondersteuningsplan?), paragraaf 3.1 (Wat is het ondersteuningsplan?): De afspraken in het ondersteuningsplan zijn gebaseerd op de wensen en behoeften van mensen met een beperking.
 Zie ook Hoofdstuk 12 Wet- regelgeving, paragraaf 12.1. Rechten van de cliënt en plichten van de zorgverlener, kop 12.1.d Geïnformeerde toestemming (Informed consent), pagina 67 t/m 69.</t>
   </si>
   <si>
     <t>3.1.3. F. De organisatie heeft beleid ten aanzien van anderstaligen.</t>
   </si>
   <si>
     <t>Handreiking ondersteuningplannen: hoofdstuk 10. (Het ondersteuningsplan in begrijpelijke taal): Goede zorg zet de mens centraal. Iedereen heeft daarom recht op een ondersteuningsplan dat begrijpelijk en toegankelijk is.</t>
   </si>
   <si>
     <t>Rapportage</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.4. Rapportage en dossiervoering worden uitgevoerd conform de professionele standaard.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Handreiking ondersteuningsplannen: hoofdstuk 3 (Wat is het ondersteuningsplan?), paragraaf 3.3 (Verschil ondersteuningsplan en behandelplan) Het dossier is de verzameling van alle informatie die noodzakelijk is voor goede zorg en ondersteuning, inclusief alle informatie voor professionele verantwoording. Het dossier omvat dus klinische en administratieve basisinformatie, behandel- en werkplannen en het ondersteuningsplan. Zie ook Hoofdstuk 12 Wet- regelgeving, paragraaf 12.1. Rechten van de cli&amp;euml;nt en plichten van de zorgverlener, kop 12.1.a (Dossierplicht en de inhoud van het cli&amp;euml;ntdossier), pagina 63-64&lt;/p&gt;</t>
   </si>
   <si>
-    <t>3.1.4. A. De behandelaren/begeleiders verzamelen in de eerste 24 uur (gerekend vanaf het eerste contact met de patiënt/cliënt) de meest cruciale informatie over de patiënt/cliënt (o.a. kritische informatie over bijvoorbeeld medicatiegebruik). De behandelaren/begeleiders zorgen ervoor dat deze informatie toegankelijk is voor alle andere betrokken behandelaren/begeleiders binnen de eigen organisatie. Dat mag in een voorlopig behandelplan/begeleidingsplan, of op een andere manier in het dossier.</t>
+    <t>&lt;p&gt;3.1.4. A. De behandelaren/begeleiders verzamelen in de eerste 24 uur (gerekend vanaf het eerste contact met de pati&amp;euml;nt/cli&amp;euml;nt) de meest cruciale informatie over de pati&amp;euml;nt/cli&amp;euml;nt (o.a. kritische informatie over bijvoorbeeld medicatiegebruik). Voor de ambulante zorg geldt dat deze informatie zo snel als mogelijk na de eerste 24 uur is verzameld. De behandelaren/begeleiders zorgen ervoor dat deze informatie toegankelijk is voor alle andere betrokken behandelaren/begeleiders binnen de eigen organisatie. Dat mag in een voorlopig behandelplan/begeleidingsplan, of op een andere manier in het dossier.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.4. B. De behandelaren/begeleiders rapporteren in het dossier van de pati&amp;euml;nt/cli&amp;euml;nt op de gestelde doelen in het behandelplan/begeleidingsplan.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Handreiking ondersteuningsplannen: hoofdstuk 5 (Het ondersteuningsplan in het ondersteuningsproces), paragraaf 4 (Rapporteren en evalueren): Om de voortgang van het ondersteuningsplan te monitoren, rapporteren betrokkenen over de gemaakte doelen en afspraken. Organisaties kunnen de rapportages naar eigen inzicht vormgeven. Wel is het zo dat de rapportages voor alle betrokkenen begrijpelijk en toegankelijk moeten zijn omdat de rapportages de bron zijn voor evaluatie. Bij het maken van de afspraken is het zinvol om per doel of afspraak vast te leggen hoe gerapporteerd wordt; waar moet de rapporteur op letten, wat moet zeker in de rapportage terugkomen?&lt;/p&gt;</t>
   </si>
   <si>
     <t>Autonomie cliënt</t>
   </si>
   <si>
     <t>3.1.4. C. De organisatie heeft afspraken vastgelegd over wie onder welke voorwaarden inzage heeft in het dossier van de patiënt/cliënt en onder welke voorwaarden het dossier gedeeld mag worden (zowel intern als extern).</t>
   </si>
   <si>
     <t>Handreiking ondersteuningsplannen: Zie  Hoofdstuk 12 Wet- regelgeving, paragraaf 12.1. Rechten van de cliënt en plichten van de zorgverlener, kop 12.1.b (Rechten van de cliënt met betrekking tot het cliëntdossier), pagina 64 - 65</t>
   </si>
   <si>
     <t>3.1.4. E. De patiënt/cliënt heeft recht op inzage in zijn/haar eigen dossier. De hiervoor opgestelde procedures zijn vastgesteld.</t>
   </si>
   <si>
     <t>Inbreng cliënt</t>
   </si>
   <si>
     <t>3.1.4. D. De patiënt/cliënt wordt zo veel mogelijk betrokken bij het opstellen van periodieke (voortgangs-) rapportages over de behandeling/begeleiding.</t>
   </si>
@@ -180,96 +180,96 @@
   <si>
     <t>Professionele zorg</t>
   </si>
   <si>
     <t>Handreiking ondersteuningsplannen: hoofdstuk 9 (Rollen en verantwoordelijkheden):  Meer dan voorheen is het nodig om zorg- en ondersteuningsvragen niet alleen vanuit de zorgaanbieder (beroepsmatige zorgverleners) te beantwoorden, maar ook vanuit het natuurlijke netwerk om mensen met een beperking heen: familie, vrienden, buren, collega’s en vrijwilligers (nietberoepsmatige zorgverleners). Een gelijkwaardig samenspel tussen beroepsmatige zorgverleners en nietberoepsmatige zorgverleners is essentieel voor de best mogelijke zorg en ondersteuning en daarmee voor kwaliteit van bestaan van mensen met een beperking. Het ondersteuningsplan komt ook in in dat samenspel tot stand. Ieder heeft hierin een eigen rol en verantwoordelijkheid.</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.1 Bij de behandeling/begeleiding van de pati&amp;euml;nt/cli&amp;euml;nt staat de balans tussen veiligheid en persoonsgerichte zorg centraal.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Hoofdstuk 1: kwaliteitskompas - visie op kwaliteit - Professionals ondersteunen mensen met een beperking bij het invullen van hun leven, in het rekening houden met de vrijheid en veiligheid van zichzelf en de anderen in de omgeving&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.1. A. i)De behandeling/begeleiding is primair gericht op reductie van recidiverisico. i) Binnen de klinische en ambulante behandel setting wordt gewerkt met een model gericht op recidivereductie, zoals bijvoorbeeld het Risk-Need-Responsivity (RNR) principe21. Daarnaast wordt hierbij gebruik gemaakt van principes van kracht- en herstelgerichte zorg.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.1. A. ii) De behandeling/begeleiding is primair gericht op reductie van recidiverisico. ii) Voor alle ambulante begeleiding en alle verblijfszorg (begeleid wonen) wordt in ieder geval gebruik gemaakt van principes van kracht- en herstelgerichte zorg, waarbij begeleiders de risicofactoren betrekken in hun begeleiding.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.1. B. Wanneer veiligheid en persoonsgerichte zorg in tegenspraak zijn met elkaar, weegt veiligheid zwaarder in de afweging.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.2. Veiligheidsmanagement(waaronder risicomanagement) is een integraal onderdeel van de Forensische Zorg.&lt;/p&gt;</t>
   </si>
   <si>
-    <t>&lt;p&gt;3.1.2. A. Voor iedere pati&amp;euml;nt/cli&amp;euml;nt wordt een risicotaxatie uitgevoerd middels een erkend instrument. Op basis van de uitkomsten wordt, waar ge&amp;iuml;ndiceerd of waar nodig, een (vroeg) signaleringsplan opgesteld. Risicotaxatie en een signaleringsplan (en waar van toepassing een terugvalpreventieplan) vormen een integraal onderdeel van het behandelplan/begeleidingsplan.&lt;/p&gt;</t>
+    <t>&lt;p&gt;3.1.2. A. Voor iedere pati&amp;euml;nt/cli&amp;euml;nt wordt een risicotaxatie uitgevoerd middels een erkend instrument. Op basis van de uitkomsten wordt, waar ge&amp;iuml;ndiceerd of waar nodig, een (vroeg) signaleringsplan opgesteld. Risicotaxatie en een signaleringsplan (en waar van toepassing een terugvalpreventieplan) vormen een integraal onderdeel van het behandelplan/begeleidingsplan. Voor de ambulante setting wordt voorafgaand aan het werken met een signaleringsplan/terugvalpreventieplan een veiligheidsplan opgesteld, waarin aandacht is voor acute risicofactoren, indien mogelijk met betrokkenheid van persoonlijk netwerk.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.2. B. De delictanalyse wordt voor alle pati&amp;euml;nten/cli&amp;euml;nten binnen de Forensisch Psychiatrische Centra (FPC&amp;rsquo;s) ingezet. Voor de Overige Forensische Zorg (OFZ) geldt dat de organisatie beleid heeft bij welke pati&amp;euml;nten/cli&amp;euml;nten men wel of geen en wanneer een delictanalyse inzet. Het behandelplan/begeleidingsplan wordt mede opgesteld naar aanleiding van de, indien afgenomen, delictanalyse. Voor de delictanalyse wordt gebruik gemaakt van de methode die onder het programma Kwaliteit Forensische Zorg (KFZ) is ontwikkeld.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.1. D. Professionals werken aan een veilige en betrouwbare professionele relatie met de pati&amp;euml;nt/cli&amp;euml;nt. Dit draagt bij aan de motivatie van pati&amp;euml;nt/cli&amp;euml;nt en de professional cre&amp;euml;ert binnen het contact voldoende veiligheid waarin de pati&amp;euml;nt/cli&amp;euml;nt kritisch naar zichzelf kan kijken en nieuw gedrag kan aanleren. Dit is essentieel om tot een geslaagde behandeling/begeleiding te kunnen komen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.1. C. De pati&amp;euml;nt/cli&amp;euml;nt heeft (naar vermogen en rekening houdend met eventuele (verstandelijke) beperkingen) een actieve inbreng en eigen verantwoordelijkheid bij het opstellen en uitvoeren van het behandelplan/begeleidingsplan en het behalen van afgesproken doelen. De organisatie stimuleert dit, onder andere door pati&amp;euml;nt/cli&amp;euml;nt goed te informeren.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.1. E. De autonomie van de pati&amp;euml;nt/cli&amp;euml;nt wordt zo lang mogelijk en zo goed mogelijk gewaarborgd. Onvrijwillige zorg wordt zo min mogelijk ingezet. Wanneer wel nodig, dan wordt inzet van onvrijwillige zorg multidisciplinair afgewogen op doelmatigheid, proportionaliteit, subsidiariteit en veiligheid.&lt;/p&gt;</t>
   </si>
   <si>
     <t>Omgeving</t>
   </si>
   <si>
     <t>&lt;p&gt;3.2.8. A. In de klinische- en verblijfssetting is de pati&amp;euml;nt/cli&amp;euml;nt voor het grootste deel van de week in zijn/ haar eigen verblijf of op de groep. Professionals op de groep leveren vanuit hun handelen een bijdrage aan de behandeling en begeleiding van de pati&amp;euml;nt/cli&amp;euml;nt.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.2.8. D. Sensitiviteit en transparantie van behandelaren/begeleiders zorgt voor aansluiting bij de pati&amp;euml;nt/ cli&amp;euml;nt en draagt daarmee bij aan het cre&amp;euml;ren van een leefklimaat dat ondersteunend is aan de behandel-/begeleidingsdoelen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.2.8. B. Binnen de klinische setting zijn sociotherapeuten op de afdeling en behandelaren op de hoogte van gezamenlijke leerdoelen van pati&amp;euml;nten/cli&amp;euml;nten en afspraken. Richting de pati&amp;euml;nt/cli&amp;euml;nt gebruiken zij zo veel mogelijk dezelfde taal en dezelfde boodschap. Verslaglegging is gericht op de beschreven doelen en risicofactoren, zoals benoemd in het behandelplan.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.2.8. C. Binnen de verblijfssetting is het voor begeleiders op de afdeling noodzakelijk dat zij allen op de hoogte zijn van de begeleidingsdoelen en dat zij de behandeldoelen kennen zoals die in het behandelplan van de behandelaar (vaak vanuit een andere organisatie) geformuleerd zijn. Deze zijn zo goed mogelijk op elkaar afgestemd.&lt;/p&gt;</t>
   </si>
   <si>
     <t>Netwerk</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.5. Het netwerk van de pati&amp;euml;nt/cli&amp;euml;nt wordt actief betrokken tijdens de behandeling en/of begeleiding.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Hoofdstuk 1: kwaliteitskompas - visie op kwaliteit - De ervaringskennis van mensen met een beperking, hun verwanten en sociaal netwerk, wordt betrokken in de zorg en ondersteuning. - Het gaat bij ontwikkeling altijd om de mens in relatie tot zijn of haar (sociale) omgeving. Daarbij is de betrokkenheid van verwanten en het sociaal netwerk van belang.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Hoofdstuk 2: bouwsteen 1 Het zorgproces rond de individuele persoon - Om te weten wat iemands ondersteuningsbehoeften, wensen en voorkeuren zijn, is de dialoog tussen mensen met een beperking, hun verwanten en sociaal netwerk, en professionals het uitgangspunt.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.5. A. De behandeling/begeleiding is erop gericht om samen met de pati&amp;euml;nt/cli&amp;euml;nt zijn/haar omgeving zo in te richten dat hij/zij zich staande kan houden in de maatschappij. Het kan gaan om het betrekken van een bestaand (prosociaal) netwerk, het cre&amp;euml;ren van een nieuw netwerk en leren om weerbaarder te worden tegen eventuele negatieve invloeden. Er wordt gestreefd naar het hoogst haalbare in het betrekken van naasten met respect voor de wensen van de pati&amp;euml;nt/cli&amp;euml;nt en de naasten.&lt;/p&gt;</t>
   </si>
   <si>
-    <t>&lt;p&gt;3.1.5. B. Naasten, en andere relevante systeemleden, van de pati&amp;euml;nt/cli&amp;euml;nt krijgen (tenzij er geen toestemming is van de pati&amp;euml;nt/cli&amp;euml;nt) uitleg over: i) De problematiek. ii) De behandeling/begeleiding. iii) De afspraken omtrent bezoek.&lt;/p&gt;</t>
+    <t>&lt;p&gt;3.1.5. B. Naasten, en/of ander persoonlijk netwerk, van de pati&amp;euml;nt/cli&amp;euml;nt krijgen (tenzij er geen toestemming is van de pati&amp;euml;nt/cli&amp;euml;nt) uitleg over: i) De problematiek. ii) De behandeling/begeleiding. iii) De afspraken omtrent bezoek.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.5. D. Gezien het grote belang van de invloed van het netwerk, wordt de pati&amp;euml;nt/cli&amp;euml;nt actief gemotiveerd om toestemming te geven zijn naasten te betrekken.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;6.1.1. C. De organisatie organiseert een &amp;ldquo;warme&amp;rdquo; overdracht. Indien mogelijk vindt kennismaking met de vervolgorganisatie plaats binnen de overdragende organisatie.&lt;/p&gt;</t>
   </si>
   <si>
     <t>Externe communicatie en samenwerking</t>
   </si>
   <si>
     <t>&lt;p&gt;6.1.1. A. In het geval van stapelzorg wordt door betrokken partijen de co&amp;ouml;rdinerende rol afgesproken en professionals zorgen voor regelmatige afstemming van het behandel- en begeleidingsplan, waarbij men een gezamenlijk signaleringsplan opstelt.&lt;/p&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -594,51 +594,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="43.561" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="655.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="745.532" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="438.75" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="1237.412" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>