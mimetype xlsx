--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -41,51 +41,51 @@
   <si>
     <t>Kwaliteitskader FZ</t>
   </si>
   <si>
     <t>Zorg op maat</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.3. De pati&amp;euml;nt/cli&amp;euml;nt ontvangt een behandelplan/begeleidingsplan op maat. Het behandelplan/begeleidingsplan is onderdeel van de behandelcyclus.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.3. A. Het behandelplan/begeleidingsplan wordt multidisciplinair en zoveel mogelijk in samenspraak met de pati&amp;euml;nt/cli&amp;euml;nt en waar mogelijk reclassering opgesteld, ge&amp;euml;valueerd en bijgesteld. Het behandelplan/ begeleidingsplan is een dynamisch document dat wordt bijgesteld wanneer dat nodig is. Minimaal halfjaarlijks wordt het plan volledig ge&amp;euml;valueerd en waar nodig bijgesteld. Dit gebeurt vaker wanneer de situatie daarom vraagt. Indien de vervolgorganisatie al in beeld is sluit deze aan bij deze besprekingen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>3.1.3. B. Met het opstellen van het behandelplan/begeleidingsplan wordt zo snel mogelijk gestart na het eerste contact met de patiënt/cliënt. Een eerste definitieve versie van het behandelplan/ begeleidingsplan wordt afgerond na de observatieperiode/kennismakingsperiode en is bij voorkeur binnen zes weken en uiterlijk binnen drie maanden na intake gereed. Wanneer nog niet alle informatie compleet is, is in het plan opgenomen hoe hiertoe te komen en wordt aanvullende informatie op een later moment aan het dynamische document toegevoegd.</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.3. D. Het behandelplan/begeleidingsplan bevat (SMART) doelen met helder beschreven doorlooptijden, waaronder het beoogde einddoel. Deze zijn te allen tijde transparant voor de pati&amp;euml;nt/ cli&amp;euml;nt. De professional en de pati&amp;euml;nt/cli&amp;euml;nt zijn gezamenlijk verantwoordelijk voor het halen van de doelen en de doorlooptijden.&lt;/p&gt;</t>
   </si>
   <si>
     <t>3.1.3. E. Professionals sluiten in het behandelplan/begeleidingsplan aan bij de belevingswereld binnen de sociale context en vaardigheden van de patiënt/cliënt. Van belang is dat de patiënt/cliënt zo veel mogelijk geïnformeerd is over waar hij/zij aan toe is, ook als het plan nog opgesteld wordt of nog niet volledig is. De betrokken professionals en de patiënt/cliënt spreken af welke professional het eerste aanspreekpunt is voor de patiënt/cliënt en wie de patiënt/cliënt dus ook informeert.</t>
   </si>
   <si>
     <t>3.1.3. F. De organisatie heeft beleid ten aanzien van anderstaligen.</t>
   </si>
   <si>
-    <t>3.1.4. A. De behandelaren/begeleiders verzamelen in de eerste 24 uur (gerekend vanaf het eerste contact met de patiënt/cliënt) de meest cruciale informatie over de patiënt/cliënt (o.a. kritische informatie over bijvoorbeeld medicatiegebruik). De behandelaren/begeleiders zorgen ervoor dat deze informatie toegankelijk is voor alle andere betrokken behandelaren/begeleiders binnen de eigen organisatie. Dat mag in een voorlopig behandelplan/begeleidingsplan, of op een andere manier in het dossier.</t>
+    <t>&lt;p&gt;3.1.4. A. De behandelaren/begeleiders verzamelen in de eerste 24 uur (gerekend vanaf het eerste contact met de pati&amp;euml;nt/cli&amp;euml;nt) de meest cruciale informatie over de pati&amp;euml;nt/cli&amp;euml;nt (o.a. kritische informatie over bijvoorbeeld medicatiegebruik). Voor de ambulante zorg geldt dat deze informatie zo snel als mogelijk na de eerste 24 uur is verzameld. De behandelaren/begeleiders zorgen ervoor dat deze informatie toegankelijk is voor alle andere betrokken behandelaren/begeleiders binnen de eigen organisatie. Dat mag in een voorlopig behandelplan/begeleidingsplan, of op een andere manier in het dossier.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.2.8. B. Binnen de klinische setting zijn sociotherapeuten op de afdeling en behandelaren op de hoogte van gezamenlijke leerdoelen van pati&amp;euml;nten/cli&amp;euml;nten en afspraken. Richting de pati&amp;euml;nt/cli&amp;euml;nt gebruiken zij zo veel mogelijk dezelfde taal en dezelfde boodschap. Verslaglegging is gericht op de beschreven doelen en risicofactoren, zoals benoemd in het behandelplan.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.2.8. C. Binnen de verblijfssetting is het voor begeleiders op de afdeling noodzakelijk dat zij allen op de hoogte zijn van de begeleidingsdoelen en dat zij de behandeldoelen kennen zoals die in het behandelplan van de behandelaar (vaak vanuit een andere organisatie) geformuleerd zijn. Deze zijn zo goed mogelijk op elkaar afgestemd.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;6.1.1. C. De organisatie organiseert een &amp;ldquo;warme&amp;rdquo; overdracht. Indien mogelijk vindt kennismaking met de vervolgorganisatie plaats binnen de overdragende organisatie.&lt;/p&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -407,51 +407,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:B11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="640.415" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="741.962" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>2</v>
       </c>
       <c r="B2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>4</v>
       </c>