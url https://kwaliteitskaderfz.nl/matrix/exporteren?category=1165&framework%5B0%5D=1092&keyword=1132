--- v0 (2025-11-04)
+++ v1 (2026-02-04)
@@ -29,51 +29,51 @@
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="7">
   <si>
     <t>Trefwoord</t>
   </si>
   <si>
     <t>Kwaliteitskader FZ</t>
   </si>
   <si>
     <t>Netwerk</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.5. Het netwerk van de pati&amp;euml;nt/cli&amp;euml;nt wordt actief betrokken tijdens de behandeling en/of begeleiding.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.5. A. De behandeling/begeleiding is erop gericht om samen met de pati&amp;euml;nt/cli&amp;euml;nt zijn/haar omgeving zo in te richten dat hij/zij zich staande kan houden in de maatschappij. Het kan gaan om het betrekken van een bestaand (prosociaal) netwerk, het cre&amp;euml;ren van een nieuw netwerk en leren om weerbaarder te worden tegen eventuele negatieve invloeden. Er wordt gestreefd naar het hoogst haalbare in het betrekken van naasten met respect voor de wensen van de pati&amp;euml;nt/cli&amp;euml;nt en de naasten.&lt;/p&gt;</t>
   </si>
   <si>
-    <t>&lt;p&gt;3.1.5. B. Naasten, en andere relevante systeemleden, van de pati&amp;euml;nt/cli&amp;euml;nt krijgen (tenzij er geen toestemming is van de pati&amp;euml;nt/cli&amp;euml;nt) uitleg over: i) De problematiek. ii) De behandeling/begeleiding. iii) De afspraken omtrent bezoek.&lt;/p&gt;</t>
+    <t>&lt;p&gt;3.1.5. B. Naasten, en/of ander persoonlijk netwerk, van de pati&amp;euml;nt/cli&amp;euml;nt krijgen (tenzij er geen toestemming is van de pati&amp;euml;nt/cli&amp;euml;nt) uitleg over: i) De problematiek. ii) De behandeling/begeleiding. iii) De afspraken omtrent bezoek.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.5. D. Gezien het grote belang van de invloed van het netwerk, wordt de pati&amp;euml;nt/cli&amp;euml;nt actief gemotiveerd om toestemming te geven zijn naasten te betrekken.&lt;/p&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>