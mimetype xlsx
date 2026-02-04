--- v0 (2025-11-04)
+++ v1 (2026-02-04)
@@ -38,55 +38,51 @@
   <si>
     <t>Trefwoord</t>
   </si>
   <si>
     <t>Kwaliteitskader FZ</t>
   </si>
   <si>
     <t>Toetsingskader WMO</t>
   </si>
   <si>
     <t>Netwerk</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.5. Het netwerk van de pati&amp;euml;nt/cli&amp;euml;nt wordt actief betrokken tijdens de behandeling en/of begeleiding.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;1.2 De cli&amp;euml;nt heeft zijn/haar ondersteuningsvraag kunnen formuleren, is betrokken bij het opstellen van het plan, wat zijn/haar instemming heeft. Het sociale netwerk van cli&amp;euml;nt is eveneens betrokken bij het opstellen van het plan.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;1.4 De op basis van de voorziening geboden ondersteuning sluit aan op de re&amp;euml;le behoefte en mogelijkheden van de cli&amp;euml;nt en zijn/haar sociale netwerk (waaronder evt. mantelzorgers).&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.5. A. De behandeling/begeleiding is erop gericht om samen met de pati&amp;euml;nt/cli&amp;euml;nt zijn/haar omgeving zo in te richten dat hij/zij zich staande kan houden in de maatschappij. Het kan gaan om het betrekken van een bestaand (prosociaal) netwerk, het cre&amp;euml;ren van een nieuw netwerk en leren om weerbaarder te worden tegen eventuele negatieve invloeden. Er wordt gestreefd naar het hoogst haalbare in het betrekken van naasten met respect voor de wensen van de pati&amp;euml;nt/cli&amp;euml;nt en de naasten.&lt;/p&gt;</t>
   </si>
   <si>
-    <t>3.1.5. B. Naasten, en andere relevante systeemleden, van de patiënt/cliënt krijgen (tenzij er geen
-[...3 lines deleted...]
-iii) De afspraken omtrent bezoek.</t>
+    <t>&lt;p&gt;3.1.5. B. Naasten, en/of ander persoonlijk netwerk, van de pati&amp;euml;nt/cli&amp;euml;nt krijgen (tenzij er geen toestemming is van de pati&amp;euml;nt/cli&amp;euml;nt) uitleg over: i) De problematiek. ii) De behandeling/begeleiding. iii) De afspraken omtrent bezoek.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.5. C. Naasten van de pati&amp;euml;nt/cli&amp;euml;nt krijgen (tenzij zij zelf anders beslissen) uitleg en informatie over: i) Het forensische zorgsysteem. ii) Algemene informatie over (de gevolgen van) licht verstandelijke beperkingen, psychiatrische - en verslavingsproblematiek iii) Adviezen om zelf ondersteuning te krijgen (familieverenigingen en (eventueel) familie-ervaringsdeskundigen). iv) De mogelijkheid om een familievertrouwenspersoon in te schakelen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.5. C iii) Naasten van de pati&amp;euml;nt/cli&amp;euml;nt krijgen (tenzij zij zelf anders beslissen) uitleg en informatie over: Adviezen om zelf ondersteuning te krijgen (familieverenigingen en (eventueel) &lt;br /&gt;familie-ervaringsdeskundigen).&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.5. D. Gezien het grote belang van de invloed van het netwerk, wordt de pati&amp;euml;nt/cli&amp;euml;nt actief gemotiveerd om toestemming te geven zijn naasten te betrekken.&lt;/p&gt;</t>
   </si>
   <si>
     <t>(mede) zeggenschap</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.2. D. De organisatie is een lerende organisatie, waarin ervaringen van pati&amp;euml;nten/cli&amp;euml;nten/naasten en professionals worden meegenomen in de analyse en het verbeteren van de uitvoering.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.2. E. Resultaten van de tevredenheids- en/of ervaringsmetingen zijn vindbaar voor pati&amp;euml;nten/ cli&amp;euml;nten (en hun naasten) (bijvoorbeeld door publicatie in kwaliteitsverslag en/of op website) en worden met de betreffende professionals besproken (zowel uitkomsten van tevredenheidsen/ of ervaringsonderzoeken onder pati&amp;euml;nten/cli&amp;euml;nten/naasten als tevredenheids- en ervaringsonderzoeken onder professionals).&lt;/p&gt;</t>
   </si>
   <si>
     <t>5.3 De aanbieder neemt eventuele klachten
  in behandeling en handelt die tijdig en passend af.</t>
   </si>
   <si>
     <t>5.1.5. De Forensische Zorg is expliciet vertegenwoordigd in de medezeggenschapsorganen.</t>