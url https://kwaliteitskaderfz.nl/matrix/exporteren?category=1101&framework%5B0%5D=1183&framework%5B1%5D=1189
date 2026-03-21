--- v0 (2025-11-04)
+++ v1 (2026-03-21)
@@ -44,55 +44,51 @@
   <si>
     <t>Kwaliteitskader zorglandbouw (KKZLB)</t>
   </si>
   <si>
     <t>Toetsingskader WMO</t>
   </si>
   <si>
     <t>Netwerk</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.5. Het netwerk van de pati&amp;euml;nt/cli&amp;euml;nt wordt actief betrokken tijdens de behandeling en/of begeleiding.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;4.1.2. Op de zorgboerderij is er voor iedere deelnemer een persoonlijk ondersteuningsplan. Uit dit plan blijkt dat het samen met de deelnemer, en indien van toepassing ook andere betrokkenen, gemaakt is.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;1.2 De cli&amp;euml;nt heeft zijn/haar ondersteuningsvraag kunnen formuleren, is betrokken bij het opstellen van het plan, wat zijn/haar instemming heeft. Het sociale netwerk van cli&amp;euml;nt is eveneens betrokken bij het opstellen van het plan.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;1.4 De op basis van de voorziening geboden ondersteuning sluit aan op de re&amp;euml;le behoefte en mogelijkheden van de cli&amp;euml;nt en zijn/haar sociale netwerk (waaronder evt. mantelzorgers).&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.5. A. De behandeling/begeleiding is erop gericht om samen met de pati&amp;euml;nt/cli&amp;euml;nt zijn/haar omgeving zo in te richten dat hij/zij zich staande kan houden in de maatschappij. Het kan gaan om het betrekken van een bestaand (prosociaal) netwerk, het cre&amp;euml;ren van een nieuw netwerk en leren om weerbaarder te worden tegen eventuele negatieve invloeden. Er wordt gestreefd naar het hoogst haalbare in het betrekken van naasten met respect voor de wensen van de pati&amp;euml;nt/cli&amp;euml;nt en de naasten.&lt;/p&gt;</t>
   </si>
   <si>
-    <t>3.1.5. B. Naasten, en andere relevante systeemleden, van de patiënt/cliënt krijgen (tenzij er geen
-[...3 lines deleted...]
-iii) De afspraken omtrent bezoek.</t>
+    <t>&lt;p&gt;3.1.5. B. Naasten, en/of ander persoonlijk netwerk, van de pati&amp;euml;nt/cli&amp;euml;nt krijgen (tenzij er geen toestemming is van de pati&amp;euml;nt/cli&amp;euml;nt) uitleg over: i) De problematiek. ii) De behandeling/begeleiding. iii) De afspraken omtrent bezoek.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.5. C. Naasten van de pati&amp;euml;nt/cli&amp;euml;nt krijgen (tenzij zij zelf anders beslissen) uitleg en informatie over: i) Het forensische zorgsysteem. ii) Algemene informatie over (de gevolgen van) licht verstandelijke beperkingen, psychiatrische - en verslavingsproblematiek iii) Adviezen om zelf ondersteuning te krijgen (familieverenigingen en (eventueel) familie-ervaringsdeskundigen). iv) De mogelijkheid om een familievertrouwenspersoon in te schakelen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.5. C iii) Naasten van de pati&amp;euml;nt/cli&amp;euml;nt krijgen (tenzij zij zelf anders beslissen) uitleg en informatie over: Adviezen om zelf ondersteuning te krijgen (familieverenigingen en (eventueel) &lt;br /&gt;familie-ervaringsdeskundigen).&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.5. D. Gezien het grote belang van de invloed van het netwerk, wordt de pati&amp;euml;nt/cli&amp;euml;nt actief gemotiveerd om toestemming te geven zijn naasten te betrekken.&lt;/p&gt;</t>
   </si>
   <si>
     <t>(mede) zeggenschap</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.2. D. De organisatie is een lerende organisatie, waarin ervaringen van pati&amp;euml;nten/cli&amp;euml;nten/naasten en professionals worden meegenomen in de analyse en het verbeteren van de uitvoering.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;4.2.2. Elke zorgboerderij zet zich in om ervaringen (narratief onderzoek) en/of feedback van deelnemers en eventuele andere betrokkenen op te halen. Omdat het voor deelnemers en betrokkenen spannend kan zijn zich uit te spreken, wordt minimaal &amp;eacute;&amp;eacute;n keer per jaar een ervaringsonderzoek uitgevoerd waarbij er extra aandacht is voor voldoende veiligheid om zich uit te spreken. Zie uitgangspunten bij methoden om ervaringen op te halen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>4.2.2 Uitgangpunten bij methoden om ervaringen op te halen. Een zorgboer kan kiezen uit verschillende methoden voor het ophalen van ervaringen. De volgende criteria helpen de zorgboer om (een) geschikte methode(n) te kiezen:
 - Met behulp van de gekozen methode(n) worden ervaringen direct bij deelnemers en/of hun naasten worden opgehaald aan de hand van vragen, een gesprek of observatie.
 - In de gekozen methode(n) is er extra aandacht voor de veiligheid van deelnemers om zich vrij uit te kunnen spreken.
 - In de gekozen methode(n) krijgen alle deelnemers en/of hun naasten de gelegenheid deel te nemen en hun ervaringen te delen.
 - Met de gekozen methode(n) worden minimaal 1 keer per jaar ervaringen opgehaald.