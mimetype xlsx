--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -38,55 +38,51 @@
   <si>
     <t>Trefwoord</t>
   </si>
   <si>
     <t>Kwaliteitskader FZ</t>
   </si>
   <si>
     <t>Kwaliteitskompas Gehandicaptenzorg (KKGHZ)</t>
   </si>
   <si>
     <t>Netwerk</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.5. Het netwerk van de pati&amp;euml;nt/cli&amp;euml;nt wordt actief betrokken tijdens de behandeling en/of begeleiding.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Hoofdstuk 1: Visie op kwaliteit - De ervaringskennis van mensen met een beperking, hun verwanten en sociaal netwerk, wordt betrokken in de zorg en ondersteuning. - Het gaat bij ontwikkeling altijd om de mens in relatie tot zijn of haar (sociale) omgeving. Daarbij is de betrokkenheid van verwanten en het sociaal netwerk van belang.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Hoofdstuk 2: bouwsteen 1 Het zorgproces rond de individuele persoon - Om te weten wat iemands ondersteuningsbehoeften, wensen en voorkeuren zijn, is de dialoog tussen mensen met een beperking, hun verwanten en sociaal netwerk, en professionals het uitgangspunt.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.5. A. De behandeling/begeleiding is erop gericht om samen met de pati&amp;euml;nt/cli&amp;euml;nt zijn/haar omgeving zo in te richten dat hij/zij zich staande kan houden in de maatschappij. Het kan gaan om het betrekken van een bestaand (prosociaal) netwerk, het cre&amp;euml;ren van een nieuw netwerk en leren om weerbaarder te worden tegen eventuele negatieve invloeden. Er wordt gestreefd naar het hoogst haalbare in het betrekken van naasten met respect voor de wensen van de pati&amp;euml;nt/cli&amp;euml;nt en de naasten.&lt;/p&gt;</t>
   </si>
   <si>
-    <t>3.1.5. B. Naasten, en andere relevante systeemleden, van de patiënt/cliënt krijgen (tenzij er geen
-[...3 lines deleted...]
-iii) De afspraken omtrent bezoek.</t>
+    <t>&lt;p&gt;3.1.5. B. Naasten, en/of ander persoonlijk netwerk, van de pati&amp;euml;nt/cli&amp;euml;nt krijgen (tenzij er geen toestemming is van de pati&amp;euml;nt/cli&amp;euml;nt) uitleg over: i) De problematiek. ii) De behandeling/begeleiding. iii) De afspraken omtrent bezoek.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.5. C. Naasten van de pati&amp;euml;nt/cli&amp;euml;nt krijgen (tenzij zij zelf anders beslissen) uitleg en informatie over: i) Het forensische zorgsysteem. ii) Algemene informatie over (de gevolgen van) licht verstandelijke beperkingen, psychiatrische - en verslavingsproblematiek iii) Adviezen om zelf ondersteuning te krijgen (familieverenigingen en (eventueel) familie-ervaringsdeskundigen). iv) De mogelijkheid om een familievertrouwenspersoon in te schakelen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.5. C iii) Naasten van de pati&amp;euml;nt/cli&amp;euml;nt krijgen (tenzij zij zelf anders beslissen) uitleg en informatie over: Adviezen om zelf ondersteuning te krijgen (familieverenigingen en (eventueel) &lt;br /&gt;familie-ervaringsdeskundigen).&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.5. D. Gezien het grote belang van de invloed van het netwerk, wordt de pati&amp;euml;nt/cli&amp;euml;nt actief gemotiveerd om toestemming te geven zijn naasten te betrekken.&lt;/p&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>