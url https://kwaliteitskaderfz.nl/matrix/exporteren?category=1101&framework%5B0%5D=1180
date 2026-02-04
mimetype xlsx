--- v0 (2025-11-04)
+++ v1 (2026-02-04)
@@ -38,55 +38,51 @@
   <si>
     <t>Trefwoord</t>
   </si>
   <si>
     <t>Kwaliteitskader FZ</t>
   </si>
   <si>
     <t>Kwaliteitskompas Gehandicaptenzorg (KKGHZ)</t>
   </si>
   <si>
     <t>Netwerk</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.5. Het netwerk van de pati&amp;euml;nt/cli&amp;euml;nt wordt actief betrokken tijdens de behandeling en/of begeleiding.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Hoofdstuk 1: Visie op kwaliteit - De ervaringskennis van mensen met een beperking, hun verwanten en sociaal netwerk, wordt betrokken in de zorg en ondersteuning. - Het gaat bij ontwikkeling altijd om de mens in relatie tot zijn of haar (sociale) omgeving. Daarbij is de betrokkenheid van verwanten en het sociaal netwerk van belang.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Hoofdstuk 2: bouwsteen 1 Het zorgproces rond de individuele persoon - Om te weten wat iemands ondersteuningsbehoeften, wensen en voorkeuren zijn, is de dialoog tussen mensen met een beperking, hun verwanten en sociaal netwerk, en professionals het uitgangspunt.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.5. A. De behandeling/begeleiding is erop gericht om samen met de pati&amp;euml;nt/cli&amp;euml;nt zijn/haar omgeving zo in te richten dat hij/zij zich staande kan houden in de maatschappij. Het kan gaan om het betrekken van een bestaand (prosociaal) netwerk, het cre&amp;euml;ren van een nieuw netwerk en leren om weerbaarder te worden tegen eventuele negatieve invloeden. Er wordt gestreefd naar het hoogst haalbare in het betrekken van naasten met respect voor de wensen van de pati&amp;euml;nt/cli&amp;euml;nt en de naasten.&lt;/p&gt;</t>
   </si>
   <si>
-    <t>3.1.5. B. Naasten, en andere relevante systeemleden, van de patiënt/cliënt krijgen (tenzij er geen
-[...3 lines deleted...]
-iii) De afspraken omtrent bezoek.</t>
+    <t>&lt;p&gt;3.1.5. B. Naasten, en/of ander persoonlijk netwerk, van de pati&amp;euml;nt/cli&amp;euml;nt krijgen (tenzij er geen toestemming is van de pati&amp;euml;nt/cli&amp;euml;nt) uitleg over: i) De problematiek. ii) De behandeling/begeleiding. iii) De afspraken omtrent bezoek.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.5. C. Naasten van de pati&amp;euml;nt/cli&amp;euml;nt krijgen (tenzij zij zelf anders beslissen) uitleg en informatie over: i) Het forensische zorgsysteem. ii) Algemene informatie over (de gevolgen van) licht verstandelijke beperkingen, psychiatrische - en verslavingsproblematiek iii) Adviezen om zelf ondersteuning te krijgen (familieverenigingen en (eventueel) familie-ervaringsdeskundigen). iv) De mogelijkheid om een familievertrouwenspersoon in te schakelen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.5. C iii) Naasten van de pati&amp;euml;nt/cli&amp;euml;nt krijgen (tenzij zij zelf anders beslissen) uitleg en informatie over: Adviezen om zelf ondersteuning te krijgen (familieverenigingen en (eventueel) &lt;br /&gt;familie-ervaringsdeskundigen).&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.5. D. Gezien het grote belang van de invloed van het netwerk, wordt de pati&amp;euml;nt/cli&amp;euml;nt actief gemotiveerd om toestemming te geven zijn naasten te betrekken.&lt;/p&gt;</t>
   </si>
   <si>
     <t>(mede) zeggenschap</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.2. D. De organisatie is een lerende organisatie, waarin ervaringen van pati&amp;euml;nten/cli&amp;euml;nten/naasten en professionals worden meegenomen in de analyse en het verbeteren van de uitvoering.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Hoofdstuk 3: bouwsteen 2 Onderzoek naar de ervaringen van mensen met een beperking -De gehandicaptenzorg heeft een waaier met erkende cli&amp;euml;ntervaringsinstrumenten. In samenspraak met de cli&amp;euml;ntenraad kiezen zorgaanbieders uit deze waaier &amp;eacute;&amp;eacute;n of meerdere cli&amp;euml;ntervaringsinstrumenten die zij willen gebruiken om de ervaringen van mensen met een beperking te onderzoeken: instrumenten die passen bij de mensen aan wie zij zorg en ondersteuning verlenen. In de wet is vastgelegd dat de cli&amp;euml;ntenraad meedenkt over de kwaliteit binnen zorgorganisaties &amp;eacute;n advies geeft bij het tot stand komen van verbeteringen -De resultaten van het cli&amp;euml;ntervaringsonderzoek dragen bij aan het verbeteren van de kwaliteit van zorg en daarmee de kwaliteit van bestaan. Zorgaanbieders gaan actief aan de slag met de verbeterpunten die naar voren komen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Hoofdstuk 3: bouwsteen 2 Onderzoek naar de ervaringen van mensen met een beperking -Mensen met een beperking die professionele zorg en ondersteuning ontvangen, krijgen minimaal eens per drie jaar de mogelijkheid om middels een cli&amp;euml;ntervaringsonderzoek officieel aan te geven wat zij van de geboden zorg vinden. Zorgaanbieders zijn vrij om dit frequenter uit te voeren, dit is ook afhankelijk van het instrument dat zij gebruiken&lt;/p&gt;</t>
   </si>
   <si>
     <t>Hoofdstuk 3: bouwsteen 2 Onderzoek naar de ervaringen van mensen met een beperking
 - Uiteraard is het onderzoeken van de tevredenheid en de ervaringen van mensen met een beperking en hun verwanten over de geboden zorg en ondersteuning, een dagelijkse taak van professionals</t>