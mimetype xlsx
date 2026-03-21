--- v0 (2025-11-04)
+++ v1 (2026-03-21)
@@ -12,105 +12,102 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Trefwoord</t>
   </si>
   <si>
     <t>Kwaliteitskader FZ</t>
   </si>
   <si>
     <t>Model Verordening sociaal domein</t>
   </si>
   <si>
     <t>Kwaliteitskader Woonzorg in de langdurige GGZ</t>
   </si>
   <si>
     <t>Veiligheid en zorg</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.1 Bij de behandeling/begeleiding van de pati&amp;euml;nt/cli&amp;euml;nt staat de balans tussen veiligheid en persoonsgerichte zorg centraal.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 1.1: Cli&amp;euml;nten - De organisatie waarborgt dat voor elke cli&amp;euml;nt op maat een woonzorgplan is opgesteld. Het woonzorgplan is een middel voor zorgprofessionals en cli&amp;euml;nten om goed in gesprek te blijven.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.1. A. i)De behandeling/begeleiding is primair gericht op reductie van recidiverisico. i) Binnen de klinische en ambulante behandel setting wordt gewerkt met een model gericht op recidivereductie, zoals bijvoorbeeld het Risk-Need-Responsivity (RNR) principe21. Daarnaast wordt hierbij gebruik gemaakt van principes van kracht- en herstelgerichte zorg.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 1.2: Cli&amp;euml;nten&lt;br /&gt;b) Het benutten en activeren van de eigen regie, kracht en autonomie van de cli&amp;euml;nt het uitgangspunt is.&lt;/p&gt;</t>
   </si>
   <si>
     <t>3.1.1. A. ii) De behandeling/begeleiding is primair gericht op reductie van recidiverisico. ii) Voor alle ambulante begeleiding en alle verblijfszorg (begeleid wonen) wordt in ieder geval gebruik gemaakt van principes van kracht- en herstelgerichte zorg, waarbij begeleiders de risicofactoren betrekken in hun begeleiding.</t>
   </si>
   <si>
     <t>3.1.1. B. Wanneer veiligheid en persoonsgerichte zorg in tegenspraak zijn met elkaar, weegt veiligheid zwaarder in de afweging.</t>
   </si>
   <si>
     <t>3.1.2. Veiligheidsmanagement(waaronder risicomanagement) is een integraal onderdeel van de Forensische Zorg.</t>
   </si>
   <si>
-    <t>&lt;p&gt;3.1.2. A. Voor iedere pati&amp;euml;nt/cli&amp;euml;nt wordt een risicotaxatie uitgevoerd middels een erkend instrument. Op basis van de uitkomsten wordt, waar ge&amp;iuml;ndiceerd of waar nodig, een (vroeg) signaleringsplan opgesteld. Risicotaxatie en een signaleringsplan (en waar van toepassing een terugvalpreventieplan) vormen een integraal onderdeel van het behandelplan/begeleidingsplan.&lt;/p&gt;</t>
+    <t>&lt;p&gt;3.1.2. A. Voor iedere pati&amp;euml;nt/cli&amp;euml;nt wordt een risicotaxatie uitgevoerd middels een erkend instrument. Op basis van de uitkomsten wordt, waar ge&amp;iuml;ndiceerd of waar nodig, een (vroeg) signaleringsplan opgesteld. Risicotaxatie en een signaleringsplan (en waar van toepassing een terugvalpreventieplan) vormen een integraal onderdeel van het behandelplan/begeleidingsplan. Voor de ambulante setting wordt voorafgaand aan het werken met een signaleringsplan/terugvalpreventieplan een veiligheidsplan opgesteld, waarin aandacht is voor acute risicofactoren, indien mogelijk met betrokkenheid van persoonlijk netwerk.&amp;nbsp;&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 2.5: Samenwerking - 19) De samenwerking vanuit professionals is gericht op cli&amp;euml;nten in staat stellen zo veel mogelijk mee te doen in de maatschappij (waar dat aansluit bij de &lt;br /&gt;behoefte van de cli&amp;euml;nt): het vangnet voor de cli&amp;euml;nt vergroten zodat zo min mogelijk woonzorg voor de cli&amp;euml;nt nodig is.&lt;/p&gt;
 &lt;p&gt;20) De organisatie schept de randvoorwaarden dat professionals kunnen samenwerken met alle anderen in het netwerk om de cli&amp;euml;nt heen, gericht op passende zorg, waarbij:&lt;br /&gt;b) de organisatie zorgt voor goede regie en co&amp;ouml;rdinatie van de integrale zorg, het bijeenbrengen van signalen in het kader van vroegsignalering en een warme overdracht bij in-, door- en uitstroom (denk aan situaties zoals crisisopname en verhuizing).&lt;/p&gt;</t>
   </si>
   <si>
     <t>3.1.2. B. De delictanalyse wordt voor alle patiënten/cliënten binnen de Forensisch Psychiatrische Centra (FPC’s) ingezet. Voor de Overige Forensische Zorg (OFZ) geldt dat de organisatie beleid heeft bij welke patiënten/cliënten men wel of geen en wanneer een delictanalyse inzet. Het behandelplan/begeleidingsplan wordt mede opgesteld naar aanleiding van de, indien afgenomen, delictanalyse. Voor de delictanalyse wordt gebruik gemaakt van de methode die onder het programma Kwaliteit Forensische Zorg (KFZ) is ontwikkeld.</t>
   </si>
   <si>
-    <t>3.2.7. Veiligheidsmanagement (waaronder risicomanagement) specifiek per Klinisch en Ambulant</t>
+    <t>&lt;p&gt;3.2.7. Veiligheidsmanagement (waaronder risicomanagement) specifiek per Klinisch.&lt;/p&gt;</t>
   </si>
   <si>
     <t>3.2.7. A. Binnen de Klinische Forensische zorg wordt het veiligheidsmanagement afgestemd op en (waar sprake is van beveiligingsniveaus) ingepast binnen het geldende beveiligingsniveau.</t>
-  </si>
-[...1 lines deleted...]
-    <t>3.2.7. B. Binnen de Ambulante setting is het nodig om met een veiligheidsplan te werken als er sprake is van een hoge kans op recidive (eventueel veroorzaakt door acute risicofactoren), indien mogelijk met betrokkenheid van systeemleden.</t>
   </si>
   <si>
     <t>Professionele zorg</t>
   </si>
   <si>
     <t>3.1.1. D. Professionals werken aan een veilige en betrouwbare professionele relatie met de patiënt/cliënt. Dit draagt bij aan de motivatie van patiënt/cliënt en de professional creëert binnen het contact voldoende veiligheid waarin de patiënt/cliënt kritisch naar zichzelf kan kijken en nieuw gedrag kan aanleren. Dit is essentieel om tot een geslaagde behandeling/begeleiding te kunnen komen.</t>
   </si>
   <si>
     <t>Autonomie cliënt</t>
   </si>
   <si>
     <t>3.1.1. C. De patiënt/cliënt heeft (naar vermogen en rekening houdend met eventuele (verstandelijke) beperkingen) een actieve inbreng en eigen verantwoordelijkheid bij het opstellen en uitvoeren van het behandelplan/begeleidingsplan en het behalen van afgesproken doelen. De organisatie stimuleert dit, onder andere door patiënt/cliënt goed te informeren.</t>
   </si>
   <si>
     <t>3.1.1. E. De autonomie van de patiënt/cliënt wordt zo lang mogelijk en zo goed mogelijk gewaarborgd. Onvrijwillige zorg wordt zo min mogelijk ingezet. Wanneer wel nodig, dan wordt inzet van onvrijwillige zorg multidisciplinair afgewogen op doelmatigheid, proportionaliteit, subsidiariteit en veiligheid.</t>
   </si>
   <si>
     <t>Omgeving</t>
   </si>
   <si>
     <t>&lt;p&gt;3.2.8. Het leefklimaat vormt een belangrijk onderdeel van de behandeling/begeleiding binnen de klinische- en verblijfssetting.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Pijler 3.12: Professional - Borgen van de randvoorwaarden vanuit de organisatie&lt;br /&gt;12) De organisatie heeft de randvoorwaarden op orde die ervoor zorgen dat professionals herstelondersteunende zorg kunnen leveren, waarbij:&lt;br /&gt;f) de locatie waar de woonzorg wordt geboden geschikt is voor de cli&amp;euml;nten en de woonzorg die geboden wordt&lt;/p&gt;</t>
   </si>
@@ -526,60 +523,60 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D35"/>
+  <dimension ref="A1:D34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="616.849" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="752.531" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="796.234" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="520.159" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
@@ -637,264 +634,256 @@
       <c r="A8" t="s">
         <v>4</v>
       </c>
       <c r="B8" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>4</v>
       </c>
       <c r="B9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>4</v>
       </c>
       <c r="B10" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>4</v>
+        <v>17</v>
       </c>
       <c r="B11" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B12" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B13" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B14" t="s">
-        <v>22</v>
+        <v>23</v>
+      </c>
+      <c r="D14" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B15" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="D15" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B16" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B17" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="B18" t="s">
-        <v>28</v>
+        <v>29</v>
+      </c>
+      <c r="D18" t="s">
+        <v>30</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B19" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D19" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B20" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B21" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B22" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B23" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B24" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B25" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="B26" t="s">
-        <v>40</v>
+        <v>41</v>
+      </c>
+      <c r="D26" t="s">
+        <v>42</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B27" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="D27" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B28" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>41</v>
+        <v>4</v>
       </c>
       <c r="B29" t="s">
         <v>45</v>
       </c>
+      <c r="D29" t="s">
+        <v>46</v>
+      </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>4</v>
       </c>
       <c r="B30" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="D30" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>4</v>
       </c>
       <c r="B31" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>4</v>
       </c>
       <c r="B32" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>4</v>
       </c>
       <c r="B33" t="s">
         <v>50</v>
       </c>
+      <c r="C33" t="s">
+        <v>51</v>
+      </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>4</v>
       </c>
       <c r="B34" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="C34" t="s">
         <v>52</v>
-      </c>
-[...6 lines deleted...]
-        <v>53</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">