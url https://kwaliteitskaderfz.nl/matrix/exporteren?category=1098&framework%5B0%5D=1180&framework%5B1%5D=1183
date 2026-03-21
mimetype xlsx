--- v0 (2025-11-04)
+++ v1 (2026-03-21)
@@ -12,101 +12,98 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Trefwoord</t>
   </si>
   <si>
     <t>Kwaliteitskader FZ</t>
   </si>
   <si>
     <t>Kwaliteitskompas Gehandicaptenzorg (KKGHZ)</t>
   </si>
   <si>
     <t>Kwaliteitskader zorglandbouw (KKZLB)</t>
   </si>
   <si>
     <t>Veiligheid en zorg</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.1 Bij de behandeling/begeleiding van de pati&amp;euml;nt/cli&amp;euml;nt staat de balans tussen veiligheid en persoonsgerichte zorg centraal.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Hoofdstuk 1: Visie op kwaliteit Professionals ondersteunen mensen met een beperking bij het invullen van hun leven, in het rekening houden met de vrijheid en veiligheid van zichzelf en de anderen in de omgeving&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;4.1 Ook het inventariseren van de persoonlijke risico's en voorwaarden op het gebied van veiligheid horen hierbij (verwijst naar: bepalen wat belangrijk is, aan welke doelen gewerkt wordt en hoe de kernwaarden invulling krijgen voor deze unieke deelnemer)&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.1. A. i)De behandeling/begeleiding is primair gericht op reductie van recidiverisico. i) Binnen de klinische en ambulante behandel setting wordt gewerkt met een model gericht op recidivereductie, zoals bijvoorbeeld het Risk-Need-Responsivity (RNR) principe21. Daarnaast wordt hierbij gebruik gemaakt van principes van kracht- en herstelgerichte zorg.&lt;/p&gt;</t>
   </si>
   <si>
     <t>3.1.1. A. ii) De behandeling/begeleiding is primair gericht op reductie van recidiverisico. ii) Voor alle ambulante begeleiding en alle verblijfszorg (begeleid wonen) wordt in ieder geval gebruik gemaakt van principes van kracht- en herstelgerichte zorg, waarbij begeleiders de risicofactoren betrekken in hun begeleiding.</t>
   </si>
   <si>
     <t>3.1.1. B. Wanneer veiligheid en persoonsgerichte zorg in tegenspraak zijn met elkaar, weegt veiligheid zwaarder in de afweging.</t>
   </si>
   <si>
     <t>3.1.2. Veiligheidsmanagement(waaronder risicomanagement) is een integraal onderdeel van de Forensische Zorg.</t>
   </si>
   <si>
-    <t>&lt;p&gt;3.1.2. A. Voor iedere pati&amp;euml;nt/cli&amp;euml;nt wordt een risicotaxatie uitgevoerd middels een erkend instrument. Op basis van de uitkomsten wordt, waar ge&amp;iuml;ndiceerd of waar nodig, een (vroeg) signaleringsplan opgesteld. Risicotaxatie en een signaleringsplan (en waar van toepassing een terugvalpreventieplan) vormen een integraal onderdeel van het behandelplan/begeleidingsplan.&lt;/p&gt;</t>
+    <t>&lt;p&gt;3.1.2. A. Voor iedere pati&amp;euml;nt/cli&amp;euml;nt wordt een risicotaxatie uitgevoerd middels een erkend instrument. Op basis van de uitkomsten wordt, waar ge&amp;iuml;ndiceerd of waar nodig, een (vroeg) signaleringsplan opgesteld. Risicotaxatie en een signaleringsplan (en waar van toepassing een terugvalpreventieplan) vormen een integraal onderdeel van het behandelplan/begeleidingsplan. Voor de ambulante setting wordt voorafgaand aan het werken met een signaleringsplan/terugvalpreventieplan een veiligheidsplan opgesteld, waarin aandacht is voor acute risicofactoren, indien mogelijk met betrokkenheid van persoonlijk netwerk.&amp;nbsp;&lt;/p&gt;</t>
   </si>
   <si>
     <t>3.1.2. B. De delictanalyse wordt voor alle patiënten/cliënten binnen de Forensisch Psychiatrische Centra (FPC’s) ingezet. Voor de Overige Forensische Zorg (OFZ) geldt dat de organisatie beleid heeft bij welke patiënten/cliënten men wel of geen en wanneer een delictanalyse inzet. Het behandelplan/begeleidingsplan wordt mede opgesteld naar aanleiding van de, indien afgenomen, delictanalyse. Voor de delictanalyse wordt gebruik gemaakt van de methode die onder het programma Kwaliteit Forensische Zorg (KFZ) is ontwikkeld.</t>
   </si>
   <si>
-    <t>3.2.7. Veiligheidsmanagement (waaronder risicomanagement) specifiek per Klinisch en Ambulant</t>
+    <t>&lt;p&gt;3.2.7. Veiligheidsmanagement (waaronder risicomanagement) specifiek per Klinisch.&lt;/p&gt;</t>
   </si>
   <si>
     <t>3.2.7. A. Binnen de Klinische Forensische zorg wordt het veiligheidsmanagement afgestemd op en (waar sprake is van beveiligingsniveaus) ingepast binnen het geldende beveiligingsniveau.</t>
-  </si>
-[...1 lines deleted...]
-    <t>3.2.7. B. Binnen de Ambulante setting is het nodig om met een veiligheidsplan te werken als er sprake is van een hoge kans op recidive (eventueel veroorzaakt door acute risicofactoren), indien mogelijk met betrokkenheid van systeemleden.</t>
   </si>
   <si>
     <t>Professionele zorg</t>
   </si>
   <si>
     <t>3.1.1. D. Professionals werken aan een veilige en betrouwbare professionele relatie met de patiënt/cliënt. Dit draagt bij aan de motivatie van patiënt/cliënt en de professional creëert binnen het contact voldoende veiligheid waarin de patiënt/cliënt kritisch naar zichzelf kan kijken en nieuw gedrag kan aanleren. Dit is essentieel om tot een geslaagde behandeling/begeleiding te kunnen komen.</t>
   </si>
   <si>
     <t>Autonomie cliënt</t>
   </si>
   <si>
     <t>3.1.1. C. De patiënt/cliënt heeft (naar vermogen en rekening houdend met eventuele (verstandelijke) beperkingen) een actieve inbreng en eigen verantwoordelijkheid bij het opstellen en uitvoeren van het behandelplan/begeleidingsplan en het behalen van afgesproken doelen. De organisatie stimuleert dit, onder andere door patiënt/cliënt goed te informeren.</t>
   </si>
   <si>
     <t>3.1.1. E. De autonomie van de patiënt/cliënt wordt zo lang mogelijk en zo goed mogelijk gewaarborgd. Onvrijwillige zorg wordt zo min mogelijk ingezet. Wanneer wel nodig, dan wordt inzet van onvrijwillige zorg multidisciplinair afgewogen op doelmatigheid, proportionaliteit, subsidiariteit en veiligheid.</t>
   </si>
   <si>
     <t>Omgeving</t>
   </si>
   <si>
     <t>&lt;p&gt;3.2.8. Het leefklimaat vormt een belangrijk onderdeel van de behandeling/begeleiding binnen de klinische- en verblijfssetting.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Hoofdstuk 1: Visie op kwaliteit&lt;/p&gt;
 &lt;p&gt;Voorwaarde voor kwaliteit (bij de visie): Een omgeving die veiligheid voor mensen met een beperking bevordert op fysiek, sociaal en emotioneel vlak.&lt;/p&gt;</t>
@@ -515,60 +512,60 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D35"/>
+  <dimension ref="A1:D34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="616.849" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="752.531" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="454.032" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="462.316" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
@@ -623,258 +620,250 @@
       <c r="A8" t="s">
         <v>4</v>
       </c>
       <c r="B8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>4</v>
       </c>
       <c r="B9" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>4</v>
       </c>
       <c r="B10" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="B11" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B12" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B13" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B14" t="s">
-        <v>21</v>
+        <v>22</v>
+      </c>
+      <c r="C14" t="s">
+        <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B15" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="C15" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B16" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B17" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B18" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B19" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B20" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B21" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B22" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B23" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B24" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B25" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="B26" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B27" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B28" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>38</v>
+        <v>4</v>
       </c>
       <c r="B29" t="s">
         <v>41</v>
       </c>
+      <c r="C29" t="s">
+        <v>42</v>
+      </c>
+      <c r="D29" t="s">
+        <v>43</v>
+      </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>4</v>
       </c>
       <c r="B30" t="s">
-        <v>42</v>
-[...4 lines deleted...]
-      <c r="D30" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>4</v>
       </c>
       <c r="B31" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>4</v>
       </c>
       <c r="B32" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>4</v>
       </c>
       <c r="B33" t="s">
         <v>47</v>
       </c>
+      <c r="D33" t="s">
+        <v>48</v>
+      </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>4</v>
       </c>
       <c r="B34" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="D34" t="s">
         <v>49</v>
-      </c>
-[...6 lines deleted...]
-        <v>50</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">