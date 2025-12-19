--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -12,72 +12,68 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="180">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="177">
   <si>
     <t>Trefwoord</t>
   </si>
   <si>
     <t>Kwaliteitskader FZ</t>
   </si>
   <si>
     <t>Netwerk</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.5. Het netwerk van de pati&amp;euml;nt/cli&amp;euml;nt wordt actief betrokken tijdens de behandeling en/of begeleiding.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.5. A. De behandeling/begeleiding is erop gericht om samen met de pati&amp;euml;nt/cli&amp;euml;nt zijn/haar omgeving zo in te richten dat hij/zij zich staande kan houden in de maatschappij. Het kan gaan om het betrekken van een bestaand (prosociaal) netwerk, het cre&amp;euml;ren van een nieuw netwerk en leren om weerbaarder te worden tegen eventuele negatieve invloeden. Er wordt gestreefd naar het hoogst haalbare in het betrekken van naasten met respect voor de wensen van de pati&amp;euml;nt/cli&amp;euml;nt en de naasten.&lt;/p&gt;</t>
   </si>
   <si>
-    <t>3.1.5. B. Naasten, en andere relevante systeemleden, van de patiënt/cliënt krijgen (tenzij er geen
-[...3 lines deleted...]
-iii) De afspraken omtrent bezoek.</t>
+    <t>&lt;p&gt;3.1.5. B. Naasten, en/of ander persoonlijk netwerk, van de pati&amp;euml;nt/cli&amp;euml;nt krijgen (tenzij er geen toestemming is van de pati&amp;euml;nt/cli&amp;euml;nt) uitleg over: i) De problematiek. ii) De behandeling/begeleiding. iii) De afspraken omtrent bezoek.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.5. C. Naasten van de pati&amp;euml;nt/cli&amp;euml;nt krijgen (tenzij zij zelf anders beslissen) uitleg en informatie over: i) Het forensische zorgsysteem. ii) Algemene informatie over (de gevolgen van) licht verstandelijke beperkingen, psychiatrische - en verslavingsproblematiek iii) Adviezen om zelf ondersteuning te krijgen (familieverenigingen en (eventueel) familie-ervaringsdeskundigen). iv) De mogelijkheid om een familievertrouwenspersoon in te schakelen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.5. C iii) Naasten van de pati&amp;euml;nt/cli&amp;euml;nt krijgen (tenzij zij zelf anders beslissen) uitleg en informatie over: Adviezen om zelf ondersteuning te krijgen (familieverenigingen en (eventueel) &lt;br /&gt;familie-ervaringsdeskundigen).&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.5. D. Gezien het grote belang van de invloed van het netwerk, wordt de pati&amp;euml;nt/cli&amp;euml;nt actief gemotiveerd om toestemming te geven zijn naasten te betrekken.&lt;/p&gt;</t>
   </si>
   <si>
     <t>(mede) zeggenschap</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.2. D. De organisatie is een lerende organisatie, waarin ervaringen van pati&amp;euml;nten/cli&amp;euml;nten/naasten en professionals worden meegenomen in de analyse en het verbeteren van de uitvoering.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.2. E. Resultaten van de tevredenheids- en/of ervaringsmetingen zijn vindbaar voor pati&amp;euml;nten/ cli&amp;euml;nten (en hun naasten) (bijvoorbeeld door publicatie in kwaliteitsverslag en/of op website) en worden met de betreffende professionals besproken (zowel uitkomsten van tevredenheidsen/ of ervaringsonderzoeken onder pati&amp;euml;nten/cli&amp;euml;nten/naasten als tevredenheids- en ervaringsonderzoeken onder professionals).&lt;/p&gt;</t>
   </si>
   <si>
     <t>5.1.5. De Forensische Zorg is expliciet vertegenwoordigd in de medezeggenschapsorganen.</t>
   </si>
   <si>
     <t>5.1.5. A. Iedere organisatie heeft conform de geldende wet- en regelgeving de medezeggenschap geregeld voor medewerkers (Ondernemingsraad), medische en professionele staf (bijvoorbeeld verpleegkundige-agogische adviesraad) en patiënten/cliënten (patiënten/cliëntenraad en voor de LVB-doelgroep aangevuld met een verwantenraad).</t>
   </si>
@@ -132,102 +128,99 @@
   <si>
     <t>&lt;p&gt;4.1.1. C. Professionals zetten in op het motiveren en opbouwend be&amp;iuml;nvloeden van pati&amp;euml;nten/cli&amp;euml;nten en zoeken daarbij aansluiting op de ervarings- en belevingswereld binnen de sociale context van de pati&amp;euml;nt/cli&amp;euml;nt.&lt;/p&gt;</t>
   </si>
   <si>
     <t>Externe communicatie en samenwerking</t>
   </si>
   <si>
     <t>&lt;p&gt;6.1.1. De organisatie werkt samen met andere organisaties binnen en buiten de Forensische Zorg om continu&amp;iuml;teit van zorg te realiseren.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;6.1.1. E. De organisatie werkt actief toe naar samenwerkingsverbanden met organisaties buiten de Forensische Zorg.&lt;/p&gt;</t>
   </si>
   <si>
     <t>6.1.1. B Overdracht is gericht op continuïteit van zorg met een optimale overdracht van informatie. De patiënt/cliënt is zoveel mogelijk betrokken bij zijn/haar overdracht. Tijdens het proces van overdracht wordt met elkaar afgesproken welke informatie (binnen de wettelijke kaders) wordt uitgewisseld bij de overdracht. Doel is om zorg te dragen voor een doelmatige en veilige zorg en de continuïteit van zorg.</t>
   </si>
   <si>
     <t>&lt;p&gt;6.1.1. C. De organisatie organiseert een &amp;ldquo;warme&amp;rdquo; overdracht. Indien mogelijk vindt kennismaking met de vervolgorganisatie plaats binnen de overdragende organisatie.&lt;/p&gt;</t>
   </si>
   <si>
     <t>6.1.1. D. Professionals stemmen inhoud en taal van de overdracht af om behandeling en begeleiding goed op elkaar te laten aansluiten. Waar mogelijk delen de organisaties informatie om dubbel werk te voorkomen (bijvoorbeeld dat de ene organisatie gebruik maakt van de delictanalyse van de andere organisatie en niet opnieuw zelf bij de patiënt/cliënt de delictanalyse gaat uitvoeren).</t>
   </si>
   <si>
     <t>&lt;p&gt;6.1.1. A. In het geval van stapelzorg wordt door betrokken partijen de co&amp;ouml;rdinerende rol afgesproken en professionals zorgen voor regelmatige afstemming van het behandel- en begeleidingsplan, waarbij men een gezamenlijk signaleringsplan opstelt.&lt;/p&gt;</t>
   </si>
   <si>
-    <t>6.1.1. F. Wanneer partijen er samen niet uit komen en problemen ontstaan in de kwaliteit, veiligheid en/of continuïteit van zorg, neemt de organisatie contact op met de inkoper binnen DJI om als opdrachtgever mee te denken.</t>
-[...2 lines deleted...]
-    <t>6.1.1. G. Indien reclassering betrokken is: Bij de uitvoering van de zorg wordt de driehoeksverhouding gehanteerd tussen de reclassering, patiënt/cliënt en behandelaren en/of begeleiders, waarbij alle partijen elkaar informeren (binnen de wettelijke kaders). De drie-partijenovereenkomst kan als middel worden gebruikt om de samenwerking te formaliseren.</t>
+    <t>&lt;p&gt;6.1.1. F. Wanneer partijen er samen niet uit komen en problemen ontstaan in de kwaliteit, veiligheid en/of continu&amp;iuml;teit van zorg, neemt de organisatie contact op met de aanbesteder binnen Forzo/JJI om als opdrachtgever mee te denken.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;6.1.1. G. Indien reclassering betrokken is: Bij de uitvoering van de zorg wordt de driehoeksverhouding gehanteerd tussen de reclassering, pati&amp;euml;nt/cli&amp;euml;nt en behandelaren en/of begeleiders, waarbij alle partijen elkaar informeren (binnen de wettelijke kaders). Een driepartijenovereenkomst kan als middel worden gebruikt om de samenwerking te formaliseren.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;6.1.1. H. De organisatie heeft aandacht voor de doelen gericht op uitstroom en nazorg (zoals dagbesteding, financi&amp;euml;n, wonen, sociaal netwerk, relatie) en er wordt actie ondernomen om deze doelen na te streven.&lt;/p&gt;</t>
   </si>
   <si>
     <t>6.1.1. I. Indien van toepassing heeft de organisatie (met het oog op de continuïteit van zorg) contact met de geëigende partijen zoals reguliere GGZ, zorg, veiligheidshuis en gemeente (bijvoorbeeld over voortzetting van het traject binnen de Wmo) over de voortzetting van trajecten binnen de reguliere zorg bij aflopen van de strafrechtelijke titel.</t>
   </si>
   <si>
     <t>6.1.2. De organisatie is onderdeel van een lerend netwerk met andere organisaties, die onderdeel zijn van de forensische keten.</t>
   </si>
   <si>
-    <t>&lt;p&gt;6.1.2. A. De organisatie sluit aan op reeds binnen de sector ontwikkelde (lerende) netwerken en expertisenetwerken (peer reviews) en/of werken actief en aantoonbaar toe naar deelname en/ of cre&amp;euml;ren zelf een lerend netwerk met andere organisaties binnen de forensische keten. De definities en eisen aan de kwaliteitsnetwerken zijn gedefinieerd in de methodiekomschrijving, zie &lt;a href="http://www.kwaliteitsnetwerken.nl."&gt;www.kwaliteitsnetwerken.nl. &lt;/a&gt;&lt;/p&gt;
+    <t>&lt;p&gt;6.1.2. A. De organisatie sluit aan op reeds binnen de sector ontwikkelde (lerende) netwerken en expertisenetwerken (peer reviews) en/of werken actief en aantoonbaar toe naar deelname en/ of cre&amp;euml;ren zelf een lerend netwerk met andere organisaties binnen de forensische keten.&amp;nbsp;&lt;/p&gt;
 &lt;p&gt;7.1.2. B. De organisatie bespreekt het kwaliteitsverslag breed binnen de organisatie en buitende de organisatie in het lerend netwerk. Doel hiervan is dat organisaties een cyclus in gaan waarin continu reflecteren, leren en verbeteren centraal staat. Op deze wijze wordt de lerende dialoog tussen de verschillende belanghebbenden binnen de organisatie en tussen de organisaties gevoed.&lt;/p&gt;</t>
   </si>
   <si>
     <t>6.1.2. B. De organisatie wisselt periodiek ervaringen uit met de netwerkpartners met als doel om te leren en te ontwikkelen. Transparantie, het delen van informatie, en het elkaar ondersteunen bij moeilijke casussen, stimuleert in gezamenlijkheid leren om zo de gehele sector naar een hoger kwaliteitsniveau te brengen.</t>
   </si>
   <si>
     <t>Omgeving</t>
   </si>
   <si>
     <t>&lt;p&gt;6.1.3. De organisatie heeft beleid en voert dat uit over hoe zij de maatschappij en de omgeving van de organisatie betrekt.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;6.1.3. A. De organisatie voert een actief beleid om de directe omgeving te informeren over haar werkzaamheden en het doel ervan. Voorlichting via website en aan de media hebben als doel om de publieke beeldvorming over de Forensische Zorg te verbeteren en stigmatisering te reduceren. Hierbij wordt zo veel mogelijk in begrijpelijke taal gecommuniceerd en wordt jargon voorkomen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;6.1.3. B. De organisatie heeft beleid over samenwerking met maatschappelijke organisaties, zoals: gemeente(n), politie, woningbouwverenigingen, schuldhulpverlening, werkgevers, maatschappelijke opvang organisaties, sportverenigingen, buurtverenigingen, geloofsgemeenschappen, et cetera.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;6.1.3. C. Binnen de organisatie zijn de verantwoordelijkheden duidelijk beschreven ten aanzien van de communicatie met de wijk, instanties, gemeente(n), de samenleving, de media, et cetera.&lt;/p&gt;</t>
   </si>
   <si>
     <t>Professionele verplichtingen</t>
   </si>
   <si>
     <t>&lt;p&gt;4.1.5. D. Professionals bewaken de grenzen van hun vakbekwaamheid. Wanneer die grens bereikt is, zorgen ze dat ze nauw samenwerken met een voor de handeling/taak bekwame collega/partner.&lt;/p&gt;</t>
   </si>
   <si>
     <t>Leerklimaat</t>
   </si>
   <si>
     <t>&lt;p&gt;4.1.7. B. De organisatie cre&amp;euml;ert en behoudt opleidingsplaatsen, stageplaatsen, leerwerkplaatsen, plaatsen voor (zij-)instromers, en samenwerking met ROC&amp;rsquo;s, hogescholen en universiteiten.&lt;/p&gt;</t>
   </si>
   <si>
-    <t>&lt;p&gt;4.1.7. D. De organisatie draagt bij aan de gezamenlijke arbeidsmarktaanpak zoals ontwikkeld door de Taskforce Forensische Zorg.&lt;/p&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>Innovatie</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.4. A. Landelijke ontwikkelingen en wetenschappelijk onderzoek worden gevolgd en, na afweging en waar mogelijk, ge&amp;iuml;mplementeerd. Hierbij wordt aansluiting gezocht met bijvoorbeeld collega-instellingen, het Wetenschappelijk Onderzoek- en Documentatiecentrum (WODC), universiteiten, lectoraten, Hbo-instellingen, het Expertisecentrum Forensische Psychiatrie (EFP) en KFZ, om onder andere het delen van kennis en informatie te bewerkstelligen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>Kwaliteitsmanagement</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.2. G. De organisatie toetst jaarlijks de werking van het kwaliteit- en veiligheidsmanagementsysteem. Voorbeelden van instrumenten hiervoor zijn: directie- of systeembeoordeling, kwaliteitsvisitaties en/of een kwaliteitscertificering.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.1. De organisatie zorgt voor een veilig werk- en leefklimaat.&lt;/p&gt;</t>
   </si>
   <si>
     <t>Veiligheid en zorg</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.1. A. Professionals voelen zich veilig en ondersteund door hun team en de organisatie waar zij werkzaam voor zijn. Er is aandacht voor intervisie, reflectie en verandering.&lt;/p&gt;</t>
   </si>
   <si>
     <t>5.1.1. B. Bij incidenten gericht op de professional voelt deze zich ondersteund door de organisatie.</t>
   </si>
   <si>
     <t>5.1.1. C. De veiligheidsprotocollen zijn bekend bij de professionals, worden toegepast en worden open en kritisch besproken.</t>
@@ -265,60 +258,60 @@
   <si>
     <t>5.1.3. C. De organisatie draagt samen met de professionals bij aan het verminderen van administratieve lasten.</t>
   </si>
   <si>
     <t>5.1.3. D. De organisatie heeft een visie op hoe zij invulling willen geven aan duurzaamheid binnen de organisatie.</t>
   </si>
   <si>
     <t>5.1.3. E. De organisatie heeft een professioneel statuut.</t>
   </si>
   <si>
     <t>5.1.3. F. De organisatie werkt volgens de afspraken van de geldende Governancecode Zorg.</t>
   </si>
   <si>
     <t>5.1.3. G. De organisatie heeft, indien de organisatie ook andere typen dienstverlening heeft, binnen a t/m e binnen dit kwaliteitsaspect specifiek aandacht voor de Forensische Zorg.</t>
   </si>
   <si>
     <t>5.1.4. De organisatie draagt (waar mogelijk) bij aan wetenschappelijk onderzoek, innovatie en implementatie.</t>
   </si>
   <si>
     <t>5.1.4. A. Landelijke ontwikkelingen en wetenschappelijk onderzoek worden gevolgd en, na afweging en waar mogelijk, geïmplementeerd. Hierbij wordt aansluiting gezocht met bijvoorbeeld collega-instellingen, het Wetenschappelijk Onderzoek- en Documentatiecentrum (WODC), universiteiten, lectoraten, Hbo-instellingen, het Expertisecentrum Forensische Psychiatrie (EFP) en KFZ, om onder andere het delen van kennis en informatie te bewerkstelligen.</t>
   </si>
   <si>
     <t>5.1.4. B. Waar mogelijk voert de organisatie zelf wetenschappelijk onderzoek uit op het gebied van de Forensische Zorg.</t>
   </si>
   <si>
-    <t>5.1.4. C. De organisatie zoekt actief naar mogelijkheden om te innoveren, bijvoorbeeld door middel van leren van data, eHealth en technologie.</t>
+    <t>&lt;p&gt;5.1.4. C. De organisatie zoekt actief naar mogelijkheden om te innoveren.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.5. A. Iedere organisatie heeft conform de geldende wet- en regelgeving de medezeggenschap geregeld voor medewerkers (Ondernemingsraad), medische en professionele staf (bijvoorbeeld verpleegkundige-agogische adviesraad) en pati&amp;euml;nten/cli&amp;euml;nten (pati&amp;euml;nten/cli&amp;euml;ntenraad en voor de LVB-doelgroep aangevuld met een verwantenraad).&lt;/p&gt;</t>
   </si>
   <si>
     <t>5.1.5. B. Organisaties die naast Forensische Zorg ook andere typen dienstverlening hebben, dragen zorg voor evenredige vertegenwoordiging van betrokkenen vanuit de Forensische Zorg.</t>
   </si>
   <si>
-    <t>&lt;p&gt;4.1.3. C. De organisatie heeft een visie en beleid over hoe geschoolde ervaringsdeskundigen ingezet worden binnen de Forensische Zorg, waarin antwoord wordt gegeven op vraagstukken zoals opleiding, positionering, verklaring omtrent gedrag (VOG) problematiek, rechten en plichten. Wanneer ervaringsdeskundigen worden ingezet zijn zij onderdeel van het multidisciplinair behandel-/begeleidingsteam.&lt;/p&gt;</t>
+    <t>&lt;p&gt;4.1.3. C. De organisatie heeft een visie en beleid over de inzet van ervaringsdeskundigheid binnen de organisatie.&lt;/p&gt;</t>
   </si>
   <si>
     <t>Vakbekwaamheid</t>
   </si>
   <si>
     <t>&lt;p&gt;4.1.1. De professionals in de Forensische Zorg hebben een professionele grondhouding.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;4.1.1. A. Professionals gaan respectvol om met pati&amp;euml;nten/cli&amp;euml;nten, zowel in verbale als non-verbale communicatie.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;4.1.1. D. Professionals zijn zich bewust van hun eigen normen en waarden en zij kunnen deze professioneel hanteren. Professionals kunnen reflecteren op eigen gedrag en ervaringen en zij zijn in staat om dit bespreekbaar maken.&lt;/p&gt;
 &lt;p&gt;4.1.6. Binnen de organisatie is tijd, ruimte en openheid om continu te leren, te reflecteren en te ontwikkelen.&lt;/p&gt;
 &lt;p&gt;4.1.6. A. De organisatie zorgt dat voor iedere professional voldoende tijd en ruimte is om te leren en zich te ontwikkelen. De organisatie cre&amp;euml;ert hiervoor een cultuur die leren en reflecteren stimuleert en waar professionals zich ten opzichte van elkaar kwetsbaar kunnen opstellen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;4.1.2. De professional werkt methodisch en volgens (zorg)standaarden.&lt;/p&gt;
 &lt;p&gt;4.1.2. A. Om tot een optimaal behandel- en/of begeleidingsresultaat te komen, werken zorgprofessionals per setting volgens de daar geldende methoden, modules en richtlijnen, zo veel als mogelijk &amp;lsquo;evidence- based&amp;rsquo;, dan wel volgens &amp;lsquo;good clinical practice&amp;rsquo; en, waar mogelijk, volgens de laatste (wetenschappelijke) inzichten in relatie tot de doelgroep. De zorgstandaarden en generieke modules die bij het ZiNL gedeponeerd zijn geven de richting en zijn de basis voor de Forensische Zorg.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;4.1.6. B. De organisatie heeft een actueel beleid voor vakmanschap ontwikkeling en scholing van professionals met bijbehorend budget en een daarop passend plan (desgewenst als integraal onderdeel van het jaarplan). De organisatie baseert zich hierbij op de uitgangspunten van het Programma Forensisch Vakmanschap en zet zich aantoonbaar in om de gestelde doelen te behalen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;4.1.6. Binnen de organisatie is tijd, ruimte en openheid om continu te leren, te reflecteren en te ontwikkelen.&lt;/p&gt;
 &lt;p&gt;4.1.6. A. De organisatie zorgt dat voor iedere professional voldoende tijd en ruimte is om te leren en zich te ontwikkelen. De organisatie cre&amp;euml;ert hiervoor een cultuur die leren en reflecteren stimuleert en waar professionals zich ten opzichte van elkaar kwetsbaar kunnen opstellen.&lt;/p&gt;
@@ -334,175 +327,168 @@
   </si>
   <si>
     <t>4.1.2. B. De professional handelt in lijn met de voor de sector beschikbare (zorg)standaarden en multidisciplinaire richtlijnen. Wanneer de professional daarvan afwijkt, motiveert hij/zij dit zorgvuldig met behulp van door de sector en/of professie erkende argumenten.</t>
   </si>
   <si>
     <t>&lt;p&gt;4.1.3. De professional werkt in een multidisciplinair team en draagt daar vanuit eigen expertise aan bij.&lt;/p&gt;
 &lt;p&gt;4.1.3. A. Binnen de Forensische Zorg wordt bij voorkeur gewerkt in een multidisciplinair team, waarbij iedereen, vanuit zijn/haar eigen professie, een bijdrage levert aan het eindresultaat.&lt;/p&gt;
 &lt;p&gt;4.1.3. B. Afstemming en samenwerking is de regel, en men kan in vertrouwen elkaar aanspreken op gemaakte afspraken.&lt;/p&gt;</t>
   </si>
   <si>
     <t>4.1.4. De professional houdt zich aan de professionele standaard, die bestaat uit vakinhoudelijke standaarden, beroepsethische normen en veldnormen.</t>
   </si>
   <si>
     <t>&lt;p&gt;4.1.4. A. De professional houdt zich aan vakinhoudelijke standaarden, zoals methodieken, gevalideerde instrumenten en richtlijnen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;4.1.4. B. De professional houdt zich aan de voor zijn/haar beroep geldende beroepsethische normen, onder andere vastgelegd in de beroepscodes (o.a. NIP, BPSW, V&amp;amp;VN, NVvP) en verfijnd/ aangevuld in jurisprudentie vanuit het tuchtrecht.&lt;/p&gt;</t>
   </si>
   <si>
     <t>4.1.4. C. De professional houdt zich aan de binnen de organisatie geldende gedragscodes en kwaliteitsdocumenten (zoals zorgprogrammering) die in de sector of branche ontwikkeld zijn.</t>
   </si>
   <si>
     <t>4.1.5. De professionals die werkzaam zijn binnen de Forensische Zorg zijn bevoegd en vakbekwaam.</t>
   </si>
   <si>
-    <t>4.1.5. A. Professionals onderhouden hun vakkennis op basis van de vastgestelde competenties en leerdoelen, zoals ontwikkeld binnen het Programma Forensisch Vakmanschap.</t>
+    <t>&lt;p&gt;4.1.5. A. Professionals onderhouden hun vakkennis (bijvoorbeeld met behulp van het Forensisch Vakmanschap) passend bij hun functie, competenties en leerdoelen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>4.1.5. B. De professionals, voor wie dat van toepassing is, staan ingeschreven in het kwaliteitsregister van hun beroepsgroep, houden accreditatiepunten bij indien vereist vanuit hun titel en hebben indien van toepassing een geldige BIG-registratie.</t>
   </si>
   <si>
     <t>4.1.5. C. Professionals leren en ontwikkelen van en met elkaar. Bijvoorbeeld door middel van feedback, casuïstiekbespreking, supervisie, intervisie, (team-)reflectie, werkbegeleiding en scholing.</t>
   </si>
   <si>
     <t>4.1.5. D. Professionals bewaken de grenzen van hun vakbekwaamheid. Wanneer die grens bereikt is, zorgen ze dat ze nauw samenwerken met een voor de handeling/taak bekwame collega/partner.</t>
   </si>
   <si>
     <t>4.1.5. E. Professionals zijn in beginsel verantwoordelijk voor hun eigen handelen.</t>
   </si>
   <si>
     <t>4.1.5. F. Professionals die nog in opleiding en/of niet volledig vakbekwaam zijn, worden begeleid door een bevoegde en bekwame professional.</t>
   </si>
   <si>
     <t>4.1.6. C. Voor organisaties die naast Forensische Zorg ook andere typen dienstverlening hebben, is het van belang dat zij op het gebied van forensische aspecten hun professionals ontwikkelen.</t>
   </si>
   <si>
     <t>4.1.7. De organisatie draagt bij (in verhouding tot haar volume) aan het aantrekkelijk zijn en blijven van de sector op de arbeidsmarkt.</t>
   </si>
   <si>
     <t>4.1.7. A. Nieuwe medewerkers krijgen bij indiensttreding een inwerkprogramma, zodat zij bekwaamheid in de Forensische Zorg kunnen opbouwen.</t>
   </si>
   <si>
     <t>4.1.7. B. De organisatie creëert en behoudt opleidingsplaatsen, stageplaatsen, leerwerkplaatsen, plaatsen voor (zij-)instromers, en samenwerking met ROC’s, hogescholen en universiteiten.</t>
   </si>
   <si>
     <t>4.1.7. C. De organisatie heeft voldoende ontwikkelingsmogelijkheden voor forensische professionals.</t>
   </si>
   <si>
-    <t>4.1.7. D. De organisatie draagt bij aan de gezamenlijke arbeidsmarktaanpak zoals ontwikkeld door de Taskforce Forensische Zorg.</t>
-[...1 lines deleted...]
-  <si>
     <t>4.1.5. G. Het is de verantwoordelijkheid van de bekwame professional om de nog niet volledig bekwame professional adequaat te begeleiden en te ondersteunen.</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.4. De organisatie draagt (waar mogelijk) bij aan wetenschappelijk onderzoek, innovatie en implementatie.&lt;/p&gt;</t>
   </si>
   <si>
+    <t>&lt;p&gt;4.1.3. C. De organisatie heeft een visie en beleid over de inzet van ervaringsdeskundigheid binnen de organisatie.&amp;nbsp;&lt;/p&gt;</t>
+  </si>
+  <si>
     <t>&lt;p&gt;3.2.8. D. Sensitiviteit en transparantie van behandelaren/begeleiders zorgt voor aansluiting bij de pati&amp;euml;nt/ cli&amp;euml;nt en draagt daarmee bij aan het cre&amp;euml;ren van een leefklimaat dat ondersteunend is aan de behandel-/begeleidingsdoelen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.2.8. A. In de klinische- en verblijfssetting is de pati&amp;euml;nt/cli&amp;euml;nt voor het grootste deel van de week in zijn/ haar eigen verblijf of op de groep. Professionals op de groep leveren vanuit hun handelen een bijdrage aan de behandeling en begeleiding van de pati&amp;euml;nt/cli&amp;euml;nt.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.2.8. B. Binnen de klinische setting zijn sociotherapeuten op de afdeling en behandelaren op de hoogte van gezamenlijke leerdoelen van pati&amp;euml;nten/cli&amp;euml;nten en afspraken. Richting de pati&amp;euml;nt/cli&amp;euml;nt gebruiken zij zo veel mogelijk dezelfde taal en dezelfde boodschap. Verslaglegging is gericht op de beschreven doelen en risicofactoren, zoals benoemd in het behandelplan.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.2.8. C. Binnen de verblijfssetting is het voor begeleiders op de afdeling noodzakelijk dat zij allen op de hoogte zijn van de begeleidingsdoelen en dat zij de behandeldoelen kennen zoals die in het behandelplan van de behandelaar (vaak vanuit een andere organisatie) geformuleerd zijn. Deze zijn zo goed mogelijk op elkaar afgestemd.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.2.9. A. De organisatie heeft voor de beveiligingsniveaus die zij aanbiedt een beleid voor het toekennen van vrijheden en verloven vertaald naar praktische handvatten voor professionals en in begrijpelijke taal voor de pati&amp;euml;nt/cli&amp;euml;nt. Bijvoorbeeld afspraken over wat al dan niet multidisciplinair besloten moet worden alsmede het al dan niet inzetten van een onafhankelijke commissie voor het toekennen van vrijheden en verloven.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.1. C. De veiligheidsprotocollen zijn bekend bij de professionals, worden toegepast en worden open en kritisch besproken.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.2. De organisatie heeft een werkend kwaliteit- en veiligheidsmanagementsysteem.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;7.1. De organisatie heeft een meerjarenplan waarin beschreven wordt hoe de organisatie de kwaliteitsaspecten genoemd in dit Kwaliteitskader beoogt te implementeren. De organisatie actualiseert het meerjarenplan minimaal jaarlijks. Het meerjarenplan is vormvrij en mag desgewenst ge&amp;iuml;ntegreerd worden met andere meerjarenplannen van de organisatie.&lt;/p&gt;</t>
   </si>
   <si>
-    <t>&lt;p&gt;7.1.1. A. De organisatie stelt het meerjarenplan op in afstemming met een vertegenwoordiging van pati&amp;euml;nten/cli&amp;euml;nten (eventueel in een pati&amp;euml;nten/cli&amp;euml;nten- of verwantenraad), en medische en professionele staf (bijvoorbeeld vertegenwoordiging in een verpleegkundig-agogische adviesraad). Daarnaast bespreekt de organisatie het meerjarenplan binnen het lerend netwerkt. Doel hiervan is om samen doelen te stellen en te leren.&lt;/p&gt;</t>
-[...2 lines deleted...]
-    <t>&lt;p&gt;7.1.1. B. Het eerste meerjarenplan is uiterlijk 31-05-2023 gereed.&lt;/p&gt;</t>
+    <t>&lt;p&gt;7.1.1. A. De organisatie stelt het meerjarenplan op in afstemming met een vertegenwoordiging van pati&amp;euml;nten/cli&amp;euml;nten (eventueel in een pati&amp;euml;nten/cli&amp;euml;nten- of verwantenraad), en medische en professionele staf (bijvoorbeeld vertegenwoordiging in een verpleegkundig-agogische adviesraad). Daarnaast bespreekt de organisatie het meerjarenplan binnen het lerend netwerk. Doel hiervan is om samen doelen te stellen en te leren.&lt;/p&gt;</t>
   </si>
   <si>
     <t>Rapportage</t>
   </si>
   <si>
     <t>&lt;p&gt;7.1.2. De organisatie stelt per kalenderjaar een kwaliteitsverslag op of integreert de verslaglegging over kwaliteit in een ander (reeds bestaand) kwaliteits- of jaarverslag.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;7.1.2. A. Door middel van het kwaliteitsverslag maken organisaties transparant waar ze staan met betrekking tot de implementatie van de kwaliteitsaspecten. Vanuit eigen reflectie, en in afstemming met pati&amp;euml;nten/ cli&amp;euml;nten (al dan niet via een pati&amp;euml;nten-/cli&amp;euml;nten-/verwantenraad) en medische en professionele staf (bijvoorbeeld via een verpleegkundig- agogische adviesraad), wordt beschreven wat is gerealiseerd en waar de organisatie nog op zal ontwikkelen.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;7.1.2. C. In het kwaliteitsverslag komen minimaal onderstaande onderdelen terug. Wanneer het kwaliteitsverslag integraal onderdeel is van een ander kwaliteits- of jaarverslag, moeten onderstaande onderdelen, voor de geleverde Forensische Zorg herkenbaar en expliciet benoemd worden: i) Visie van de organisatie op het gebied van de Forensische Zorg. ii) Algemene informatie over de geleverde Forensische Zorg: (1) Type Forensische Zorg die de organisatie levert (settings, beveiligingsniveaus). (2) Aantal pati&amp;euml;nten/cli&amp;euml;nten op peildatum 31 december van het betreffende kalenderjaar. (3) Percentage Forensische Zorg (gefinancierd door DJI) ten opzichte van anders gefinancierde zorg (inclusief vrijwillige Forensische Zorg vallend onder de Zvw) in aantal pati&amp;euml;nten/cli&amp;euml;nten op 31 december van het betreffende kalenderjaar. iii) Voor de pijlers 1 t/m 4 geeft de organisatie in het kwaliteitsverslag een samenvatting van de behaalde resultaten en de huidige stand van zaken. Het beschrijft per pijler minimaal: (1) Een algemeen beeld van de mate waarin de organisatie wel of niet voldoet aan de kwaliteitsaspecten die onder deze pijler in dit Kwaliteitskader genoemd staan. (2) Een reflectie op de behaalde resultaten binnen deze pijler in het kalenderjaar waarover verslaglegging plaatsvindt. Hierbij is aandacht voor de successen en de aandachtspunten. De organisatie reflecteert aan de gestelde doelen in het eigen meerjarenplan (zie kwaliteitsaspect 1 in pijler 5). (3) De ontwikkelpunten voor het komend kalenderjaar binnen de pijler. iv) De binnen de setting afgesproken prestatie-indicatoren krijgen een plek in het jaarverslag. Naast de &amp;lsquo;cijfers&amp;rsquo; geeft de organisatie een kwalitatieve toelichting op de cijfers.&lt;/p&gt;</t>
   </si>
   <si>
     <t>7.1.2. B. De organisatie bespreekt het kwaliteitsverslag breed binnen de organisatie en buitende de organisatie in het lerend netwerk. Doel hiervan is dat organisaties een cyclus in gaan waarin continu reflecteren, leren en verbeteren centraal staat. Op deze wijze wordt de lerende dialoog tussen de verschillende belanghebbenden binnen de organisatie en tussen de organisaties gevoed.</t>
   </si>
   <si>
-    <t>7.1.2. D. Het kwaliteitsverslag is uiterlijk 31 mei van het volgende kalenderjaar gereed. Het eerste kwaliteitsverslag dient gemaakt te worden over het kalenderjaar 2022. Omdat het eerste verslagjaar een looptijd heeft van enkele maanden wordt in het eerste kwaliteitsverslag
-verwacht van zorgaanbieders dat zij kunnen weergeven op welke wijze zij inhoud willen geven aan de implementatie op basis van het meerjarenplan.</t>
+    <t>&lt;p&gt;7.1.2. D. Het kwaliteitsverslag is uiterlijk 31 mei van het volgende kalenderjaar gereed.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;7.1.2. E. Het kwaliteitsverslag wordt gepubliceerd, in ieder geval op de website van de organisatie. Hiermee is het kwaliteitsverslag toegankelijk voor iedereen en daarmee wordt in een transparante informatieverstrekking aan de maatschappij en andere stakeholders voorzien. Het kwaliteitsverslag blijft minimaal 5 jaar openbaar toegankelijk.&lt;/p&gt;</t>
   </si>
   <si>
     <t>7.1.3. De organisatie levert indicatoren en gegevens aan volgens de geldende aanleververplichtingen. Het betreft onder andere (en alleen indien voor de setting van toepassing) de prestatieindicatoren zoals beschreven in de Gids prestatie-indicatoren forensische psychiatrie en de doelmatigheidsindicatoren voor de FPC’s zoals beschreven in de Handleiding bekostiging en verantwoording van DJI.</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.1 Bij de behandeling/begeleiding van de pati&amp;euml;nt/cli&amp;euml;nt staat de balans tussen veiligheid en persoonsgerichte zorg centraal.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.1. A. i)De behandeling/begeleiding is primair gericht op reductie van recidiverisico. i) Binnen de klinische en ambulante behandel setting wordt gewerkt met een model gericht op recidivereductie, zoals bijvoorbeeld het Risk-Need-Responsivity (RNR) principe21. Daarnaast wordt hierbij gebruik gemaakt van principes van kracht- en herstelgerichte zorg.&lt;/p&gt;</t>
   </si>
   <si>
     <t>3.1.1. A. ii) De behandeling/begeleiding is primair gericht op reductie van recidiverisico. ii) Voor alle ambulante begeleiding en alle verblijfszorg (begeleid wonen) wordt in ieder geval gebruik gemaakt van principes van kracht- en herstelgerichte zorg, waarbij begeleiders de risicofactoren betrekken in hun begeleiding.</t>
   </si>
   <si>
     <t>3.1.1. B. Wanneer veiligheid en persoonsgerichte zorg in tegenspraak zijn met elkaar, weegt veiligheid zwaarder in de afweging.</t>
   </si>
   <si>
     <t>3.1.2. Veiligheidsmanagement(waaronder risicomanagement) is een integraal onderdeel van de Forensische Zorg.</t>
   </si>
   <si>
-    <t>&lt;p&gt;3.1.2. A. Voor iedere pati&amp;euml;nt/cli&amp;euml;nt wordt een risicotaxatie uitgevoerd middels een erkend instrument. Op basis van de uitkomsten wordt, waar ge&amp;iuml;ndiceerd of waar nodig, een (vroeg) signaleringsplan opgesteld. Risicotaxatie en een signaleringsplan (en waar van toepassing een terugvalpreventieplan) vormen een integraal onderdeel van het behandelplan/begeleidingsplan.&lt;/p&gt;</t>
+    <t>&lt;p&gt;3.1.2. A. Voor iedere pati&amp;euml;nt/cli&amp;euml;nt wordt een risicotaxatie uitgevoerd middels een erkend instrument. Op basis van de uitkomsten wordt, waar ge&amp;iuml;ndiceerd of waar nodig, een (vroeg) signaleringsplan opgesteld. Risicotaxatie en een signaleringsplan (en waar van toepassing een terugvalpreventieplan) vormen een integraal onderdeel van het behandelplan/begeleidingsplan. Voor de ambulante setting wordt voorafgaand aan het werken met een signaleringsplan/terugvalpreventieplan een veiligheidsplan opgesteld, waarin aandacht is voor acute risicofactoren, indien mogelijk met betrokkenheid van persoonlijk netwerk.&amp;nbsp;&lt;/p&gt;</t>
   </si>
   <si>
     <t>3.1.2. B. De delictanalyse wordt voor alle patiënten/cliënten binnen de Forensisch Psychiatrische Centra (FPC’s) ingezet. Voor de Overige Forensische Zorg (OFZ) geldt dat de organisatie beleid heeft bij welke patiënten/cliënten men wel of geen en wanneer een delictanalyse inzet. Het behandelplan/begeleidingsplan wordt mede opgesteld naar aanleiding van de, indien afgenomen, delictanalyse. Voor de delictanalyse wordt gebruik gemaakt van de methode die onder het programma Kwaliteit Forensische Zorg (KFZ) is ontwikkeld.</t>
   </si>
   <si>
-    <t>3.2.7. Veiligheidsmanagement (waaronder risicomanagement) specifiek per Klinisch en Ambulant</t>
+    <t>&lt;p&gt;3.2.7. Veiligheidsmanagement (waaronder risicomanagement) specifiek per Klinisch.&lt;/p&gt;</t>
   </si>
   <si>
     <t>3.2.7. A. Binnen de Klinische Forensische zorg wordt het veiligheidsmanagement afgestemd op en (waar sprake is van beveiligingsniveaus) ingepast binnen het geldende beveiligingsniveau.</t>
-  </si>
-[...1 lines deleted...]
-    <t>3.2.7. B. Binnen de Ambulante setting is het nodig om met een veiligheidsplan te werken als er sprake is van een hoge kans op recidive (eventueel veroorzaakt door acute risicofactoren), indien mogelijk met betrokkenheid van systeemleden.</t>
   </si>
   <si>
     <t>3.1.1. D. Professionals werken aan een veilige en betrouwbare professionele relatie met de patiënt/cliënt. Dit draagt bij aan de motivatie van patiënt/cliënt en de professional creëert binnen het contact voldoende veiligheid waarin de patiënt/cliënt kritisch naar zichzelf kan kijken en nieuw gedrag kan aanleren. Dit is essentieel om tot een geslaagde behandeling/begeleiding te kunnen komen.</t>
   </si>
   <si>
     <t>3.1.1. C. De patiënt/cliënt heeft (naar vermogen en rekening houdend met eventuele (verstandelijke) beperkingen) een actieve inbreng en eigen verantwoordelijkheid bij het opstellen en uitvoeren van het behandelplan/begeleidingsplan en het behalen van afgesproken doelen. De organisatie stimuleert dit, onder andere door patiënt/cliënt goed te informeren.</t>
   </si>
   <si>
     <t>3.1.1. E. De autonomie van de patiënt/cliënt wordt zo lang mogelijk en zo goed mogelijk gewaarborgd. Onvrijwillige zorg wordt zo min mogelijk ingezet. Wanneer wel nodig, dan wordt inzet van onvrijwillige zorg multidisciplinair afgewogen op doelmatigheid, proportionaliteit, subsidiariteit en veiligheid.</t>
   </si>
   <si>
     <t>&lt;p&gt;3.2.8. Het leefklimaat vormt een belangrijk onderdeel van de behandeling/begeleiding binnen de klinische- en verblijfssetting.&lt;/p&gt;</t>
   </si>
   <si>
     <t>3.2.8. A. In de klinische- en verblijfssetting is de patiënt/cliënt voor het grootste deel van de week in zijn/ haar eigen verblijf of op de groep. Professionals op de groep leveren vanuit hun handelen een bijdrage aan de behandeling en begeleiding van de patiënt/cliënt.</t>
   </si>
   <si>
     <t>3.2.8. D. Sensitiviteit en transparantie van behandelaren/begeleiders zorgt voor aansluiting bij de patiënt/ cliënt en draagt daarmee bij aan het creëren van een leefklimaat dat ondersteunend is aan de behandel-/begeleidingsdoelen.</t>
   </si>
   <si>
     <t>3.2.8. E. Het leefklimaat biedt ruimte aan een zinvolle dagbesteding en aandacht voor fysiek en psychisch welbevinden.</t>
   </si>
   <si>
     <t>3.2.9. Bij het toekennen en uitvoeren van verloven is het risicomanagement leidend. Dit onderdeel is alleen in de klinische setting van toepassing.</t>
   </si>
@@ -531,87 +517,87 @@
     <t>3.1.6. C. In reguliere situaties wordt in het multidisciplinair overleg (MDO) besloten wanneer het traject afgeschaald dan wel opgeschaald dient te worden (binnen de juridische kaders). In crisissituaties handelen de professionals naar bevinden. Deze beslissing wordt geïnitieerd
 door het behandelteam en de behandelaar. Waar nodig vindt hierover overleg plaats met de reclassering, toezichthouder en wettelijk vertegenwoordiger (indien van toepassing).</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.3. C. De eerste definitieve versie van het behandelplan/begeleidingsplan wordt opgesteld op basis van delictanalyse (indien beschikbaar), de risicotaxatie (indien beschikbaar), de beschermende factoren, de eisen van de rechter/reclassering en stoornis-specifieke diagnostiek. Daarnaast is het behandelplan/begeleidingsplan afgestemd op iemands persoonlijke behoeften, krachten, kwetsbaarheden, wensen en voorkeuren.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;5.1.1. B. Bij incidenten gericht op de professional voelt deze zich ondersteund door de organisatie.&lt;/p&gt;</t>
   </si>
   <si>
     <t>3.1.3. B. Met het opstellen van het behandelplan/begeleidingsplan wordt zo snel mogelijk gestart na het eerste contact met de patiënt/cliënt. Een eerste definitieve versie van het behandelplan/ begeleidingsplan wordt afgerond na de observatieperiode/kennismakingsperiode en is bij voorkeur binnen zes weken en uiterlijk binnen drie maanden na intake gereed. Wanneer nog niet alle informatie compleet is, is in het plan opgenomen hoe hiertoe te komen en wordt aanvullende informatie op een later moment aan het dynamische document toegevoegd.</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.3. D. Het behandelplan/begeleidingsplan bevat (SMART) doelen met helder beschreven doorlooptijden, waaronder het beoogde einddoel. Deze zijn te allen tijde transparant voor de pati&amp;euml;nt/ cli&amp;euml;nt. De professional en de pati&amp;euml;nt/cli&amp;euml;nt zijn gezamenlijk verantwoordelijk voor het halen van de doelen en de doorlooptijden.&lt;/p&gt;</t>
   </si>
   <si>
     <t>3.1.3. E. Professionals sluiten in het behandelplan/begeleidingsplan aan bij de belevingswereld binnen de sociale context en vaardigheden van de patiënt/cliënt. Van belang is dat de patiënt/cliënt zo veel mogelijk geïnformeerd is over waar hij/zij aan toe is, ook als het plan nog opgesteld wordt of nog niet volledig is. De betrokken professionals en de patiënt/cliënt spreken af welke professional het eerste aanspreekpunt is voor de patiënt/cliënt en wie de patiënt/cliënt dus ook informeert.</t>
   </si>
   <si>
     <t>3.1.3. F. De organisatie heeft beleid ten aanzien van anderstaligen.</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.4. Rapportage en dossiervoering worden uitgevoerd conform de professionele standaard.&lt;/p&gt;</t>
   </si>
   <si>
-    <t>3.1.4. A. De behandelaren/begeleiders verzamelen in de eerste 24 uur (gerekend vanaf het eerste contact met de patiënt/cliënt) de meest cruciale informatie over de patiënt/cliënt (o.a. kritische informatie over bijvoorbeeld medicatiegebruik). De behandelaren/begeleiders zorgen ervoor dat deze informatie toegankelijk is voor alle andere betrokken behandelaren/begeleiders binnen de eigen organisatie. Dat mag in een voorlopig behandelplan/begeleidingsplan, of op een andere manier in het dossier.</t>
+    <t>&lt;p&gt;3.1.4. A. De behandelaren/begeleiders verzamelen in de eerste 24 uur (gerekend vanaf het eerste contact met de pati&amp;euml;nt/cli&amp;euml;nt) de meest cruciale informatie over de pati&amp;euml;nt/cli&amp;euml;nt (o.a. kritische informatie over bijvoorbeeld medicatiegebruik). Voor de ambulante zorg geldt dat deze informatie zo snel als mogelijk na de eerste 24 uur is verzameld. De behandelaren/begeleiders zorgen ervoor dat deze informatie toegankelijk is voor alle andere betrokken behandelaren/begeleiders binnen de eigen organisatie. Dat mag in een voorlopig behandelplan/begeleidingsplan, of op een andere manier in het dossier.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.4. B. De behandelaren/begeleiders rapporteren in het dossier van de pati&amp;euml;nt/cli&amp;euml;nt op de gestelde doelen in het behandelplan/begeleidingsplan.&lt;/p&gt;</t>
   </si>
   <si>
     <t>3.1.4. C. De organisatie heeft afspraken vastgelegd over wie onder welke voorwaarden inzage heeft in het dossier van de patiënt/cliënt en onder welke voorwaarden het dossier gedeeld mag worden (zowel intern als extern).</t>
   </si>
   <si>
     <t>3.1.4. E. De patiënt/cliënt heeft recht op inzage in zijn/haar eigen dossier. De hiervoor opgestelde procedures zijn vastgesteld.</t>
   </si>
   <si>
     <t>3.1.4. D. De patiënt/cliënt wordt zo veel mogelijk betrokken bij het opstellen van periodieke (voortgangs-) rapportages over de behandeling/begeleiding.</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.6. De behandeling/begeleiding wordt waar mogelijk afgeschaald en waar nodig opgeschaald, zodat de zorg doelmatig en effectief wordt ingezet. Dit geldt zowel voor op- en afschalen binnen de eigen organisatie als binnen de keten(zie hoofdstuk 6 en bijlage 4).&lt;/p&gt;</t>
   </si>
   <si>
     <t>3.1.6. A. Risicomanagement is leidend bij het op- en afschalen.</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.1. A. ii) De behandeling/begeleiding is primair gericht op reductie van recidiverisico. ii) Voor alle ambulante begeleiding en alle verblijfszorg (begeleid wonen) wordt in ieder geval gebruik gemaakt van principes van kracht- en herstelgerichte zorg, waarbij begeleiders de risicofactoren betrekken in hun begeleiding.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.1. B. Wanneer veiligheid en persoonsgerichte zorg in tegenspraak zijn met elkaar, weegt veiligheid zwaarder in de afweging.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.2. Veiligheidsmanagement(waaronder risicomanagement) is een integraal onderdeel van de Forensische Zorg.&lt;/p&gt;</t>
   </si>
   <si>
+    <t>&lt;p&gt;3.1.2. A. Voor iedere pati&amp;euml;nt/cli&amp;euml;nt wordt een risicotaxatie uitgevoerd middels een erkend instrument. Op basis van de uitkomsten wordt, waar ge&amp;iuml;ndiceerd of waar nodig, een (vroeg) signaleringsplan opgesteld. Risicotaxatie en een signaleringsplan (en waar van toepassing een terugvalpreventieplan) vormen een integraal onderdeel van het behandelplan/begeleidingsplan. Voor de ambulante setting wordt voorafgaand aan het werken met een signaleringsplan/terugvalpreventieplan een veiligheidsplan opgesteld, waarin aandacht is voor acute risicofactoren, indien mogelijk met betrokkenheid van persoonlijk netwerk.&lt;/p&gt;</t>
+  </si>
+  <si>
     <t>&lt;p&gt;3.1.2. B. De delictanalyse wordt voor alle pati&amp;euml;nten/cli&amp;euml;nten binnen de Forensisch Psychiatrische Centra (FPC&amp;rsquo;s) ingezet. Voor de Overige Forensische Zorg (OFZ) geldt dat de organisatie beleid heeft bij welke pati&amp;euml;nten/cli&amp;euml;nten men wel of geen en wanneer een delictanalyse inzet. Het behandelplan/begeleidingsplan wordt mede opgesteld naar aanleiding van de, indien afgenomen, delictanalyse. Voor de delictanalyse wordt gebruik gemaakt van de methode die onder het programma Kwaliteit Forensische Zorg (KFZ) is ontwikkeld.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;3.1.1. D. Professionals werken aan een veilige en betrouwbare professionele relatie met de pati&amp;euml;nt/cli&amp;euml;nt. Dit draagt bij aan de motivatie van pati&amp;euml;nt/cli&amp;euml;nt en de professional cre&amp;euml;ert binnen het contact voldoende veiligheid waarin de pati&amp;euml;nt/cli&amp;euml;nt kritisch naar zichzelf kan kijken en nieuw gedrag kan aanleren. Dit is essentieel om tot een geslaagde behandeling/begeleiding te kunnen komen.&lt;/p&gt;</t>
-  </si>
-[...1 lines deleted...]
-    <t>&lt;p&gt;3.1.5. B. Naasten, en andere relevante systeemleden, van de pati&amp;euml;nt/cli&amp;euml;nt krijgen (tenzij er geen toestemming is van de pati&amp;euml;nt/cli&amp;euml;nt) uitleg over: i) De problematiek. ii) De behandeling/begeleiding. iii) De afspraken omtrent bezoek.&lt;/p&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -915,51 +901,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:B209"/>
+  <dimension ref="A1:B205"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="2072.637" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>2</v>
       </c>
       <c r="B2" t="s">
         <v>3</v>
@@ -1257,459 +1243,459 @@
       <c r="A39" t="s">
         <v>45</v>
       </c>
       <c r="B39" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="40" spans="1:2">
       <c r="A40" t="s">
         <v>50</v>
       </c>
       <c r="B40" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="41" spans="1:2">
       <c r="A41" t="s">
         <v>52</v>
       </c>
       <c r="B41" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="42" spans="1:2">
       <c r="A42" t="s">
-        <v>31</v>
+        <v>54</v>
       </c>
       <c r="B42" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="43" spans="1:2">
       <c r="A43" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B43" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="44" spans="1:2">
       <c r="A44" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="B44" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="45" spans="1:2">
       <c r="A45" t="s">
-        <v>45</v>
+        <v>59</v>
       </c>
       <c r="B45" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="46" spans="1:2">
       <c r="A46" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B46" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="47" spans="1:2">
       <c r="A47" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B47" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="48" spans="1:2">
       <c r="A48" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B48" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="49" spans="1:2">
       <c r="A49" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B49" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="50" spans="1:2">
       <c r="A50" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="B50" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="51" spans="1:2">
       <c r="A51" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="B51" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="52" spans="1:2">
       <c r="A52" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="B52" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="53" spans="1:2">
       <c r="A53" t="s">
-        <v>57</v>
+        <v>9</v>
       </c>
       <c r="B53" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="54" spans="1:2">
       <c r="A54" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="B54" t="s">
-        <v>69</v>
+        <v>11</v>
       </c>
     </row>
     <row r="55" spans="1:2">
       <c r="A55" t="s">
+        <v>56</v>
+      </c>
+      <c r="B55" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="56" spans="1:2">
       <c r="A56" t="s">
-        <v>57</v>
+        <v>69</v>
       </c>
       <c r="B56" t="s">
-        <v>58</v>
+        <v>70</v>
       </c>
     </row>
     <row r="57" spans="1:2">
       <c r="A57" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B57" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="58" spans="1:2">
       <c r="A58" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B58" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="59" spans="1:2">
       <c r="A59" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B59" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="60" spans="1:2">
       <c r="A60" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B60" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="61" spans="1:2">
       <c r="A61" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B61" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="62" spans="1:2">
       <c r="A62" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B62" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="63" spans="1:2">
       <c r="A63" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B63" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="64" spans="1:2">
       <c r="A64" t="s">
-        <v>70</v>
+        <v>54</v>
       </c>
       <c r="B64" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="65" spans="1:2">
       <c r="A65" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B65" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="66" spans="1:2">
       <c r="A66" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B66" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="67" spans="1:2">
       <c r="A67" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B67" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="68" spans="1:2">
       <c r="A68" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
       <c r="B68" t="s">
-        <v>82</v>
+        <v>12</v>
       </c>
     </row>
     <row r="69" spans="1:2">
       <c r="A69" t="s">
         <v>9</v>
       </c>
       <c r="B69" t="s">
-        <v>12</v>
+        <v>82</v>
       </c>
     </row>
     <row r="70" spans="1:2">
       <c r="A70" t="s">
         <v>9</v>
       </c>
       <c r="B70" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="71" spans="1:2">
       <c r="A71" t="s">
         <v>9</v>
       </c>
       <c r="B71" t="s">
-        <v>84</v>
+        <v>10</v>
       </c>
     </row>
     <row r="72" spans="1:2">
       <c r="A72" t="s">
-        <v>9</v>
+        <v>69</v>
       </c>
       <c r="B72" t="s">
-        <v>10</v>
+        <v>84</v>
       </c>
     </row>
     <row r="73" spans="1:2">
       <c r="A73" t="s">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="B73" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="74" spans="1:2">
       <c r="A74" t="s">
-        <v>86</v>
+        <v>50</v>
       </c>
       <c r="B74" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="75" spans="1:2">
       <c r="A75" t="s">
         <v>50</v>
       </c>
       <c r="B75" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="76" spans="1:2">
       <c r="A76" t="s">
-        <v>50</v>
+        <v>85</v>
       </c>
       <c r="B76" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="77" spans="1:2">
       <c r="A77" t="s">
-        <v>86</v>
+        <v>52</v>
       </c>
       <c r="B77" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="78" spans="1:2">
       <c r="A78" t="s">
         <v>52</v>
       </c>
       <c r="B78" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="79" spans="1:2">
       <c r="A79" t="s">
-        <v>52</v>
+        <v>29</v>
       </c>
       <c r="B79" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="80" spans="1:2">
       <c r="A80" t="s">
         <v>29</v>
       </c>
       <c r="B80" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="81" spans="1:2">
       <c r="A81" t="s">
-        <v>29</v>
+        <v>85</v>
       </c>
       <c r="B81" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="82" spans="1:2">
       <c r="A82" t="s">
-        <v>86</v>
+        <v>29</v>
       </c>
       <c r="B82" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="83" spans="1:2">
       <c r="A83" t="s">
-        <v>29</v>
+        <v>85</v>
       </c>
       <c r="B83" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="84" spans="1:2">
       <c r="A84" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B84" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="85" spans="1:2">
       <c r="A85" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B85" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="86" spans="1:2">
       <c r="A86" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B86" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="87" spans="1:2">
       <c r="A87" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B87" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="88" spans="1:2">
       <c r="A88" t="s">
-        <v>86</v>
+        <v>50</v>
       </c>
       <c r="B88" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="89" spans="1:2">
       <c r="A89" t="s">
         <v>50</v>
       </c>
       <c r="B89" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="90" spans="1:2">
       <c r="A90" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B90" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="91" spans="1:2">
       <c r="A91" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B91" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="92" spans="1:2">
       <c r="A92" t="s">
         <v>50</v>
       </c>
       <c r="B92" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="93" spans="1:2">
       <c r="A93" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B93" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="94" spans="1:2">
       <c r="A94" t="s">
         <v>52</v>
       </c>
       <c r="B94" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="95" spans="1:2">
       <c r="A95" t="s">
         <v>52</v>
       </c>
       <c r="B95" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="96" spans="1:2">
       <c r="A96" t="s">
         <v>52</v>
       </c>
@@ -1721,925 +1707,893 @@
       <c r="A97" t="s">
         <v>52</v>
       </c>
       <c r="B97" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="98" spans="1:2">
       <c r="A98" t="s">
         <v>52</v>
       </c>
       <c r="B98" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="99" spans="1:2">
       <c r="A99" t="s">
         <v>52</v>
       </c>
       <c r="B99" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="100" spans="1:2">
       <c r="A100" t="s">
-        <v>31</v>
+        <v>54</v>
       </c>
       <c r="B100" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="101" spans="1:2">
       <c r="A101" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B101" t="s">
-        <v>114</v>
+        <v>79</v>
       </c>
     </row>
     <row r="102" spans="1:2">
       <c r="A102" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B102" t="s">
-        <v>115</v>
+        <v>80</v>
       </c>
     </row>
     <row r="103" spans="1:2">
       <c r="A103" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B103" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="104" spans="1:2">
       <c r="A104" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
       <c r="B104" t="s">
-        <v>81</v>
+        <v>12</v>
       </c>
     </row>
     <row r="105" spans="1:2">
       <c r="A105" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
       <c r="B105" t="s">
-        <v>82</v>
+        <v>13</v>
       </c>
     </row>
     <row r="106" spans="1:2">
       <c r="A106" t="s">
         <v>9</v>
       </c>
       <c r="B106" t="s">
-        <v>12</v>
+        <v>83</v>
       </c>
     </row>
     <row r="107" spans="1:2">
       <c r="A107" t="s">
-        <v>9</v>
+        <v>69</v>
       </c>
       <c r="B107" t="s">
-        <v>13</v>
+        <v>114</v>
       </c>
     </row>
     <row r="108" spans="1:2">
       <c r="A108" t="s">
-        <v>9</v>
+        <v>45</v>
       </c>
       <c r="B108" t="s">
-        <v>84</v>
+        <v>115</v>
       </c>
     </row>
     <row r="109" spans="1:2">
       <c r="A109" t="s">
-        <v>70</v>
+        <v>45</v>
       </c>
       <c r="B109" t="s">
-        <v>85</v>
+        <v>116</v>
       </c>
     </row>
     <row r="110" spans="1:2">
       <c r="A110" t="s">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="B110" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="111" spans="1:2">
       <c r="A111" t="s">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="B111" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="112" spans="1:2">
       <c r="A112" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="B112" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="113" spans="1:2">
       <c r="A113" t="s">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="B113" t="s">
-        <v>119</v>
+        <v>58</v>
       </c>
     </row>
     <row r="114" spans="1:2">
       <c r="A114" t="s">
-        <v>18</v>
+        <v>59</v>
       </c>
       <c r="B114" t="s">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="115" spans="1:2">
       <c r="A115" t="s">
-        <v>45</v>
+        <v>59</v>
       </c>
       <c r="B115" t="s">
-        <v>59</v>
+        <v>120</v>
       </c>
     </row>
     <row r="116" spans="1:2">
       <c r="A116" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B116" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
     </row>
     <row r="117" spans="1:2">
       <c r="A117" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B117" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="118" spans="1:2">
       <c r="A118" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="B118" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="119" spans="1:2">
       <c r="A119" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="B119" t="s">
-        <v>122</v>
+        <v>66</v>
       </c>
     </row>
     <row r="120" spans="1:2">
       <c r="A120" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="B120" t="s">
-        <v>66</v>
+        <v>122</v>
       </c>
     </row>
     <row r="121" spans="1:2">
       <c r="A121" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="B121" t="s">
-        <v>67</v>
+        <v>123</v>
       </c>
     </row>
     <row r="122" spans="1:2">
       <c r="A122" t="s">
-        <v>57</v>
+        <v>124</v>
       </c>
       <c r="B122" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
     </row>
     <row r="123" spans="1:2">
       <c r="A123" t="s">
-        <v>57</v>
+        <v>124</v>
       </c>
       <c r="B123" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
     </row>
     <row r="124" spans="1:2">
       <c r="A124" t="s">
-        <v>57</v>
+        <v>124</v>
       </c>
       <c r="B124" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
     </row>
     <row r="125" spans="1:2">
       <c r="A125" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="B125" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="126" spans="1:2">
       <c r="A126" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="B126" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="127" spans="1:2">
       <c r="A127" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="B127" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="128" spans="1:2">
       <c r="A128" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="B128" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="129" spans="1:2">
       <c r="A129" t="s">
-        <v>126</v>
+        <v>56</v>
       </c>
       <c r="B129" t="s">
-        <v>131</v>
+        <v>11</v>
       </c>
     </row>
     <row r="130" spans="1:2">
       <c r="A130" t="s">
-        <v>126</v>
+        <v>59</v>
       </c>
       <c r="B130" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="131" spans="1:2">
       <c r="A131" t="s">
-        <v>126</v>
+        <v>59</v>
       </c>
       <c r="B131" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="132" spans="1:2">
       <c r="A132" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B132" t="s">
-        <v>11</v>
+        <v>134</v>
       </c>
     </row>
     <row r="133" spans="1:2">
       <c r="A133" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B133" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="134" spans="1:2">
       <c r="A134" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B134" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="135" spans="1:2">
       <c r="A135" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B135" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="136" spans="1:2">
       <c r="A136" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B136" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="137" spans="1:2">
       <c r="A137" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B137" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="138" spans="1:2">
       <c r="A138" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B138" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="139" spans="1:2">
       <c r="A139" t="s">
-        <v>60</v>
+        <v>29</v>
       </c>
       <c r="B139" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="140" spans="1:2">
       <c r="A140" t="s">
-        <v>60</v>
+        <v>15</v>
       </c>
       <c r="B140" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="141" spans="1:2">
       <c r="A141" t="s">
-        <v>60</v>
+        <v>15</v>
       </c>
       <c r="B141" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="142" spans="1:2">
       <c r="A142" t="s">
-        <v>60</v>
+        <v>45</v>
       </c>
       <c r="B142" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="143" spans="1:2">
       <c r="A143" t="s">
-        <v>29</v>
+        <v>45</v>
       </c>
       <c r="B143" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="144" spans="1:2">
       <c r="A144" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="B144" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="145" spans="1:2">
       <c r="A145" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="B145" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="146" spans="1:2">
       <c r="A146" t="s">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="B146" t="s">
-        <v>147</v>
+        <v>117</v>
       </c>
     </row>
     <row r="147" spans="1:2">
       <c r="A147" t="s">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="B147" t="s">
-        <v>148</v>
+        <v>118</v>
       </c>
     </row>
     <row r="148" spans="1:2">
       <c r="A148" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="B148" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
     </row>
     <row r="149" spans="1:2">
       <c r="A149" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="B149" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
     </row>
     <row r="150" spans="1:2">
       <c r="A150" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="B150" t="s">
-        <v>118</v>
+        <v>150</v>
       </c>
     </row>
     <row r="151" spans="1:2">
       <c r="A151" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="B151" t="s">
-        <v>119</v>
+        <v>151</v>
       </c>
     </row>
     <row r="152" spans="1:2">
       <c r="A152" t="s">
         <v>18</v>
       </c>
       <c r="B152" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="153" spans="1:2">
       <c r="A153" t="s">
         <v>18</v>
       </c>
       <c r="B153" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="154" spans="1:2">
       <c r="A154" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="B154" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="155" spans="1:2">
       <c r="A155" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="B155" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="156" spans="1:2">
       <c r="A156" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="B156" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="157" spans="1:2">
       <c r="A157" t="s">
-        <v>18</v>
+        <v>59</v>
       </c>
       <c r="B157" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="158" spans="1:2">
       <c r="A158" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="B158" t="s">
-        <v>157</v>
+        <v>60</v>
       </c>
     </row>
     <row r="159" spans="1:2">
       <c r="A159" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="B159" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="160" spans="1:2">
       <c r="A160" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="B160" t="s">
-        <v>159</v>
+        <v>120</v>
       </c>
     </row>
     <row r="161" spans="1:2">
       <c r="A161" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B161" t="s">
-        <v>160</v>
+        <v>63</v>
       </c>
     </row>
     <row r="162" spans="1:2">
       <c r="A162" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B162" t="s">
-        <v>61</v>
+        <v>121</v>
       </c>
     </row>
     <row r="163" spans="1:2">
       <c r="A163" t="s">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="B163" t="s">
-        <v>161</v>
+        <v>21</v>
       </c>
     </row>
     <row r="164" spans="1:2">
       <c r="A164" t="s">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="B164" t="s">
-        <v>121</v>
+        <v>22</v>
       </c>
     </row>
     <row r="165" spans="1:2">
       <c r="A165" t="s">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="B165" t="s">
-        <v>64</v>
+        <v>159</v>
       </c>
     </row>
     <row r="166" spans="1:2">
       <c r="A166" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B166" t="s">
-        <v>122</v>
+        <v>157</v>
       </c>
     </row>
     <row r="167" spans="1:2">
       <c r="A167" t="s">
         <v>20</v>
       </c>
       <c r="B167" t="s">
-        <v>21</v>
+        <v>160</v>
       </c>
     </row>
     <row r="168" spans="1:2">
       <c r="A168" t="s">
         <v>20</v>
       </c>
       <c r="B168" t="s">
-        <v>22</v>
+        <v>161</v>
       </c>
     </row>
     <row r="169" spans="1:2">
       <c r="A169" t="s">
         <v>20</v>
       </c>
       <c r="B169" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="170" spans="1:2">
       <c r="A170" t="s">
-        <v>60</v>
+        <v>124</v>
       </c>
       <c r="B170" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
     </row>
     <row r="171" spans="1:2">
       <c r="A171" t="s">
         <v>20</v>
       </c>
       <c r="B171" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
     </row>
     <row r="172" spans="1:2">
       <c r="A172" t="s">
-        <v>20</v>
+        <v>124</v>
       </c>
       <c r="B172" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="173" spans="1:2">
       <c r="A173" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="B173" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="174" spans="1:2">
       <c r="A174" t="s">
-        <v>126</v>
+        <v>15</v>
       </c>
       <c r="B174" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="175" spans="1:2">
       <c r="A175" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B175" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="176" spans="1:2">
       <c r="A176" t="s">
-        <v>126</v>
+        <v>27</v>
       </c>
       <c r="B176" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="177" spans="1:2">
       <c r="A177" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="B177" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="178" spans="1:2">
       <c r="A178" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="B178" t="s">
-        <v>170</v>
+        <v>155</v>
       </c>
     </row>
     <row r="179" spans="1:2">
       <c r="A179" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="B179" t="s">
-        <v>171</v>
+        <v>156</v>
       </c>
     </row>
     <row r="180" spans="1:2">
       <c r="A180" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="B180" t="s">
-        <v>172</v>
+        <v>148</v>
       </c>
     </row>
     <row r="181" spans="1:2">
       <c r="A181" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="B181" t="s">
-        <v>173</v>
+        <v>149</v>
       </c>
     </row>
     <row r="182" spans="1:2">
       <c r="A182" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="B182" t="s">
-        <v>158</v>
+        <v>150</v>
       </c>
     </row>
     <row r="183" spans="1:2">
       <c r="A183" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="B183" t="s">
-        <v>159</v>
+        <v>151</v>
       </c>
     </row>
     <row r="184" spans="1:2">
       <c r="A184" t="s">
         <v>18</v>
       </c>
       <c r="B184" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="185" spans="1:2">
       <c r="A185" t="s">
         <v>18</v>
       </c>
       <c r="B185" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="186" spans="1:2">
       <c r="A186" t="s">
-        <v>18</v>
+        <v>59</v>
       </c>
       <c r="B186" t="s">
-        <v>153</v>
+        <v>132</v>
       </c>
     </row>
     <row r="187" spans="1:2">
       <c r="A187" t="s">
-        <v>18</v>
+        <v>59</v>
       </c>
       <c r="B187" t="s">
-        <v>154</v>
+        <v>133</v>
       </c>
     </row>
     <row r="188" spans="1:2">
       <c r="A188" t="s">
-        <v>18</v>
+        <v>59</v>
       </c>
       <c r="B188" t="s">
-        <v>155</v>
+        <v>171</v>
       </c>
     </row>
     <row r="189" spans="1:2">
       <c r="A189" t="s">
-        <v>18</v>
+        <v>59</v>
       </c>
       <c r="B189" t="s">
-        <v>156</v>
+        <v>172</v>
       </c>
     </row>
     <row r="190" spans="1:2">
       <c r="A190" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B190" t="s">
-        <v>134</v>
+        <v>173</v>
       </c>
     </row>
     <row r="191" spans="1:2">
       <c r="A191" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B191" t="s">
-        <v>135</v>
+        <v>174</v>
       </c>
     </row>
     <row r="192" spans="1:2">
       <c r="A192" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B192" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="193" spans="1:2">
       <c r="A193" t="s">
-        <v>60</v>
+        <v>29</v>
       </c>
       <c r="B193" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="194" spans="1:2">
       <c r="A194" t="s">
-        <v>60</v>
+        <v>15</v>
       </c>
       <c r="B194" t="s">
-        <v>176</v>
+        <v>16</v>
       </c>
     </row>
     <row r="195" spans="1:2">
       <c r="A195" t="s">
-        <v>60</v>
+        <v>15</v>
       </c>
       <c r="B195" t="s">
-        <v>139</v>
+        <v>17</v>
       </c>
     </row>
     <row r="196" spans="1:2">
       <c r="A196" t="s">
-        <v>60</v>
+        <v>45</v>
       </c>
       <c r="B196" t="s">
-        <v>177</v>
+        <v>116</v>
       </c>
     </row>
     <row r="197" spans="1:2">
       <c r="A197" t="s">
-        <v>29</v>
+        <v>45</v>
       </c>
       <c r="B197" t="s">
-        <v>178</v>
+        <v>115</v>
       </c>
     </row>
     <row r="198" spans="1:2">
       <c r="A198" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="B198" t="s">
-        <v>16</v>
+        <v>117</v>
       </c>
     </row>
     <row r="199" spans="1:2">
       <c r="A199" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="B199" t="s">
-        <v>17</v>
+        <v>118</v>
       </c>
     </row>
     <row r="200" spans="1:2">
       <c r="A200" t="s">
-        <v>45</v>
+        <v>2</v>
       </c>
       <c r="B200" t="s">
-        <v>117</v>
+        <v>3</v>
       </c>
     </row>
     <row r="201" spans="1:2">
       <c r="A201" t="s">
-        <v>45</v>
+        <v>2</v>
       </c>
       <c r="B201" t="s">
-        <v>116</v>
+        <v>4</v>
       </c>
     </row>
     <row r="202" spans="1:2">
       <c r="A202" t="s">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="B202" t="s">
-        <v>118</v>
+        <v>5</v>
       </c>
     </row>
     <row r="203" spans="1:2">
       <c r="A203" t="s">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="B203" t="s">
-        <v>119</v>
+        <v>8</v>
       </c>
     </row>
     <row r="204" spans="1:2">
       <c r="A204" t="s">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="B204" t="s">
-        <v>3</v>
+        <v>35</v>
       </c>
     </row>
     <row r="205" spans="1:2">
       <c r="A205" t="s">
-        <v>2</v>
+        <v>31</v>
       </c>
       <c r="B205" t="s">
-        <v>4</v>
-[...30 lines deleted...]
-      <c r="B209" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>